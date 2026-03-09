--- v0 (2025-12-05)
+++ v1 (2026-03-09)
@@ -163,54 +163,50 @@
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, см: 145</t>
     </r>
     <r>
       <t xml:space="preserve">
 Грудь, см: 87</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 65</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Вьетнам</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 В, см: 85</t>
     </r>
     <r>
       <t xml:space="preserve">
 С, см: 65</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подставка: на фото цилиндр Rotart M RO TU44 IN  (не поставляется в комплекте с манекеном)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 26057 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
@@ -892,54 +888,50 @@
             <t xml:space="preserve">
 Высота, см: 145</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 87</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 65</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Вьетнам</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 В, см: 85</t>
           </r>
           <r>
             <t xml:space="preserve">
 С, см: 65</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подставка: на фото цилиндр Rotart M RO TU44 IN  (не поставляется в комплекте с манекеном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 26057 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>