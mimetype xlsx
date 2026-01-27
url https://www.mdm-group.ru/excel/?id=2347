--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21.01.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Манекены портновские</t>
   </si>
   <si>
     <t xml:space="preserve">Манекены портновские женские, мужские – универсальные манекены, выполненные в виде торса обтянутого тканью. Устанавливаются на деревянные подставки. Стилизованы под специальные торсы для шитья одежды, но служат для показа одежды в торговых и выставочных залах. Идеальны для демонстрации классического мужского костюма и приданию магазину стиля мастерской или мануфактуры.
 По типу материала торсы могут быть мягкими и жесткими. Мягкие изготовлены из поролона (эластичного пенополиуретана), имеют эластичную структуру, приятные на ощупь и повторяют упругость тела человека. Жесткие изготавливаются из обычного пенополиуретана, пластика или пенополистирола (пенопласта). Торсы из пластика, как правило, самые недорогие.
 Цвет тканевой обтяжки манекенов: чёрный, бежевый, кремовый. 
 Стойка: красное, светлое и черное дерево.
 В данном разделе вы можете купить манекен портновский российского, итальянского и китайского производства. А также аксессуары к ним. 
 </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 9550CH \  Манекен портновский мужской</t>
@@ -118,51 +118,51 @@
       <t xml:space="preserve">
 Материал торса: пенопласт (пенополистирол)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота торса (со спины), см: 73</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9384.00</t>
+      <t xml:space="preserve">9572.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 9580CH \ Манекен портновский женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.080.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -195,51 +195,51 @@
       <t xml:space="preserve">
 Материал торса: пенопласт (пенополистирол)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота торса (со спины), см: 69</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8415.00</t>
+      <t xml:space="preserve">8583.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 9581CH \ Манекен портновский женский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.081.BG</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: кремовый/светлое дерево</t>
@@ -272,51 +272,51 @@
       <t xml:space="preserve">
 Материал торса: пенопласт (пенополистирол)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота торса (со спины), см: 69</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8415.00</t>
+      <t xml:space="preserve">8583.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 9550P51 \  Манекен мужской портновский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.066.N.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -349,51 +349,51 @@
       <t xml:space="preserve">
 Материал торса: пенопласт (пенополистирол)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота торса (со спины), см: 76</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14688.00</t>
+      <t xml:space="preserve">14982.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 9580P51 \ Манекен женский портновский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.067.N.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -414,63 +414,67 @@
       <t xml:space="preserve">
 Размер: 42-44</t>
     </r>
     <r>
       <t xml:space="preserve">
 Обхват шеи, см: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Нога: черное дерево</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал торса: пенопласт (пенополистирол)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота торса (со спины), см: 75</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Нет</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10532.00</t>
+      <t xml:space="preserve">10743.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 9581P52 \ Манекен женский портновский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.068.N.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: бежевый</t>
@@ -503,51 +507,51 @@
       <t xml:space="preserve">
 Материал торса: пенопласт (пенополистирол)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота торса (со спины), см: 75</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14688.00</t>
+      <t xml:space="preserve">14982.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 9550C51 \ Манекен мужской портновский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.066.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -580,51 +584,51 @@
       <t xml:space="preserve">
 Материал торса: пенопласт (пенополистирол)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота торса (со спины), см: 76</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14688.00</t>
+      <t xml:space="preserve">14982.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 9580C51 \ Манекен женский портновский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.067.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -657,51 +661,51 @@
       <t xml:space="preserve">
 Материал торса: пенопласт (пенополистирол)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота торса (со спины), см: 75</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14688.00</t>
+      <t xml:space="preserve">14982.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STI 580510 \ Торс женский портновский</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.077.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -730,51 +734,51 @@
       <t xml:space="preserve">
 Материал торса: пенопласт (пенополистирол)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота торса (со спины), см: 73</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6093.00</t>
+      <t xml:space="preserve">6215.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">966500L \ Заглушка (для манекена мужского портновского)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.069.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -783,51 +787,51 @@
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: используется для BU 9550C51, STI 550510</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1126.00</t>
+      <t xml:space="preserve">1149.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">966600L \ Заглушка (для манекена женского портновского)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.070.CH</t>
@@ -840,51 +844,51 @@
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: используется для BU 9580C51, BU 9581C52, STI 580510</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1126.00</t>
+      <t xml:space="preserve">1149.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">JSM-01 \ Стойка для торсов STI, SH и SF</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JSM.001.CH</t>
@@ -897,51 +901,51 @@
       <t xml:space="preserve">
 Высота, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 360х360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">552.00</t>
+      <t xml:space="preserve">563.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">C 900-1 \ Стойка для торсов STILE, STILE KID, BASIC, Chemin, STI (круг), МВ, SF</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MNN.009.CH</t>
@@ -950,51 +954,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр основания, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 790-1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3312.00</t>
+      <t xml:space="preserve">3378.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">С 800-1 \ Стойка для торсов STILE, STILE KID, BASIC, Chemin, STI (прямоуг.), МВ, SF</t>
@@ -1007,51 +1011,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 790-1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 370х270</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2517.00</t>
+      <t xml:space="preserve">2567.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1000 \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
@@ -1064,51 +1068,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 450-600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2649.00</t>
+      <t xml:space="preserve">2702.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1000 \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
@@ -1121,51 +1125,51 @@
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 450-600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2782.00</t>
+      <t xml:space="preserve">2838.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2000-D \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
@@ -1178,51 +1182,51 @@
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 270-360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1921.00</t>
+      <t xml:space="preserve">1959.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2000-S \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
@@ -1235,51 +1239,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 270-360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 300x300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1987.00</t>
+      <t xml:space="preserve">2027.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2000-S \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
@@ -1292,51 +1296,51 @@
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 270-360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 300x300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2252.00</t>
+      <t xml:space="preserve">2297.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2348,51 +2352,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21.01.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2448,51 +2452,51 @@
             <t xml:space="preserve">
 Материал торса: пенопласт (пенополистирол)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота торса (со спины), см: 73</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9384.00</t>
+            <t xml:space="preserve">9572.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 9580CH \ Манекен портновский женский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ENR.080.BL</t>
           </r>
@@ -2528,51 +2532,51 @@
             <t xml:space="preserve">
 Материал торса: пенопласт (пенополистирол)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота торса (со спины), см: 69</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8415.00</t>
+            <t xml:space="preserve">8583.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 9581CH \ Манекен портновский женский</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2610,51 +2614,51 @@
             <t xml:space="preserve">
 Материал торса: пенопласт (пенополистирол)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота торса (со спины), см: 69</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8415.00</t>
+            <t xml:space="preserve">8583.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 9550P51 \  Манекен мужской портновский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ENR.066.N.BL</t>
           </r>
@@ -2690,51 +2694,51 @@
             <t xml:space="preserve">
 Материал торса: пенопласт (пенополистирол)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота торса (со спины), см: 76</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14688.00</t>
+            <t xml:space="preserve">14982.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 9580P51 \ Манекен женский портновский</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2760,63 +2764,67 @@
             <t xml:space="preserve">
 Размер: 42-44</t>
           </r>
           <r>
             <t xml:space="preserve">
 Обхват шеи, см: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Нога: черное дерево</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал торса: пенопласт (пенополистирол)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота торса (со спины), см: 75</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Нет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10532.00</t>
+            <t xml:space="preserve">10743.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 9581P52 \ Манекен женский портновский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ENR.068.N.WH</t>
           </r>
@@ -2852,51 +2860,51 @@
             <t xml:space="preserve">
 Материал торса: пенопласт (пенополистирол)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота торса (со спины), см: 75</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14688.00</t>
+            <t xml:space="preserve">14982.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 9550C51 \ Манекен мужской портновский</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2934,51 +2942,51 @@
             <t xml:space="preserve">
 Материал торса: пенопласт (пенополистирол)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота торса (со спины), см: 76</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14688.00</t>
+            <t xml:space="preserve">14982.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 9580C51 \ Манекен женский портновский</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ENR.067.BL</t>
           </r>
@@ -3014,51 +3022,51 @@
             <t xml:space="preserve">
 Материал торса: пенопласт (пенополистирол)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота торса (со спины), см: 75</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14688.00</t>
+            <t xml:space="preserve">14982.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">STI 580510 \ Торс женский портновский</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3092,51 +3100,51 @@
             <t xml:space="preserve">
 Материал торса: пенопласт (пенополистирол)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота торса (со спины), см: 73</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6093.00</t>
+            <t xml:space="preserve">6215.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">966500L \ Заглушка (для манекена мужского портновского)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ENR.069.CH</t>
           </r>
@@ -3148,51 +3156,51 @@
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: используется для BU 9550C51, STI 550510</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1126.00</t>
+            <t xml:space="preserve">1149.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3210,51 +3218,51 @@
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: используется для BU 9580C51, BU 9581C52, STI 580510</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1126.00</t>
+            <t xml:space="preserve">1149.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">JSM-01 \ Стойка для торсов STI, SH и SF</t>
           </r>
@@ -3270,51 +3278,51 @@
             <t xml:space="preserve">
 Высота, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 360х360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">552.00</t>
+            <t xml:space="preserve">563.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3328,51 +3336,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр основания, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 790-1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3312.00</t>
+            <t xml:space="preserve">3378.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3388,51 +3396,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 790-1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 370х270</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2517.00</t>
+            <t xml:space="preserve">2567.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3450,51 +3458,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 450-600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2649.00</t>
+            <t xml:space="preserve">2702.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3510,51 +3518,51 @@
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 450-600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2782.00</t>
+            <t xml:space="preserve">2838.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3572,51 +3580,51 @@
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 270-360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1921.00</t>
+            <t xml:space="preserve">1959.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3632,51 +3640,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 270-360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 300x300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1987.00</t>
+            <t xml:space="preserve">2027.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3694,51 +3702,51 @@
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 270-360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 300x300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2252.00</t>
+            <t xml:space="preserve">2297.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>