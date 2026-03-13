--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -411,54 +411,50 @@
 Бедра, см: 88</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 42-44</t>
     </r>
     <r>
       <t xml:space="preserve">
 Обхват шеи, см: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Нога: черное дерево</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал торса: пенопласт (пенополистирол)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота торса (со спины), см: 75</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10743.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -2764,54 +2760,50 @@
             <t xml:space="preserve">
 Размер: 42-44</t>
           </r>
           <r>
             <t xml:space="preserve">
 Обхват шеи, см: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Нога: черное дерево</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал торса: пенопласт (пенополистирол)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота торса (со спины), см: 75</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10743.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>