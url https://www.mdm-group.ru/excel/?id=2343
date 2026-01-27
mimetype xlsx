--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">05.04.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Торсы детские STILE KID</t>
   </si>
   <si>
     <t>Смотрите также взрослые Торсы STILE.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STILE KID 01-01M \ Торс детский, 4 года</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TORS.008.WH</t>
     </r>
@@ -370,51 +370,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 420-1070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8611.00</t>
+      <t xml:space="preserve">8783.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1000 \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
@@ -427,51 +427,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 450-600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2649.00</t>
+      <t xml:space="preserve">2702.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1000 \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
@@ -484,51 +484,51 @@
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 450-600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2782.00</t>
+      <t xml:space="preserve">2838.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2000-D \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
@@ -541,51 +541,51 @@
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 270-360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1921.00</t>
+      <t xml:space="preserve">1959.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2000-S \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
@@ -598,51 +598,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 270-360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 300x300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1987.00</t>
+      <t xml:space="preserve">2027.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2000-S \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
@@ -655,51 +655,51 @@
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 270-360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 300x300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2252.00</t>
+      <t xml:space="preserve">2297.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">C 900-1 \ Стойка для торсов STILE, STILE KID, BASIC, Chemin, STI (круг), МВ, SF</t>
@@ -712,51 +712,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр основания, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 790-1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3312.00</t>
+      <t xml:space="preserve">3378.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">С 800-1 \ Стойка для торсов STILE, STILE KID, BASIC, Chemin, STI (прямоуг.), МВ, SF</t>
@@ -769,51 +769,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 790-1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 370х270</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2517.00</t>
+      <t xml:space="preserve">2567.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1645,51 +1645,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">05.04.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2021,51 +2021,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 420-1070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8611.00</t>
+            <t xml:space="preserve">8783.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2083,51 +2083,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 450-600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2649.00</t>
+            <t xml:space="preserve">2702.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2143,51 +2143,51 @@
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 450-600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2782.00</t>
+            <t xml:space="preserve">2838.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2205,51 +2205,51 @@
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 270-360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1921.00</t>
+            <t xml:space="preserve">1959.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2265,51 +2265,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 270-360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 300x300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1987.00</t>
+            <t xml:space="preserve">2027.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2327,51 +2327,51 @@
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 270-360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 300x300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2252.00</t>
+            <t xml:space="preserve">2297.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2387,51 +2387,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр основания, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 790-1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3312.00</t>
+            <t xml:space="preserve">3378.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2449,51 +2449,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 790-1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 370х270</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2517.00</t>
+            <t xml:space="preserve">2567.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>