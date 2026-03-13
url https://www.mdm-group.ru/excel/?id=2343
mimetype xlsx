--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -15,133 +15,76 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Торсы детские STILE KID</t>
   </si>
   <si>
     <t>Смотрите также взрослые Торсы STILE.</t>
-  </si>
-[...55 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STILE KID 02-01M \ Торс детский, 6 лет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: TORS.009.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Возраст: 6 лет</t>
@@ -881,462 +824,432 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ec72cbd_2412_11e2_99cf_0025902b3cc1_F4987EBF_E4E2_4933_8579_0180A7733CFF2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ec72cc3_2412_11e2_99cf_0025902b3cc1_5DB6844F_8800_43EC_A0BF_1427C389EC583.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0c0c187_6c54_11e2_8aad_0025902b3cc1_1D6DF182_5125_4A6D_B28E_8283B87F197D4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ec72cc8_2412_11e2_99cf_0025902b3cc1_5B1B89A8_909D_4EE3_B950_4A2EC68989EB5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0c0c191_6c54_11e2_8aad_0025902b3cc1_8E08D1F4_D570_4B69_B413_E9270DD2C0276.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/779995ec_1fa7_11e0_99a4_003048f27c5f_56FD16C1_E878_40CD_B0CF_71B08FA818097.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530ac98f_2565_11e1_b5e0_003048f27c5f_6E3F928E_A2C1_4444_B6E9_745099231E388.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5c978ae_ff9a_11e0_833e_003048f27c5f_2252AFDE_4360_4785_A39F_59079D1413B49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffdc2788_32cb_11e2_99cf_0025902b3cc1_37F036ED_34D0_476C_B8F2_204A5715DF7210.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f92c284e_b7d3_11e2_952b_0025902b3cc1_97CD9DD2_3BBF_4A0E_B7C8_8A4D893A9D6C11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c949a44_0965_11e3_b453_0025902b3cc1_MNN01112.JPG"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33233504_4581_11e1_ac6e_003048f27c5f_A7E9B07C_A8CB_45DC_B499_F8E8023177D313.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33233507_4581_11e1_ac6e_003048f27c5f_51F45B5C_A9F7_4ED5_B483_B9A3B3C7102314.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ec72cc3_2412_11e2_99cf_0025902b3cc1_5DB6844F_8800_43EC_A0BF_1427C389EC582.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0c0c187_6c54_11e2_8aad_0025902b3cc1_1D6DF182_5125_4A6D_B28E_8283B87F197D3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ec72cc8_2412_11e2_99cf_0025902b3cc1_5B1B89A8_909D_4EE3_B950_4A2EC68989EB4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0c0c191_6c54_11e2_8aad_0025902b3cc1_8E08D1F4_D570_4B69_B413_E9270DD2C0275.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/779995ec_1fa7_11e0_99a4_003048f27c5f_56FD16C1_E878_40CD_B0CF_71B08FA818096.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530ac98f_2565_11e1_b5e0_003048f27c5f_6E3F928E_A2C1_4444_B6E9_745099231E387.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5c978ae_ff9a_11e0_833e_003048f27c5f_2252AFDE_4360_4785_A39F_59079D1413B48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffdc2788_32cb_11e2_99cf_0025902b3cc1_37F036ED_34D0_476C_B8F2_204A5715DF729.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f92c284e_b7d3_11e2_952b_0025902b3cc1_97CD9DD2_3BBF_4A0E_B7C8_8A4D893A9D6C10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c949a44_0965_11e3_b453_0025902b3cc1_MNN01111.JPG"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33233504_4581_11e1_ac6e_003048f27c5f_A7E9B07C_A8CB_45DC_B499_F8E8023177D312.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33233507_4581_11e1_ac6e_003048f27c5f_51F45B5C_A9F7_4ED5_B483_B9A3B3C7102313.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="561975" cy="952500"/>
+    <xdr:ext cx="514350" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="514350" cy="952500"/>
+    <xdr:ext cx="581025" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="581025" cy="952500"/>
+    <xdr:ext cx="514350" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="514350" cy="952500"/>
+    <xdr:ext cx="571500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="952500"/>
+    <xdr:ext cx="381000" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="381000" cy="952500"/>
+    <xdr:ext cx="581025" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="7" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="581025" cy="952500"/>
+    <xdr:ext cx="561975" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="561975" cy="952500"/>
+    <xdr:ext cx="571500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="571500" cy="952500"/>
+    <xdr:ext cx="381000" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="381000" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="342900" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="342900" cy="952500"/>
+    <xdr:ext cx="419100" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1603,54 +1516,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z13"/>
+  <dimension ref="A1:Z12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B13" sqref="B13"/>
+      <selection activeCell="D12" sqref="D12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -1685,343 +1598,283 @@
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">STILE KID 01-01M \ Торс детский, 4 года</t>
-[...3 lines deleted...]
-Артикул: TORS.008.WH</t>
+            <t xml:space="preserve">STILE KID 02-01M \ Торс детский, 6 лет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: TORS.009.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Возраст: 4 года</t>
+Возраст: 6 лет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Вьетнам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 12452 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6226.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">STILE KID 02-01M \ Торс детский, 6 лет</t>
-[...3 lines deleted...]
-Артикул: TORS.009.WH</t>
+            <t xml:space="preserve">STILE KID 06-01M \ Торс детский, 6 лет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: TORS.018.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Возраст: 6 лет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: стеклопластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Вьетнам</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 12982 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">6491.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="8" spans="1:26">
+      <c r="A8" s="4"/>
+      <c r="B8" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">STILE KID 03-01M \ Торс детский, 8 лет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: TORS.010.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Возраст: 8 лет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Вьетнам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 12452 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6226.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B8" s="5" t="inlineStr">
+      <c r="C8" s="4"/>
+      <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">STILE KID 06-01M \ Торс детский, 6 лет</t>
-[...3 lines deleted...]
-Артикул: TORS.018.WH</t>
+            <t xml:space="preserve">STILE KID 08-01M \ Торс детский, 10 лет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: TORS.020.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Возраст: 6 лет</t>
+Возраст: 10 лет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Вьетнам</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 12982 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6491.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
-      <c r="C8" s="4"/>
-[...58 lines deleted...]
-      </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
-        <is>
-[...58 lines deleted...]
-      <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 96010 \ Подставка для манекенов BU детских</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ENR.052.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 420-1070</t>
           </r>
@@ -2036,54 +1889,52 @@
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8783.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B10" s="5" t="inlineStr">
+      <c r="C9" s="4"/>
+      <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1000 \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MNN.008.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 450-600</t>
           </r>
@@ -2098,52 +1949,54 @@
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2702.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
-      <c r="C10" s="4"/>
-      <c r="D10" s="5" t="inlineStr">
+    </row>
+    <row r="10" spans="1:26">
+      <c r="A10" s="4"/>
+      <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1000 \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MNN.008.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 450-600</t>
           </r>
@@ -2158,54 +2011,52 @@
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2838.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B11" s="5" t="inlineStr">
+      <c r="C10" s="4"/>
+      <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2000-D \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MNN.011.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 270-360</t>
           </r>
@@ -2220,52 +2071,54 @@
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1959.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
-      <c r="C11" s="4"/>
-      <c r="D11" s="5" t="inlineStr">
+    </row>
+    <row r="11" spans="1:26">
+      <c r="A11" s="4"/>
+      <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2000-S \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MNN.013.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 270-360</t>
           </r>
@@ -2280,54 +2133,52 @@
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2027.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B12" s="5" t="inlineStr">
+      <c r="C11" s="4"/>
+      <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2000-S \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MNN.013.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 270-360</t>
           </r>
@@ -2342,52 +2193,54 @@
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2297.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
-      <c r="C12" s="4"/>
-      <c r="D12" s="5" t="inlineStr">
+    </row>
+    <row r="12" spans="1:26">
+      <c r="A12" s="4"/>
+      <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">C 900-1 \ Стойка для торсов STILE, STILE KID, BASIC, Chemin, STI (круг), МВ, SF</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MNN.009.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр основания, мм: 340</t>
           </r>
@@ -2402,54 +2255,52 @@
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3378.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B13" s="5" t="inlineStr">
+      <c r="C12" s="4"/>
+      <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">С 800-1 \ Стойка для торсов STILE, STILE KID, BASIC, Chemin, STI (прямоуг.), МВ, SF</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MNN.010.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 790-1200</t>
           </r>