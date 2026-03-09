--- v0 (2026-01-23)
+++ v1 (2026-03-09)
@@ -1222,54 +1222,50 @@
       </rPr>
       <t xml:space="preserve">C-07-04M \ Торс мужской BASIC, укороченный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.087.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: телесный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 9800 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4909.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -1340,54 +1336,50 @@
       </rPr>
       <t xml:space="preserve">C-07-02G \ Торс мужской BASIC, укороченный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.074.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 9800 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4909.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -1512,54 +1504,50 @@
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">С-14-01G \ Торс мужской Basic, укороченный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CLS.004.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: стеклопластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 9800 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4909.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
@@ -5936,54 +5924,50 @@
             </rPr>
             <t xml:space="preserve">C-07-04M \ Торс мужской BASIC, укороченный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: CLS.087.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: телесный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 9800 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4909.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
@@ -6062,54 +6046,50 @@
             </rPr>
             <t xml:space="preserve">C-07-02G \ Торс мужской BASIC, укороченный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: CLS.074.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 9800 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4909.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
@@ -6245,54 +6225,50 @@
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">С-14-01G \ Торс мужской Basic, укороченный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: CLS.004.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: стеклопластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 9800 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4909.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>