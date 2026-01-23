--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">04.04.2024</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Торсы Energy (Италия)</t>
   </si>
   <si>
     <t>Торсы Energy</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 9460 \ Манекен мужской</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.007.BL</t>
     </r>
@@ -105,51 +105,51 @@
       <t xml:space="preserve">
 Бедра, см: 97</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7153.00</t>
+      <t xml:space="preserve">7296.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 9470 \ Манекен мужской</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.011.SL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебряный</t>
@@ -251,51 +251,51 @@
       <t xml:space="preserve">
 Бедра, см: 97</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10333.00</t>
+      <t xml:space="preserve">10540.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 9471 \ Манекен мужской</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.026.BR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светло-коричневый</t>
@@ -320,51 +320,51 @@
       <t xml:space="preserve">
 Бедра, см: 97</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10333.00</t>
+      <t xml:space="preserve">10540.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 945080 \ Манекен женский (укороченный)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.053.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -389,51 +389,51 @@
       <t xml:space="preserve">
 Бедра, см: 89</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6755.00</t>
+      <t xml:space="preserve">6890.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 945280 \ Манекен женский (укороченный)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.054.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -458,51 +458,51 @@
       <t xml:space="preserve">
 Бедра, см: 89</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6755.00</t>
+      <t xml:space="preserve">6890.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 945180 \ Манекен женский (укороченный)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.058.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -527,51 +527,51 @@
       <t xml:space="preserve">
 Бедра, см: 89</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8611.00</t>
+      <t xml:space="preserve">8783.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 945880 \ Манекен женский (укороченный)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.065.BG</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: бежевый</t>
@@ -596,51 +596,51 @@
       <t xml:space="preserve">
 Бедра, см: 89</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6491.00</t>
+      <t xml:space="preserve">6621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 96601E \ Подставка для манекенов BU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.013.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -649,51 +649,51 @@
       <t xml:space="preserve">
 Высота, мм: 1400-1850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 290x330</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11302.00</t>
+      <t xml:space="preserve">11528.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 9651320 \ Подставка для манекенов BU, PERFOMANCE</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.015.CH</t>
@@ -706,51 +706,51 @@
       <t xml:space="preserve">
 Диаметр основания, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 620-880</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9190.00</t>
+      <t xml:space="preserve">9374.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 96520E \ Подставка для манекенов BU, PERFOMANCE</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.022.CH</t>
@@ -763,51 +763,51 @@
       <t xml:space="preserve">
 Высота, мм: 590-850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 300x370</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8611.00</t>
+      <t xml:space="preserve">8783.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 96500E \ Подставка для манекенов BU (удлиненных)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.018.CH</t>
@@ -824,51 +824,51 @@
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не используется с укороченными торсами BU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 350x300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8875.00</t>
+      <t xml:space="preserve">9053.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 9651200 \ Подставка для манекенов BU детских</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.051.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -877,51 +877,51 @@
       <t xml:space="preserve">
 Диаметр основания, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 350-680</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8213.00</t>
+      <t xml:space="preserve">8377.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 96010 \ Подставка для манекенов BU детских</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.052.CH</t>
@@ -930,51 +930,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 420-1070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8611.00</t>
+      <t xml:space="preserve">8783.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B 900-2 \ Стойка (круг) для торсов BU, PERFORMANCE, МВ</t>
@@ -987,51 +987,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр основания, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 700-1220</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3047.00</t>
+      <t xml:space="preserve">3108.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B 800-2 \ Стойка (прямоугольник) для торсов BU, PERFORMANCE, МВ</t>
@@ -1044,51 +1044,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 700-1220</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 370х270</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2649.00</t>
+      <t xml:space="preserve">2702.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2010,51 +2010,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">04.04.2024</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2102,51 +2102,51 @@
             <t xml:space="preserve">
 Бедра, см: 97</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7153.00</t>
+            <t xml:space="preserve">7296.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 9470 \ Манекен мужской</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ENR.011.SL</t>
           </r>
@@ -2256,51 +2256,51 @@
             <t xml:space="preserve">
 Бедра, см: 97</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10333.00</t>
+            <t xml:space="preserve">10540.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 9471 \ Манекен мужской</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ENR.026.BR</t>
           </r>
@@ -2328,51 +2328,51 @@
             <t xml:space="preserve">
 Бедра, см: 97</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10333.00</t>
+            <t xml:space="preserve">10540.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 945080 \ Манекен женский (укороченный)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2402,51 +2402,51 @@
             <t xml:space="preserve">
 Бедра, см: 89</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6755.00</t>
+            <t xml:space="preserve">6890.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 945280 \ Манекен женский (укороченный)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ENR.054.WH</t>
           </r>
@@ -2474,51 +2474,51 @@
             <t xml:space="preserve">
 Бедра, см: 89</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6755.00</t>
+            <t xml:space="preserve">6890.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 945180 \ Манекен женский (укороченный)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2548,51 +2548,51 @@
             <t xml:space="preserve">
 Бедра, см: 89</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8611.00</t>
+            <t xml:space="preserve">8783.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 945880 \ Манекен женский (укороченный)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: ENR.065.BG</t>
           </r>
@@ -2620,51 +2620,51 @@
             <t xml:space="preserve">
 Бедра, см: 89</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6491.00</t>
+            <t xml:space="preserve">6621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 96601E \ Подставка для манекенов BU</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2678,51 +2678,51 @@
             <t xml:space="preserve">
 Высота, мм: 1400-1850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 290x330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11302.00</t>
+            <t xml:space="preserve">11528.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 9651320 \ Подставка для манекенов BU, PERFOMANCE</t>
           </r>
@@ -2738,51 +2738,51 @@
             <t xml:space="preserve">
 Диаметр основания, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 620-880</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9190.00</t>
+            <t xml:space="preserve">9374.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2800,51 +2800,51 @@
             <t xml:space="preserve">
 Высота, мм: 590-850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 300x370</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8611.00</t>
+            <t xml:space="preserve">8783.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 96500E \ Подставка для манекенов BU (удлиненных)</t>
           </r>
@@ -2864,51 +2864,51 @@
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не используется с укороченными торсами BU</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 350x300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8875.00</t>
+            <t xml:space="preserve">9053.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 9651200 \ Подставка для манекенов BU детских</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2922,51 +2922,51 @@
             <t xml:space="preserve">
 Диаметр основания, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 350-680</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8213.00</t>
+            <t xml:space="preserve">8377.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 96010 \ Подставка для манекенов BU детских</t>
           </r>
@@ -2978,51 +2978,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 420-1070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8611.00</t>
+            <t xml:space="preserve">8783.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3040,51 +3040,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр основания, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 700-1220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3047.00</t>
+            <t xml:space="preserve">3108.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3100,51 +3100,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 700-1220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 370х270</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2649.00</t>
+            <t xml:space="preserve">2702.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>