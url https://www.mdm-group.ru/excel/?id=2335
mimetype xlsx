--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -162,55 +162,51 @@
       <t xml:space="preserve">
 Высота, см: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Грудь, см: 95</t>
     </r>
     <r>
       <t xml:space="preserve">
 Талия, см: 77</t>
     </r>
     <r>
       <t xml:space="preserve">
 Бедра, см: 97</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 9453 руб.</t>
+Старая цена: 9903 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">5942.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -841,147 +837,147 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">9053.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">BU 9651200 \ Подставка для манекенов BU детских</t>
-[...3 lines deleted...]
-Артикул: ENR.051.CH</t>
+      <t xml:space="preserve">BU 96010 \ Подставка для манекенов BU детских</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: ENR.052.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Диаметр основания, мм: 200</t>
-[...3 lines deleted...]
-Высота, мм: 350-680</t>
+Высота, мм: 420-1070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8377.00</t>
+      <t xml:space="preserve">8783.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">BU 96010 \ Подставка для манекенов BU детских</t>
-[...3 lines deleted...]
-Артикул: ENR.052.CH</t>
+      <t xml:space="preserve">BU 9651200 \ Подставка для манекенов BU детских</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: ENR.051.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 420-1070</t>
+Диаметр основания, мм: 200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 350-680</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8783.00</t>
+      <t xml:space="preserve">8377.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B 900-2 \ Стойка (круг) для торсов BU, PERFORMANCE, МВ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MNN.006.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -1156,51 +1152,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e45e471f_068c_11e0_99a4_003048f27c5f_5A953B7F_9EF4_4B94_AE44_FBE364E4A8F82.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf828fd_0427_11e0_99a4_003048f27c5f_55DD6C40_3327_490E_AFBF_348CA14F6E233.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d294fc_081b_11e0_99a4_003048f27c5f_0FC2E811_6524_4055_81BC_F012EAD346DF4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a198_fdef_11df_b16f_003048d0c7fe_2B7289CE_39AA_4F8C_ABFD_2C81C0304E285.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d29517_081b_11e0_99a4_003048f27c5f_7B088F7F_26B6_4829_8D73_262BBDCD98E86.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2951a_081b_11e0_99a4_003048f27c5f_DF180A23_994B_41EF_B617_E3E6232C93657.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1797d45_c233_11e0_a476_003048f27c5f_9AA8CE7F_2798_4A5B_BD28_F09F5DC118508.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1289913_ec57_11e1_a1fd_0025902b3cc1_50E64D9F_7BEA_410F_9BF3_8A2E28C1BEFE9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e41820a3_0100_11e0_b16f_003048d0c7fe_A4BDD58D_397E_4381_A36E_51F23FDF6D5110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a194_fdef_11df_b16f_003048d0c7fe_234C339C_AEB9_4992_9F53_1E5D1942287B11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf82910_0427_11e0_99a4_003048f27c5f_60A86CA8_A260_41F6_9171_DAA83F25D9F712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2bfcb5e_01cb_11e0_b16f_003048d0c7fe_4972A49C_D37C_44D3_963A_CA16F823E3FC13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d478f64_124b_11e0_99a4_003048f27c5f_D3ADE503_EA54_42F1_B13E_67FA2ABC598014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/779995ec_1fa7_11e0_99a4_003048f27c5f_56FD16C1_E878_40CD_B0CF_71B08FA8180915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e2aaa24_a77c_11e0_a476_003048f27c5f_3E207C46_62CD_4D34_805A_100A14EAAD8516.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c8e49d7_9e0e_11e0_afc8_003048f27c5f_EA61B30E_36EB_4EE1_BF6F_E4EF1338228517.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e45e471f_068c_11e0_99a4_003048f27c5f_5A953B7F_9EF4_4B94_AE44_FBE364E4A8F82.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf828fd_0427_11e0_99a4_003048f27c5f_55DD6C40_3327_490E_AFBF_348CA14F6E233.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d294fc_081b_11e0_99a4_003048f27c5f_0FC2E811_6524_4055_81BC_F012EAD346DF4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a198_fdef_11df_b16f_003048d0c7fe_2B7289CE_39AA_4F8C_ABFD_2C81C0304E285.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d29517_081b_11e0_99a4_003048f27c5f_7B088F7F_26B6_4829_8D73_262BBDCD98E86.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d2951a_081b_11e0_99a4_003048f27c5f_DF180A23_994B_41EF_B617_E3E6232C93657.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1797d45_c233_11e0_a476_003048f27c5f_9AA8CE7F_2798_4A5B_BD28_F09F5DC118508.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1289913_ec57_11e1_a1fd_0025902b3cc1_50E64D9F_7BEA_410F_9BF3_8A2E28C1BEFE9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e41820a3_0100_11e0_b16f_003048d0c7fe_A4BDD58D_397E_4381_A36E_51F23FDF6D5110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a194_fdef_11df_b16f_003048d0c7fe_234C339C_AEB9_4992_9F53_1E5D1942287B11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf82910_0427_11e0_99a4_003048f27c5f_60A86CA8_A260_41F6_9171_DAA83F25D9F712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2bfcb5e_01cb_11e0_b16f_003048d0c7fe_4972A49C_D37C_44D3_963A_CA16F823E3FC13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/779995ec_1fa7_11e0_99a4_003048f27c5f_56FD16C1_E878_40CD_B0CF_71B08FA8180914.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d478f64_124b_11e0_99a4_003048f27c5f_D3ADE503_EA54_42F1_B13E_67FA2ABC598015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e2aaa24_a77c_11e0_a476_003048f27c5f_3E207C46_62CD_4D34_805A_100A14EAAD8516.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c8e49d7_9e0e_11e0_afc8_003048f27c5f_EA61B30E_36EB_4EE1_BF6F_E4EF1338228517.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1558,81 +1554,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="390525" cy="952500"/>
+    <xdr:ext cx="381000" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="381000" cy="952500"/>
+    <xdr:ext cx="390525" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -2162,55 +2158,51 @@
             <t xml:space="preserve">
 Высота, см: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Грудь, см: 95</t>
           </r>
           <r>
             <t xml:space="preserve">
 Талия, см: 77</t>
           </r>
           <r>
             <t xml:space="preserve">
 Бедра, см: 97</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 9453 руб.</t>
+Старая цена: 9903 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5942.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
@@ -2886,150 +2878,150 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">9053.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">BU 9651200 \ Подставка для манекенов BU детских</t>
-[...3 lines deleted...]
-Артикул: ENR.051.CH</t>
+            <t xml:space="preserve">BU 96010 \ Подставка для манекенов BU детских</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ENR.052.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Диаметр основания, мм: 200</t>
-[...3 lines deleted...]
-Высота, мм: 350-680</t>
+Высота, мм: 420-1070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8377.00</t>
+            <t xml:space="preserve">8783.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">BU 96010 \ Подставка для манекенов BU детских</t>
-[...3 lines deleted...]
-Артикул: ENR.052.CH</t>
+            <t xml:space="preserve">BU 9651200 \ Подставка для манекенов BU детских</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: ENR.051.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 420-1070</t>
+Диаметр основания, мм: 200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 350-680</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8783.00</t>
+            <t xml:space="preserve">8377.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B 900-2 \ Стойка (круг) для торсов BU, PERFORMANCE, МВ</t>
           </r>
           <r>