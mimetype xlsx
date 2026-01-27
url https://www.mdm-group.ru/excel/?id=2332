--- v0 (2025-12-06)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23.11.2024</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Подставки под манекены торсы</t>
   </si>
   <si>
     <t xml:space="preserve">Подставка под манекен торс - серия различных моделей подставок, позволяющих разместить и зафиксировать торс в вертикальном положении.
 Подставки для манекена торса представляют из себя стойку с основанием и механизмом крепления. 
 Основанием подставки может быть металлический круг или квадрат, либо же деревянная тренога.
 Практически все подставки регулируются по высоте, позволяя оптимально отрегулировать рост модели для демонстрируемой одежды.
 Манекены торсы на металлических и деревянных подставках применяются как в витрине, так и в любом интерьере магазина и торгово-выставочного помещения.
 Вы можете купить подставку под манекен торс у нас в магазине оптом и в розницу. На крупные заказы действуют специальные скидки. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1000 \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
@@ -90,51 +90,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 450-600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2649.00</t>
+      <t xml:space="preserve">2702.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1000 \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
@@ -147,51 +147,51 @@
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 450-600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2782.00</t>
+      <t xml:space="preserve">2838.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2000-D \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
@@ -204,51 +204,51 @@
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 270-360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1921.00</t>
+      <t xml:space="preserve">1959.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2000-S \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
@@ -261,51 +261,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 270-360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 300x300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1987.00</t>
+      <t xml:space="preserve">2027.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2000-S \ Стойка для торсов STILE, STILE KID, BASIC, STI, МВ</t>
@@ -318,51 +318,51 @@
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 270-360</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 300x300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2252.00</t>
+      <t xml:space="preserve">2297.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B 900-2 \ Стойка (круг) для торсов BU, PERFORMANCE, МВ</t>
@@ -375,51 +375,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр основания, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 700-1220</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3047.00</t>
+      <t xml:space="preserve">3108.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">C 900-1 \ Стойка для торсов STILE, STILE KID, BASIC, Chemin, STI (круг), МВ, SF</t>
@@ -432,51 +432,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр основания, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 790-1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3312.00</t>
+      <t xml:space="preserve">3378.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B 800-2 \ Стойка (прямоугольник) для торсов BU, PERFORMANCE, МВ</t>
@@ -489,51 +489,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 700-1220</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 370х270</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2649.00</t>
+      <t xml:space="preserve">2702.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">С 800-1 \ Стойка для торсов STILE, STILE KID, BASIC, Chemin, STI (прямоуг.), МВ, SF</t>
@@ -546,51 +546,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 790-1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 370х270</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2517.00</t>
+      <t xml:space="preserve">2567.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 96520E \ Подставка для манекенов BU, PERFOMANCE</t>
@@ -607,51 +607,51 @@
       <t xml:space="preserve">
 Высота, мм: 590-850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 300x370</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8611.00</t>
+      <t xml:space="preserve">8783.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 965000E \ Подставка для манекена</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.023.CH</t>
@@ -664,51 +664,51 @@
       <t xml:space="preserve">
 Высота, мм: 600-1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 280-330</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8611.00</t>
+      <t xml:space="preserve">8783.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 96500E \ Подставка для манекенов BU (удлиненных)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.018.CH</t>
@@ -725,51 +725,51 @@
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Не используется с укороченными торсами BU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 350x300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8875.00</t>
+      <t xml:space="preserve">9053.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 96601E \ Подставка для манекенов BU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.013.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -778,51 +778,51 @@
       <t xml:space="preserve">
 Высота, мм: 1400-1850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер основания, мм: 290x330</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11302.00</t>
+      <t xml:space="preserve">11528.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 9651320 \ Подставка для манекенов BU, PERFOMANCE</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.015.CH</t>
@@ -835,51 +835,51 @@
       <t xml:space="preserve">
 Диаметр основания, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 620-880</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9190.00</t>
+      <t xml:space="preserve">9374.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 9651200 \ Подставка для манекенов BU детских</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.051.CH</t>
@@ -892,51 +892,51 @@
       <t xml:space="preserve">
 Диаметр основания, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 350-680</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8213.00</t>
+      <t xml:space="preserve">8377.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BU 96010 \ Подставка для манекенов BU детских</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: ENR.052.CH</t>
@@ -945,51 +945,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 420-1070</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8611.00</t>
+      <t xml:space="preserve">8783.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Originals 14 \  Стойка для торсов Originals (4 колеса, с тормозом)</t>
@@ -1002,51 +1002,51 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 770-1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: диаметр труб 23-25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6120.00</t>
+      <t xml:space="preserve">6242.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Originals 15 \ Стойка для торсов Originals (тренога)</t>
@@ -1059,51 +1059,51 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 770-1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: диаметр труб 23-25мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4998.00</t>
+      <t xml:space="preserve">5098.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2085,51 +2085,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23.11.2024</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2157,51 +2157,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 450-600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2649.00</t>
+            <t xml:space="preserve">2702.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2217,51 +2217,51 @@
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 450-600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2782.00</t>
+            <t xml:space="preserve">2838.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2279,51 +2279,51 @@
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 270-360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 340x340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1921.00</t>
+            <t xml:space="preserve">1959.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2339,51 +2339,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 270-360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 300x300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1987.00</t>
+            <t xml:space="preserve">2027.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2401,51 +2401,51 @@
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 270-360</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 300x300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2252.00</t>
+            <t xml:space="preserve">2297.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2461,51 +2461,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр основания, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 700-1220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3047.00</t>
+            <t xml:space="preserve">3108.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2523,51 +2523,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр основания, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 790-1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3312.00</t>
+            <t xml:space="preserve">3378.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2583,51 +2583,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 700-1220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 370х270</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2649.00</t>
+            <t xml:space="preserve">2702.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2645,51 +2645,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 790-1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 370х270</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2517.00</t>
+            <t xml:space="preserve">2567.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2709,51 +2709,51 @@
             <t xml:space="preserve">
 Высота, мм: 590-850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 300x370</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8611.00</t>
+            <t xml:space="preserve">8783.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2771,51 +2771,51 @@
             <t xml:space="preserve">
 Высота, мм: 600-1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 280-330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8611.00</t>
+            <t xml:space="preserve">8783.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 96500E \ Подставка для манекенов BU (удлиненных)</t>
           </r>
@@ -2835,51 +2835,51 @@
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Не используется с укороченными торсами BU</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 350x300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8875.00</t>
+            <t xml:space="preserve">9053.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 96601E \ Подставка для манекенов BU</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2893,51 +2893,51 @@
             <t xml:space="preserve">
 Высота, мм: 1400-1850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер основания, мм: 290x330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11302.00</t>
+            <t xml:space="preserve">11528.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 9651320 \ Подставка для манекенов BU, PERFOMANCE</t>
           </r>
@@ -2953,51 +2953,51 @@
             <t xml:space="preserve">
 Диаметр основания, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 620-880</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9190.00</t>
+            <t xml:space="preserve">9374.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3015,51 +3015,51 @@
             <t xml:space="preserve">
 Диаметр основания, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 350-680</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8213.00</t>
+            <t xml:space="preserve">8377.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BU 96010 \ Подставка для манекенов BU детских</t>
           </r>
@@ -3071,51 +3071,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 420-1070</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8611.00</t>
+            <t xml:space="preserve">8783.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3133,51 +3133,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 770-1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: диаметр труб 23-25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6120.00</t>
+            <t xml:space="preserve">6242.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3193,51 +3193,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 770-1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: диаметр труб 23-25мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4998.00</t>
+            <t xml:space="preserve">5098.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>