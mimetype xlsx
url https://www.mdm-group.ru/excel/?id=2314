--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">05.04.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Стационарные и мобильные перегородки для магазина</t>
   </si>
   <si>
     <t>Система перегородок для формирования пространства.Хромированные столбики могут крепиться к полу или быть мобильными.В качестве заполнителя используется ДСП 16мм, Акрил прозрачный 6мм, Решетки 50х50.На панели из ДСП и акрила можно наносить рекламные баннеры.Для крепления стационарных столбиков к полу необходим крепеж. Его тип и размеры зависят от поверхности, к которой будет крепиться изделие. Для крепления к твердому напольному покрытию можно использовать болты OGT.148.80.  В примечании к стационарным столбикам указано необходимое количество болтов.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Столбик мобильный без основания</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.204.CH</t>
     </r>
@@ -93,51 +93,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используются с основаниями B-320-SS и B-355-SS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1490.00</t>
+      <t xml:space="preserve">1520.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Столбик стационарный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.200.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -150,51 +150,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.00 (4шт.),  в комплект не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1696.00</t>
+      <t xml:space="preserve">1730.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Столбик стационарный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.201.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -207,51 +207,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.00 (4шт.),  в комплект не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1972.00</t>
+      <t xml:space="preserve">2011.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Столбик стационарный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.202.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -268,96 +268,96 @@
       <t xml:space="preserve">
 Диаметр, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.00 (4шт.),  в комплект не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2231.00</t>
+      <t xml:space="preserve">2276.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Болт для крепления систем ограждений к полу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.148.80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36.00</t>
+      <t xml:space="preserve">36.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -370,51 +370,51 @@
       <t xml:space="preserve">
 Артикул: OGT.230.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 952x614</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для столбиков h998. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1344.00</t>
+      <t xml:space="preserve">1371.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -427,51 +427,51 @@
       <t xml:space="preserve">
 Артикул: OGT.231.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 952x814</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для столбиков h998. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1730.00</t>
+      <t xml:space="preserve">1765.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -484,51 +484,51 @@
       <t xml:space="preserve">
 Артикул: OGT.232.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 952x1014</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для столбиков h998. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2115.00</t>
+      <t xml:space="preserve">2157.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -541,51 +541,51 @@
       <t xml:space="preserve">
 Артикул: OGT.233.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 952x1264</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для столбиков h998. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2597.00</t>
+      <t xml:space="preserve">2649.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -598,51 +598,51 @@
       <t xml:space="preserve">
 Артикул: OGT.234.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 952x1514</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для столбиков h998. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3081.00</t>
+      <t xml:space="preserve">3143.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -655,51 +655,51 @@
       <t xml:space="preserve">
 Артикул: OGT.235.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 1452x614</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для столбиков h1498. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1993.00</t>
+      <t xml:space="preserve">2033.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -712,51 +712,51 @@
       <t xml:space="preserve">
 Артикул: OGT.236.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 1452x814</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для столбиков h1498. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2568.00</t>
+      <t xml:space="preserve">2619.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -769,51 +769,51 @@
       <t xml:space="preserve">
 Артикул: OGT.237.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 1452x1014</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для столбиков h1498. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3138.00</t>
+      <t xml:space="preserve">3201.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -826,51 +826,51 @@
       <t xml:space="preserve">
 Артикул: OGT.238.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 1452x1264</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для столбиков h1498. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3851.00</t>
+      <t xml:space="preserve">3928.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -883,51 +883,51 @@
       <t xml:space="preserve">
 Артикул: OGT.239.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 1452x1514</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для столбиков h1498. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4566.00</t>
+      <t xml:space="preserve">4657.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -940,51 +940,51 @@
       <t xml:space="preserve">
 Артикул: OGT.240.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 1952x614</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для столбиков h1998. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2648.00</t>
+      <t xml:space="preserve">2701.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -997,51 +997,51 @@
       <t xml:space="preserve">
 Артикул: OGT.241.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 1952x814</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для столбиков h1998. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3402.00</t>
+      <t xml:space="preserve">3470.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1054,51 +1054,51 @@
       <t xml:space="preserve">
 Артикул: OGT.242.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 1952x1014</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для столбиков h1998. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4160.00</t>
+      <t xml:space="preserve">4243.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1111,51 +1111,51 @@
       <t xml:space="preserve">
 Артикул: OGT.243.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 1952x1264</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для столбиков h1998. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5109.00</t>
+      <t xml:space="preserve">5211.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1168,51 +1168,51 @@
       <t xml:space="preserve">
 Артикул: OGT.244.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 1952x1514</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для столбиков h1998. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6052.00</t>
+      <t xml:space="preserve">6173.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1241,51 +1241,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: При использовании в перегородках: Для столбиков h1998</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4998.00</t>
+      <t xml:space="preserve">5098.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -2349,51 +2349,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">05.04.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2429,51 +2429,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используются с основаниями B-320-SS и B-355-SS</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1490.00</t>
+            <t xml:space="preserve">1520.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Столбик стационарный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.200.CH</t>
           </r>
@@ -2489,51 +2489,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.00 (4шт.),  в комплект не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1696.00</t>
+            <t xml:space="preserve">1730.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Столбик стационарный</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2551,51 +2551,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.00 (4шт.),  в комплект не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1972.00</t>
+            <t xml:space="preserve">2011.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Столбик стационарный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.202.CH</t>
           </r>
@@ -2615,101 +2615,101 @@
             <t xml:space="preserve">
 Диаметр, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.00 (4шт.),  в комплект не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2231.00</t>
+            <t xml:space="preserve">2276.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Болт для крепления систем ограждений к полу</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.148.80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36.00</t>
+            <t xml:space="preserve">36.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -2725,51 +2725,51 @@
             <t xml:space="preserve">
 Артикул: OGT.230.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 952x614</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для столбиков h998. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1344.00</t>
+            <t xml:space="preserve">1371.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -2787,51 +2787,51 @@
             <t xml:space="preserve">
 Артикул: OGT.231.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 952x814</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для столбиков h998. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1730.00</t>
+            <t xml:space="preserve">1765.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -2847,51 +2847,51 @@
             <t xml:space="preserve">
 Артикул: OGT.232.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 952x1014</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для столбиков h998. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2115.00</t>
+            <t xml:space="preserve">2157.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -2909,51 +2909,51 @@
             <t xml:space="preserve">
 Артикул: OGT.233.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 952x1264</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для столбиков h998. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2597.00</t>
+            <t xml:space="preserve">2649.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -2969,51 +2969,51 @@
             <t xml:space="preserve">
 Артикул: OGT.234.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 952x1514</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для столбиков h998. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3081.00</t>
+            <t xml:space="preserve">3143.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -3031,51 +3031,51 @@
             <t xml:space="preserve">
 Артикул: OGT.235.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 1452x614</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для столбиков h1498. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1993.00</t>
+            <t xml:space="preserve">2033.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -3091,51 +3091,51 @@
             <t xml:space="preserve">
 Артикул: OGT.236.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 1452x814</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для столбиков h1498. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2568.00</t>
+            <t xml:space="preserve">2619.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -3153,51 +3153,51 @@
             <t xml:space="preserve">
 Артикул: OGT.237.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 1452x1014</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для столбиков h1498. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3138.00</t>
+            <t xml:space="preserve">3201.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -3213,51 +3213,51 @@
             <t xml:space="preserve">
 Артикул: OGT.238.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 1452x1264</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для столбиков h1498. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3851.00</t>
+            <t xml:space="preserve">3928.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -3275,51 +3275,51 @@
             <t xml:space="preserve">
 Артикул: OGT.239.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 1452x1514</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для столбиков h1498. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4566.00</t>
+            <t xml:space="preserve">4657.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -3335,51 +3335,51 @@
             <t xml:space="preserve">
 Артикул: OGT.240.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 1952x614</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для столбиков h1998. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2648.00</t>
+            <t xml:space="preserve">2701.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -3397,51 +3397,51 @@
             <t xml:space="preserve">
 Артикул: OGT.241.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 1952x814</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для столбиков h1998. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3402.00</t>
+            <t xml:space="preserve">3470.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -3457,51 +3457,51 @@
             <t xml:space="preserve">
 Артикул: OGT.242.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 1952x1014</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для столбиков h1998. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4160.00</t>
+            <t xml:space="preserve">4243.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -3519,51 +3519,51 @@
             <t xml:space="preserve">
 Артикул: OGT.243.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 1952x1264</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для столбиков h1998. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5109.00</t>
+            <t xml:space="preserve">5211.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -3579,51 +3579,51 @@
             <t xml:space="preserve">
 Артикул: OGT.244.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 1952x1514</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для столбиков h1998. Возможно изготовление панелей в нестандартных цветах (+15% к стоимости)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6052.00</t>
+            <t xml:space="preserve">6173.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -3657,51 +3657,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: При использовании в перегородках: Для столбиков h1998</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4998.00</t>
+            <t xml:space="preserve">5098.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>