--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -297,70 +297,70 @@
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Болт для крепления систем ограждений к полу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.148.80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">36.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
@@ -2649,70 +2649,70 @@
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Болт для крепления систем ограждений к полу</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.148.80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">36.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>