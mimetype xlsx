--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">04.04.2024</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Мобильные стойки и столбики ограждения с вытяжной лентой (с канатом)</t>
   </si>
   <si>
     <t>Мобильные стойки и столбики ограждения, столбики с вытяжной лентой и стойки с канатом – все это необходимые атрибуты общественных мест, где необходимо организовать поток людей. Их функциональная задача может быть разной: организация очереди, ограждение экспоната, обозначение допустимой для перемещения площади, ограничение прохода. Столбики ограждения наиболее часто используются в торговых центрах, кинотеатрах, аэропортах, музеях, выставочных комплексах, стадионах и во время различных массовых мероприятий.
 Стойки ограждения с вытяжной лентой и столбики ограждения с канатом выполнены из нержавеющей стали. Этот прочный и долговечный материал не требует особого ухода и надежно защищает столбик от преждевременного износа. Устойчивость стойки обеспечивает балласт (специальный утяжелитель) в ее основании. Тем не менее, стойка достаточно легкая, и любой человек сможет без труда передвинуть ее.
 Лента для ограждения бывает разной длины, оптимальные размеры от 2 до 4 метров. Столбики с вытяжными лентами оснащены плавным тормозным механизмом. Самые часто используемые цвета вытяжной ленты: красный и синий.
 Стойки для канатов бывают золотого и серебряного цвета. Цвет выбирается под интерьерное решение проводимого мероприятия. Канат для ограждения имеет карабины, с помощью которых его легко крепить к столбикам.
 В нашем ассортименте вы можете купить столбики и стойки с вытяжной лентой и с канатом, и отдельно канаты.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TB-320-SS \ Стойка ограждения с вытяжной лентой L=2,5м</t>
     </r>
@@ -117,51 +117,51 @@
       <t xml:space="preserve">
 Длина ленты, мм: 2500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Основание: форма – полуконус, имеет резиновую прокладку для защиты пола</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет ленты: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5233.00</t>
+      <t xml:space="preserve">5338.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TB-360-SS \ Стойка ограждения с вытяжной лентой L=3,6м</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.275.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: нержавеющая сталь шлифованная/синий</t>
@@ -194,51 +194,51 @@
       <t xml:space="preserve">
 Длина ленты, мм: 3600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Основание: форма – полуконус, имеет резиновую прокладку для защиты пола</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет ленты: синий</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6018.00</t>
+      <t xml:space="preserve">6138.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR-320-SS \  Столбик ограждения для каната</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.012.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: золото</t>
@@ -255,51 +255,51 @@
       <t xml:space="preserve">
 Диаметр основания, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр трубы, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Основание: форма – полуконус, имеет резиновую прокладку для защиты пола</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6621.00</t>
+      <t xml:space="preserve">6753.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR-320-SS \ Столбик ограждения для каната</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.164.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: нержавеющая сталь полированная</t>
@@ -316,96 +316,96 @@
       <t xml:space="preserve">
 Диаметр основания, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр трубы, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Основание: форма – полуконус, имеет резиновую прокладку для защиты пола</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6621.00</t>
+      <t xml:space="preserve">6753.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TR-G \ Канат для ограждения с карабинами L=1,5м (плетенный)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.016.RD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2385.00</t>
+      <t xml:space="preserve">2433.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -418,51 +418,51 @@
       <t xml:space="preserve">
 Артикул: OGT.165.RD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2385.00</t>
+      <t xml:space="preserve">2433.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1266,51 +1266,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">04.04.2024</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1366,51 +1366,51 @@
             <t xml:space="preserve">
 Длина ленты, мм: 2500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Основание: форма – полуконус, имеет резиновую прокладку для защиты пола</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет ленты: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5233.00</t>
+            <t xml:space="preserve">5338.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TB-360-SS \ Стойка ограждения с вытяжной лентой L=3,6м</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.275.00</t>
           </r>
@@ -1446,51 +1446,51 @@
             <t xml:space="preserve">
 Длина ленты, мм: 3600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Основание: форма – полуконус, имеет резиновую прокладку для защиты пола</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет ленты: синий</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6018.00</t>
+            <t xml:space="preserve">6138.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TR-320-SS \  Столбик ограждения для каната</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -1512,51 +1512,51 @@
             <t xml:space="preserve">
 Диаметр основания, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр трубы, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Основание: форма – полуконус, имеет резиновую прокладку для защиты пола</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6621.00</t>
+            <t xml:space="preserve">6753.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TR-320-SS \ Столбик ограждения для каната</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.164.NS</t>
           </r>
@@ -1576,101 +1576,101 @@
             <t xml:space="preserve">
 Диаметр основания, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр трубы, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Основание: форма – полуконус, имеет резиновую прокладку для защиты пола</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6621.00</t>
+            <t xml:space="preserve">6753.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TR-G \ Канат для ограждения с карабинами L=1,5м (плетенный)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.016.RD</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2385.00</t>
+            <t xml:space="preserve">2433.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -1686,51 +1686,51 @@
             <t xml:space="preserve">
 Артикул: OGT.165.RD</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2385.00</t>
+            <t xml:space="preserve">2433.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>