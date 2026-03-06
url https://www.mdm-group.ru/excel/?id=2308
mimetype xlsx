--- v0 (2025-12-05)
+++ v1 (2026-03-06)
@@ -15,69 +15,69 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">04.04.2024</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Отбойники из хромированной стали (хром)</t>
   </si>
   <si>
     <t>Отбойники предназначены для предохранения торговой мебели в магазинах самообслуживания от ударов тележек. Отбойники устанавливаются, как правило, в супермаркетах рядом с холодильными бонетами, прилавками, витринами и стеллажами.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GD 1200 \ Ограждение от тележек - угловая стойка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.113.CH</t>
     </r>
@@ -85,51 +85,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 145</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1589.00</t>
+      <t xml:space="preserve">1621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GD 1201 \ Ограждение от тележек - завершающая стойка</t>
@@ -142,51 +142,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 145</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1179.00</t>
+      <t xml:space="preserve">1203.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GD 1202 \ Ограждение от тележек - промежуточная стойка</t>
@@ -199,51 +199,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 145</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1126.00</t>
+      <t xml:space="preserve">1149.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GD 1224 \ Труба круглая</t>
@@ -272,116 +272,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1209.00</t>
-[...64 lines deleted...]
-      <t xml:space="preserve">1484.00</t>
+      <t xml:space="preserve">1233.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GD 0624 \ Труба круглая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.086.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -510,51 +445,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a62a5191_02ae_11e0_b16f_003048d0c7fe_345CD05A_B742_4695_8543_CA379F47F94A2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cf9de6_0427_11e0_99a4_003048f27c5f_D0E9982A_B071_46BB_A3D6_BAF14C9ACB123.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54ff18f3_081d_11e0_99a4_003048f27c5f_CD583824_1694_4403_97E6_F9D4649822904.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f051f638_8401_11e3_baa0_0025902b3cc1_AFD96A7D_BC31_4EF1_A1BB_31A5F39A25B45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf6d96fc_4130_11ec_ae4a_ac1f6b40b531_tubejokr6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc014ad9_068c_11e0_99a4_003048f27c5f_0571DFB8_7D57_45E6_A5A7_CC52618FE3137.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a62a5191_02ae_11e0_b16f_003048d0c7fe_345CD05A_B742_4695_8543_CA379F47F94A2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cf9de6_0427_11e0_99a4_003048f27c5f_D0E9982A_B071_46BB_A3D6_BAF14C9ACB123.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54ff18f3_081d_11e0_99a4_003048f27c5f_CD583824_1694_4403_97E6_F9D4649822904.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f051f638_8401_11e3_baa0_0025902b3cc1_AFD96A7D_BC31_4EF1_A1BB_31A5F39A25B45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc014ad9_068c_11e0_99a4_003048f27c5f_0571DFB8_7D57_45E6_A5A7_CC52618FE3136.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -682,80 +617,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1025,90 +930,90 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D9" sqref="D9"/>
+      <selection activeCell="B9" sqref="B9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">04.04.2024</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1136,51 +1041,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 145</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1589.00</t>
+            <t xml:space="preserve">1621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1196,51 +1101,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 145</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1179.00</t>
+            <t xml:space="preserve">1203.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -1258,51 +1163,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 145</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1126.00</t>
+            <t xml:space="preserve">1149.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1334,129 +1239,61 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1209.00</t>
+            <t xml:space="preserve">1233.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
-        <is>
-[...66 lines deleted...]
-      <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GD 0624 \ Труба круглая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.086.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 3000</t>
           </r>