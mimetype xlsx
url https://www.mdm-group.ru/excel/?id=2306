--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">03.10.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Системы ограждений</t>
   </si>
   <si>
     <t>Внимание! Некоторые изделия из данной серии имеют наценку 5% при покупке менее 1 коробки! Все такие изделия отмечены *. Для крепления систем ограждений к полу необходим крепеж. Его тип и размеры зависят от поверхности, к которой будет крепиться изделие. Ряд изделий укомплектованы стандартными крепежами (указано в примечании к изделию). Для крепления других изделий к твердому напольному покрытию можно использовать болты OGT.148.80</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SW.050.320-P.UN \ Столбик универсальный (для крепления муфт с 3-х сторон)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.323.00</t>
     </r>
@@ -101,51 +101,51 @@
       <t xml:space="preserve">
 Примечание: Используется с муфтами для крепления труб д-32мм и д-38мм. В комплекте болты анкерные для крепления к полу - 4 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2090.00</t>
+      <t xml:space="preserve">2132.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SW.050.380-P.UN \ Столбик универсальный (для крепления муфт с 3-х сторон)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.383.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/серый</t>
@@ -166,242 +166,242 @@
       <t xml:space="preserve">
 Примечание: Используется с муфтами для крепления труб д-32мм и д-38мм. В комплекте болты анкерные для крепления к полу - 4 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2090.00</t>
+      <t xml:space="preserve">2132.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SW.050.320-P.UN \ Столбик универсальный 50/32 (для крепления муфт с 3-х сторон) (кругл. осн.)</t>
-[...23 lines deleted...]
-Примечание: Используется с муфтами для крепления труб д-32мм и д-38мм. В комплекте болты анкерные для крепления к полу - 4 шт.</t>
+      <t xml:space="preserve">SW.050.001.UN \ Муфта соединительная для трубы d-32мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: OGT.004.01.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: пластик</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Муфта укомплектована крепежом к столбику универсальному</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 4</t>
+Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2090.00</t>
+      <t xml:space="preserve">143.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SW.050.380-P.UN \ Столбик универсальный 50 (для крепления муфт с 3-х сторон) (кругл. осн.)</t>
-[...7 lines deleted...]
-Цвет: хром/серый</t>
+      <t xml:space="preserve">SW.050.320-P.UN \ Столбик универсальный 50/32 (для крепления муфт с 3-х сторон) (кругл. осн.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: OGT.323.RNG.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром/черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во муфт: без муфт</t>
     </r>
     <r>
       <t xml:space="preserve">
-Картинка анонса: 8241511</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Примечание: Используется с муфтами для крепления труб д-32мм и д-38мм. В комплекте болты анкерные для крепления к полу - 4 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2090.00</t>
+      <t xml:space="preserve">2132.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SW.050.001.UN \ Муфта соединительная для трубы d-32мм</t>
-[...15 lines deleted...]
-Примечание: Муфта укомплектована крепежом к столбику универсальному</t>
+      <t xml:space="preserve">SW.050.380-P.UN \ Столбик универсальный 50 (для крепления муфт с 3-х сторон) (кругл. осн.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: OGT.383.RNG.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром/серый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во муфт: без муфт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Картинка анонса: 8241511</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Используется с муфтами для крепления труб д-32мм и д-38мм. В комплекте болты анкерные для крепления к полу - 4 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 100</t>
+Кол-во в упаковке, шт.: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">140.00</t>
+      <t xml:space="preserve">2132.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SW.050.001.UN \ Муфта соединительная для трубы d-32мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.004.02.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
@@ -410,51 +410,51 @@
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Муфта укомплектована крепежом к столбику универсальному</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">140.00</t>
+      <t xml:space="preserve">143.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SW.050.002.UN \ Муфта соединительная для трубы d-38 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.019.00</t>
@@ -467,51 +467,51 @@
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Муфта укомплектована крепежом к столбику универсальному</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">160.00</t>
+      <t xml:space="preserve">163.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SW.050.100-1.NB \ Столбик без отверстий</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.101.00</t>
@@ -532,51 +532,51 @@
       <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.80 (4шт.), в комплект не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1890.00</t>
+      <t xml:space="preserve">1928.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SW.050.100-1.NB \ Столбик без муфт (кругл. осн.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.101.RNG.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
@@ -597,51 +597,51 @@
       <t xml:space="preserve">
 Примечание: Для крепления к полу используются болты OGT.148.80 (4шт.), в комплект не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1890.00</t>
+      <t xml:space="preserve">1928.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-4 \ Труба круглая</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.004C.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -662,51 +662,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">495.00</t>
+      <t xml:space="preserve">505.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-4 \ Труба (D=32х0,8мм, L=2000мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.004C.2000.CH.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -731,51 +731,51 @@
       <t xml:space="preserve">
 Картинка анонса: 8231896</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">464.00</t>
+      <t xml:space="preserve">473.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Js-4 (0,8) \ Труба (D=32мм, L=1500мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RJOKP.32.1500S.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -796,51 +796,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">412.00</t>
+      <t xml:space="preserve">420.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Js-4 (0,8) \ Труба (D=32мм, L=1000мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RJOKP.32.1000S.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -861,51 +861,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">285.00</t>
+      <t xml:space="preserve">291.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SW.038.2000 \ Труба (D-38х0,8мм, L-2000мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.272.2000.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -922,51 +922,51 @@
       <t xml:space="preserve">
 Толщина, мм: 0,8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1159.00</t>
+      <t xml:space="preserve">1182.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SW.038.3000 \ Труба (D-38х0,8мм, L-3000мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.272.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -983,51 +983,51 @@
       <t xml:space="preserve">
 Толщина, мм: 0,8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">949.00</t>
+      <t xml:space="preserve">968.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SW.038.1500 \ Труба (D-38х0,8мм, L-1500мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.272.1500.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1044,51 +1044,51 @@
       <t xml:space="preserve">
 Толщина, мм: 0,8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">883.00</t>
+      <t xml:space="preserve">901.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SW.038.1000 \ Труба (D-38х0,8мм, L-1000мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.272.1000.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1105,51 +1105,51 @@
       <t xml:space="preserve">
 Толщина, мм: 0,8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">610.00</t>
+      <t xml:space="preserve">622.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-15 c (D=32 мм) \  Консоль крепления к плоскости</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.015CT.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1170,51 +1170,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Vacuum</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">64.26</t>
+      <t xml:space="preserve">65.28</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P2703(4-8) \ Держатель панелей 4-8мм с силик. демпферами, к трубе d-32-50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.254.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1231,51 +1231,51 @@
       <t xml:space="preserve">
 Диаметр трубы, мм: 32-50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Держатель используется для фиксации панелей толщиной от 4 до 8мм. Фиксация панелей осуществляется за счет прижимных винтов и  силиконовых демпферов, не дающих панелям соскальзывать вниз. Держатель имеет в комплекте винт М5, для крепления к трубе. Держатель подходит для труб 32-50мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">340.00</t>
+      <t xml:space="preserve">347.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P 2703(10-16) \ Держатель панели 10-16мм к трубе d-32-50 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.255.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1292,51 +1292,51 @@
       <t xml:space="preserve">
 Диаметр трубы, мм: 32-50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Держатель используется для фиксации панелей ЛДСП/ МДФ толщиной 10-16мм. Фиксация осуществляется за счет прижимных винтов и самореза, не дающему панели соскальзывать вниз. Держатель имеет в комплекте винт М5, для крепления к трубе. Держатель подходит для труб 32-50мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">250.00</t>
+      <t xml:space="preserve">255.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Панель акриловая 5мм В1000xШ1014 мм (без отв.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.213.5.ACR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1353,51 +1353,51 @@
       <t xml:space="preserve">
 Толщина, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для столбиков высотой 998мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7430.00</t>
+      <t xml:space="preserve">7579.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Панель акриловая 5мм В1000xШ1014 мм (без отв.)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.212.5.ACR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1414,51 +1414,51 @@
       <t xml:space="preserve">
 Толщина, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для столбиков высотой 998мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4999.00</t>
+      <t xml:space="preserve">5099.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Панель акриловая 5мм В1500 x Ш1014 </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.217.5.ACR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1475,51 +1475,51 @@
       <t xml:space="preserve">
 Толщина, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для столбиков высотой 1498мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7430.00</t>
+      <t xml:space="preserve">7579.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Панель акриловая 5мм В1000 x Ш1514 </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.214.5.ACR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1536,51 +1536,51 @@
       <t xml:space="preserve">
 Толщина, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для столбиков высотой 998мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7430.00</t>
+      <t xml:space="preserve">7579.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Панель акриловая 5мм В1500 x Ш1514</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.219.5.ACR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1597,51 +1597,51 @@
       <t xml:space="preserve">
 Толщина, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для столбиков высотой 1498мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13990.00</t>
+      <t xml:space="preserve">14270.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Панель акриловая 5мм В1500 x Ш614 </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.215.5.ACR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1658,51 +1658,51 @@
       <t xml:space="preserve">
 Толщина, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для столбиков высотой 1498мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4910.00</t>
+      <t xml:space="preserve">5008.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Панель акриловая 5мм В2000 x Ш1514 </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.224.5.ACR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1719,51 +1719,51 @@
       <t xml:space="preserve">
 Толщина, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для столбиков высотой 1998мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14599.00</t>
+      <t xml:space="preserve">14891.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ME 1150 1-2 1-90 L \ Столбик для проезда тележек двухсторонний</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.149.1150L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1150</t>
@@ -1776,51 +1776,51 @@
       <t xml:space="preserve">
 Столбик: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во муфт: 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.80 (4шт.), в комплект не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2080.00</t>
+      <t xml:space="preserve">2122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ME 1150 1-2 1-90 R \ Столбик для проезда тележек двухсторонний</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.149.1150R</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1150</t>
@@ -1833,51 +1833,51 @@
       <t xml:space="preserve">
 Столбик: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во муфт: 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.80 (4шт.), в комплект не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2080.00</t>
+      <t xml:space="preserve">2122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ME 1150 1-2 2-90 \ Столбик для проезда тележек трехсторонний</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.149.1150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1150</t>
@@ -1886,51 +1886,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во муфт: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.80 (4шт.), в комплект не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2280.00</t>
+      <t xml:space="preserve">2326.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ME 400 1000 \ Перекладина для проезда тележек</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.111.1000-4.CH</t>
@@ -1947,51 +1947,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: флажки входят в комплект</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во флажков: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2940.00</t>
+      <t xml:space="preserve">2999.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ME 400 1500 \ Перекладина для проезда тележек</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.111.1500.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2004,51 +2004,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: флажки входят в комплект</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во флажков: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4400.00</t>
+      <t xml:space="preserve">4488.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ME 400 2000 \ Перекладина для проезда тележек</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.111.2000.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2061,96 +2061,96 @@
       <t xml:space="preserve">
 Диаметр, мм: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: флажки входят в комплект</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во флажков: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5880.00</t>
+      <t xml:space="preserve">5998.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OGT.003 \ Флажок для проезда тележек</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.003.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">725.00</t>
+      <t xml:space="preserve">740.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2191,51 +2191,51 @@
       <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.80 (4шт.), в комплект не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются с круглым или овальным декоративным колпаком. Уточняйте у менеджеров. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13900.00</t>
+      <t xml:space="preserve">14178.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SW.007.002 \ Механические ворота</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.128.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2264,51 +2264,51 @@
       <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.80 (4шт.), в комплект не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются с круглым или овальным декоративным колпаком. Уточняйте у менеджеров.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13900.00</t>
+      <t xml:space="preserve">14178.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SW.007.004 \ Механические ворота с функцией антипаника</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.147.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 800</t>
@@ -2337,51 +2337,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются с круглым или овальным декоративным колпаком. Уточняйте у менеджеров.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14300.00</t>
+      <t xml:space="preserve">14586.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SW.007.003 \ Механические ворота с функцией антипаника</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.146.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 800</t>
@@ -2410,51 +2410,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются с круглым или овальным декоративным колпаком. Уточняйте у менеджеров.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14300.00</t>
+      <t xml:space="preserve">14586.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MJ-8 \ Механические ворота с функцией антипаника (левые)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.134.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2532,51 +2532,51 @@
       <t xml:space="preserve">
 Артикул: OGT.148.80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36.00</t>
+      <t xml:space="preserve">36.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
@@ -2648,51 +2648,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02b77757_75d7_11e7_9ffe_0025902b3cc1_stoikaOGT320002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c85e1021_75d6_11e7_9ffe_0025902b3cc1_stoikaOGT320003.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae58f042_dd69_11ef_8ec3_0050569cf81d_OGT323RNG00_14.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/OGT.383.RNG.00_prew5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f10e8d75_51b8_11e7_abe3_0025902b3cc1_4DAD19D5_1507_41A4_B03D_00BC4EE4B9606.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a35e0250_b1c2_11e8_a710_0025902b3cc1_4DAD19D5_1507_41A4_B03D_00BC4EE4B9607.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e442f4d6_6070_11e5_a10e_0025902b3cc1_DSC01913_18.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a183_fdef_11df_b16f_003048d0c7fe_1DBA2E51_6086_470E_A0A1_C562F713D8E59.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765f59a5_dd69_11ef_8ec3_0050569cf81d_OGT101RNG00-_-110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7adb1_fdef_11df_b16f_003048d0c7fe_trk11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RJOKP.32.2000S.CH12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92d8c5d3_4eab_11e4_9ca4_0025902b3cc1_truba13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e272ce9d_c39a_11e3_a2c8_0025902b3cc1_truba14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8548feb_6bc3_11e7_9ffe_0025902b3cc1_truba15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0e7dd01_ab32_11e6_9f4a_0025902b3cc0_truba16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ce583b_6bc3_11e7_9ffe_0025902b3cc1_truba17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b488def_6bc3_11e7_9ffe_0025902b3cc1_truba18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00face82_84e3_11e8_ade2_0025902b3cc1_619.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a13db1e_f98c_11ef_8ec3_0050569cf81d_OGT254CH20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dd859e8_f98c_11ef_8ec3_0050569cf81d_OGT255CH_221.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a83482f_fff9_11ef_8ec3_0050569cf81d_OGT2135ACR22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/615af5e9_fff9_11ef_8ec3_0050569cf81d_OGT2125ACR23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d15bf750_ffe9_11ef_8ec3_0050569cf81d_OGT2175ACR24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2a4efde_ffe9_11ef_8ec3_0050569cf81d_OGT2145ACR25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec6a515a_ffe9_11ef_8ec3_0050569cf81d_OGT2195ACR26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083067a2_ffea_11ef_8ec3_0050569cf81d_OGT2155ACR27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422d6360_ffea_11ef_8ec3_0050569cf81d_OGT2245ACR28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fbee1fe_52c7_11e4_9ca4_0025902b3cc1_18CFDADC_3193_4926_A7A2_3391723A5FE429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/157f185e_52c7_11e4_9ca4_0025902b3cc1_95AAED6A_8690_450D_A6A2_ABC466A93D3430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8abf1de_52c6_11e4_9ca4_0025902b3cc1_37955441_2887_43DD_BBF0_DB204FEFF86731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b6bca6c_ec14_11e5_ba27_0025902b3cc0_D9FBF42B_30CF_4676_A878_1D3CE7D7E43D32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cabfac1_59c6_11e4_a300_0025902b3cc1_4A18F450_1393_46C1_995F_BDA11E5FC16F33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58f83679_59c6_11e4_a300_0025902b3cc1_AF62FD8B_9CBE_4663_A32B_BD943B4D4D3634.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9abdbcfa_d3b2_11e4_afdc_0025902b3cc1_B85CEF5D_4C90_43B9_84AF_77F9F59CDE1135.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62df4c_fdef_11df_b16f_003048d0c7fe_5DE31090_54C1_44D8_917C_15BCA72833AD36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62df4e_fdef_11df_b16f_003048d0c7fe_492B653B_B4F8_462B_9FE1_AD5080380CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb104bc_301e_11e3_baa0_0025902b3cc1_F9651330_A4BE_45C2_8C92_5D4D85D1691138.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df5a13ce_301d_11e3_baa0_0025902b3cc1_EF58218C_7FB1_41A6_9A55_241B30E6D82C39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18af3687_5b43_11e0_afc8_003048f27c5f_F1EED4B3_1687_44CF_B02D_B3072704503E40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7987379_7085_11e8_ade2_0025902b3cc1_B85BF844_B367_4BA4_9B8A_A56CB15DB9B941.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02b77757_75d7_11e7_9ffe_0025902b3cc1_stoikaOGT320002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c85e1021_75d6_11e7_9ffe_0025902b3cc1_stoikaOGT320003.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f10e8d75_51b8_11e7_abe3_0025902b3cc1_4DAD19D5_1507_41A4_B03D_00BC4EE4B9604.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae58f042_dd69_11ef_8ec3_0050569cf81d_OGT323RNG00_15.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/OGT.383.RNG.00_prew6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a35e0250_b1c2_11e8_a710_0025902b3cc1_4DAD19D5_1507_41A4_B03D_00BC4EE4B9607.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e442f4d6_6070_11e5_a10e_0025902b3cc1_DSC01913_18.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a183_fdef_11df_b16f_003048d0c7fe_1DBA2E51_6086_470E_A0A1_C562F713D8E59.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765f59a5_dd69_11ef_8ec3_0050569cf81d_OGT101RNG00-_-110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7adb1_fdef_11df_b16f_003048d0c7fe_trk11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RJOKP.32.2000S.CH12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92d8c5d3_4eab_11e4_9ca4_0025902b3cc1_truba13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e272ce9d_c39a_11e3_a2c8_0025902b3cc1_truba14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8548feb_6bc3_11e7_9ffe_0025902b3cc1_truba15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0e7dd01_ab32_11e6_9f4a_0025902b3cc0_truba16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ce583b_6bc3_11e7_9ffe_0025902b3cc1_truba17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b488def_6bc3_11e7_9ffe_0025902b3cc1_truba18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00face82_84e3_11e8_ade2_0025902b3cc1_619.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a13db1e_f98c_11ef_8ec3_0050569cf81d_OGT254CH20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dd859e8_f98c_11ef_8ec3_0050569cf81d_OGT255CH_221.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a83482f_fff9_11ef_8ec3_0050569cf81d_OGT2135ACR22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/615af5e9_fff9_11ef_8ec3_0050569cf81d_OGT2125ACR23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d15bf750_ffe9_11ef_8ec3_0050569cf81d_OGT2175ACR24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2a4efde_ffe9_11ef_8ec3_0050569cf81d_OGT2145ACR25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec6a515a_ffe9_11ef_8ec3_0050569cf81d_OGT2195ACR26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083067a2_ffea_11ef_8ec3_0050569cf81d_OGT2155ACR27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422d6360_ffea_11ef_8ec3_0050569cf81d_OGT2245ACR28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fbee1fe_52c7_11e4_9ca4_0025902b3cc1_18CFDADC_3193_4926_A7A2_3391723A5FE429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/157f185e_52c7_11e4_9ca4_0025902b3cc1_95AAED6A_8690_450D_A6A2_ABC466A93D3430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8abf1de_52c6_11e4_9ca4_0025902b3cc1_37955441_2887_43DD_BBF0_DB204FEFF86731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b6bca6c_ec14_11e5_ba27_0025902b3cc0_D9FBF42B_30CF_4676_A878_1D3CE7D7E43D32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cabfac1_59c6_11e4_a300_0025902b3cc1_4A18F450_1393_46C1_995F_BDA11E5FC16F33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58f83679_59c6_11e4_a300_0025902b3cc1_AF62FD8B_9CBE_4663_A32B_BD943B4D4D3634.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9abdbcfa_d3b2_11e4_afdc_0025902b3cc1_B85CEF5D_4C90_43B9_84AF_77F9F59CDE1135.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62df4c_fdef_11df_b16f_003048d0c7fe_5DE31090_54C1_44D8_917C_15BCA72833AD36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62df4e_fdef_11df_b16f_003048d0c7fe_492B653B_B4F8_462B_9FE1_AD5080380CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb104bc_301e_11e3_baa0_0025902b3cc1_F9651330_A4BE_45C2_8C92_5D4D85D1691138.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df5a13ce_301d_11e3_baa0_0025902b3cc1_EF58218C_7FB1_41A6_9A55_241B30E6D82C39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18af3687_5b43_11e0_afc8_003048f27c5f_F1EED4B3_1687_44CF_B02D_B3072704503E40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7987379_7085_11e8_ade2_0025902b3cc1_B85BF844_B367_4BA4_9B8A_A56CB15DB9B941.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4222,51 +4222,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">03.10.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -4310,51 +4310,51 @@
             <t xml:space="preserve">
 Примечание: Используется с муфтами для крепления труб д-32мм и д-38мм. В комплекте болты анкерные для крепления к полу - 4 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2090.00</t>
+            <t xml:space="preserve">2132.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SW.050.380-P.UN \ Столбик универсальный (для крепления муфт с 3-х сторон)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.383.00</t>
           </r>
@@ -4378,255 +4378,255 @@
             <t xml:space="preserve">
 Примечание: Используется с муфтами для крепления труб д-32мм и д-38мм. В комплекте болты анкерные для крепления к полу - 4 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2090.00</t>
+            <t xml:space="preserve">2132.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SW.050.320-P.UN \ Столбик универсальный 50/32 (для крепления муфт с 3-х сторон) (кругл. осн.)</t>
-[...23 lines deleted...]
-Примечание: Используется с муфтами для крепления труб д-32мм и д-38мм. В комплекте болты анкерные для крепления к полу - 4 шт.</t>
+            <t xml:space="preserve">SW.050.001.UN \ Муфта соединительная для трубы d-32мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: OGT.004.01.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: пластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Муфта укомплектована крепежом к столбику универсальному</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 4</t>
+Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2090.00</t>
+            <t xml:space="preserve">143.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SW.050.380-P.UN \ Столбик универсальный 50 (для крепления муфт с 3-х сторон) (кругл. осн.)</t>
-[...7 lines deleted...]
-Цвет: хром/серый</t>
+            <t xml:space="preserve">SW.050.320-P.UN \ Столбик универсальный 50/32 (для крепления муфт с 3-х сторон) (кругл. осн.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: OGT.323.RNG.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром/черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во муфт: без муфт</t>
           </r>
           <r>
             <t xml:space="preserve">
-Картинка анонса: 8241511</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Примечание: Используется с муфтами для крепления труб д-32мм и д-38мм. В комплекте болты анкерные для крепления к полу - 4 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2090.00</t>
+            <t xml:space="preserve">2132.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SW.050.001.UN \ Муфта соединительная для трубы d-32мм</t>
-[...15 lines deleted...]
-Примечание: Муфта укомплектована крепежом к столбику универсальному</t>
+            <t xml:space="preserve">SW.050.380-P.UN \ Столбик универсальный 50 (для крепления муфт с 3-х сторон) (кругл. осн.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: OGT.383.RNG.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром/серый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во муфт: без муфт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Картинка анонса: 8241511</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Используется с муфтами для крепления труб д-32мм и д-38мм. В комплекте болты анкерные для крепления к полу - 4 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 100</t>
+Кол-во в упаковке, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">140.00</t>
+            <t xml:space="preserve">2132.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SW.050.001.UN \ Муфта соединительная для трубы d-32мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.004.02.GR</t>
           </r>
@@ -4638,51 +4638,51 @@
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Муфта укомплектована крепежом к столбику универсальному</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">140.00</t>
+            <t xml:space="preserve">143.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -4700,51 +4700,51 @@
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Муфта укомплектована крепежом к столбику универсальному</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">160.00</t>
+            <t xml:space="preserve">163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SW.050.100-1.NB \ Столбик без отверстий</t>
           </r>
@@ -4768,51 +4768,51 @@
             <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.80 (4шт.), в комплект не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром/черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1890.00</t>
+            <t xml:space="preserve">1928.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SW.050.100-1.NB \ Столбик без муфт (кругл. осн.)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4838,51 +4838,51 @@
             <t xml:space="preserve">
 Примечание: Для крепления к полу используются болты OGT.148.80 (4шт.), в комплект не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1890.00</t>
+            <t xml:space="preserve">1928.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-4 \ Труба круглая</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.004C.CH</t>
           </r>
@@ -4906,51 +4906,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна резка, стоимость реза 35 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">495.00</t>
+            <t xml:space="preserve">505.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-4 \ Труба (D=32х0,8мм, L=2000мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4980,51 +4980,51 @@
             <t xml:space="preserve">
 Картинка анонса: 8231896</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">464.00</t>
+            <t xml:space="preserve">473.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Js-4 (0,8) \ Труба (D=32мм, L=1500мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RJOKP.32.1500S.CH</t>
           </r>
@@ -5048,51 +5048,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">412.00</t>
+            <t xml:space="preserve">420.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Js-4 (0,8) \ Труба (D=32мм, L=1000мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5118,51 +5118,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">285.00</t>
+            <t xml:space="preserve">291.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SW.038.2000 \ Труба (D-38х0,8мм, L-2000мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.272.2000.CH</t>
           </r>
@@ -5182,51 +5182,51 @@
             <t xml:space="preserve">
 Толщина, мм: 0,8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1159.00</t>
+            <t xml:space="preserve">1182.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SW.038.3000 \ Труба (D-38х0,8мм, L-3000мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5248,51 +5248,51 @@
             <t xml:space="preserve">
 Толщина, мм: 0,8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">949.00</t>
+            <t xml:space="preserve">968.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SW.038.1500 \ Труба (D-38х0,8мм, L-1500мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.272.1500.CH</t>
           </r>
@@ -5312,51 +5312,51 @@
             <t xml:space="preserve">
 Толщина, мм: 0,8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">883.00</t>
+            <t xml:space="preserve">901.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SW.038.1000 \ Труба (D-38х0,8мм, L-1000мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5378,51 +5378,51 @@
             <t xml:space="preserve">
 Толщина, мм: 0,8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">610.00</t>
+            <t xml:space="preserve">622.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-15 c (D=32 мм) \  Консоль крепления к плоскости</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.015CT.CH</t>
           </r>
@@ -5446,51 +5446,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Vacuum</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">64.26</t>
+            <t xml:space="preserve">65.28</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P2703(4-8) \ Держатель панелей 4-8мм с силик. демпферами, к трубе d-32-50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5512,51 +5512,51 @@
             <t xml:space="preserve">
 Диаметр трубы, мм: 32-50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Держатель используется для фиксации панелей толщиной от 4 до 8мм. Фиксация панелей осуществляется за счет прижимных винтов и  силиконовых демпферов, не дающих панелям соскальзывать вниз. Держатель имеет в комплекте винт М5, для крепления к трубе. Держатель подходит для труб 32-50мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">340.00</t>
+            <t xml:space="preserve">347.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P 2703(10-16) \ Держатель панели 10-16мм к трубе d-32-50 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.255.CH</t>
           </r>
@@ -5576,51 +5576,51 @@
             <t xml:space="preserve">
 Диаметр трубы, мм: 32-50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Держатель используется для фиксации панелей ЛДСП/ МДФ толщиной 10-16мм. Фиксация осуществляется за счет прижимных винтов и самореза, не дающему панели соскальзывать вниз. Держатель имеет в комплекте винт М5, для крепления к трубе. Держатель подходит для труб 32-50мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">250.00</t>
+            <t xml:space="preserve">255.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Панель акриловая 5мм В1000xШ1014 мм (без отв.)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5642,51 +5642,51 @@
             <t xml:space="preserve">
 Толщина, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для столбиков высотой 998мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7430.00</t>
+            <t xml:space="preserve">7579.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Панель акриловая 5мм В1000xШ1014 мм (без отв.)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.212.5.ACR</t>
           </r>
@@ -5706,51 +5706,51 @@
             <t xml:space="preserve">
 Толщина, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для столбиков высотой 998мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4999.00</t>
+            <t xml:space="preserve">5099.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Панель акриловая 5мм В1500 x Ш1014 </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5772,51 +5772,51 @@
             <t xml:space="preserve">
 Толщина, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для столбиков высотой 1498мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7430.00</t>
+            <t xml:space="preserve">7579.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Панель акриловая 5мм В1000 x Ш1514 </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.214.5.ACR</t>
           </r>
@@ -5836,51 +5836,51 @@
             <t xml:space="preserve">
 Толщина, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для столбиков высотой 998мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7430.00</t>
+            <t xml:space="preserve">7579.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Панель акриловая 5мм В1500 x Ш1514</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5902,51 +5902,51 @@
             <t xml:space="preserve">
 Толщина, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для столбиков высотой 1498мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13990.00</t>
+            <t xml:space="preserve">14270.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Панель акриловая 5мм В1500 x Ш614 </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.215.5.ACR</t>
           </r>
@@ -5966,51 +5966,51 @@
             <t xml:space="preserve">
 Толщина, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для столбиков высотой 1498мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4910.00</t>
+            <t xml:space="preserve">5008.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Панель акриловая 5мм В2000 x Ш1514 </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6032,51 +6032,51 @@
             <t xml:space="preserve">
 Толщина, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для столбиков высотой 1998мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14599.00</t>
+            <t xml:space="preserve">14891.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ME 1150 1-2 1-90 L \ Столбик для проезда тележек двухсторонний</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.149.1150L</t>
           </r>
@@ -6092,51 +6092,51 @@
             <t xml:space="preserve">
 Столбик: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во муфт: 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.80 (4шт.), в комплект не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2080.00</t>
+            <t xml:space="preserve">2122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ME 1150 1-2 1-90 R \ Столбик для проезда тележек двухсторонний</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6154,51 +6154,51 @@
             <t xml:space="preserve">
 Столбик: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во муфт: 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.80 (4шт.), в комплект не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2080.00</t>
+            <t xml:space="preserve">2122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ME 1150 1-2 2-90 \ Столбик для проезда тележек трехсторонний</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.149.1150</t>
           </r>
@@ -6210,51 +6210,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во муфт: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.80 (4шт.), в комплект не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2280.00</t>
+            <t xml:space="preserve">2326.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -6276,51 +6276,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: флажки входят в комплект</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во флажков: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2940.00</t>
+            <t xml:space="preserve">2999.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ME 400 1500 \ Перекладина для проезда тележек</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.111.1500.CH</t>
           </r>
@@ -6336,51 +6336,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: флажки входят в комплект</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во флажков: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4400.00</t>
+            <t xml:space="preserve">4488.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ME 400 2000 \ Перекладина для проезда тележек</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6398,99 +6398,99 @@
             <t xml:space="preserve">
 Диаметр, мм: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: флажки входят в комплект</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во флажков: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5880.00</t>
+            <t xml:space="preserve">5998.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OGT.003 \ Флажок для проезда тележек</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.003.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">725.00</t>
+            <t xml:space="preserve">740.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -6536,51 +6536,51 @@
             <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.80 (4шт.), в комплект не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются с круглым или овальным декоративным колпаком. Уточняйте у менеджеров. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13900.00</t>
+            <t xml:space="preserve">14178.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SW.007.002 \ Механические ворота</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.128.CH</t>
           </r>
@@ -6612,51 +6612,51 @@
             <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.80 (4шт.), в комплект не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются с круглым или овальным декоративным колпаком. Уточняйте у менеджеров.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13900.00</t>
+            <t xml:space="preserve">14178.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SW.007.004 \ Механические ворота с функцией антипаника</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6690,51 +6690,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются с круглым или овальным декоративным колпаком. Уточняйте у менеджеров.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14300.00</t>
+            <t xml:space="preserve">14586.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SW.007.003 \ Механические ворота с функцией антипаника</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.146.CH</t>
           </r>
@@ -6766,51 +6766,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются с круглым или овальным декоративным колпаком. Уточняйте у менеджеров.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14300.00</t>
+            <t xml:space="preserve">14586.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MJ-8 \ Механические ворота с функцией антипаника (левые)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6896,51 +6896,51 @@
             <t xml:space="preserve">
 Артикул: OGT.148.80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36.00</t>
+            <t xml:space="preserve">36.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>