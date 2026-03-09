--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13.01.2026</t>
+      <t xml:space="preserve">16.02.2026</t>
     </r>
   </si>
   <si>
     <t>Системы ограждений</t>
   </si>
   <si>
     <t>Внимание! Некоторые изделия из данной серии имеют наценку 5% при покупке менее 1 коробки! Все такие изделия отмечены *. Для крепления систем ограждений к полу необходим крепеж. Его тип и размеры зависят от поверхности, к которой будет крепиться изделие. Ряд изделий укомплектованы стандартными крепежами (указано в примечании к изделию). Для крепления других изделий к твердому напольному покрытию можно использовать болты OGT.148.80</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SW.050.320-P.UN \ Столбик универсальный (для крепления муфт с 3-х сторон)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.323.00</t>
     </r>
@@ -183,197 +183,197 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2132.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SW.050.001.UN \ Муфта соединительная для трубы d-32мм</t>
-[...15 lines deleted...]
-Примечание: Муфта укомплектована крепежом к столбику универсальному</t>
+      <t xml:space="preserve">SW.050.380-P.UN \ Столбик универсальный 50 (для крепления муфт с 3-х сторон) (кругл. осн.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: OGT.383.RNG.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром/серый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во муфт: без муфт</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Картинка анонса: 8241511</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Используется с муфтами для крепления труб д-32мм и д-38мм. В комплекте болты анкерные для крепления к полу - 4 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 100</t>
+Кол-во в упаковке, шт.: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">143.00</t>
+      <t xml:space="preserve">2132.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SW.050.320-P.UN \ Столбик универсальный 50/32 (для крепления муфт с 3-х сторон) (кругл. осн.)</t>
-[...23 lines deleted...]
-Примечание: Используется с муфтами для крепления труб д-32мм и д-38мм. В комплекте болты анкерные для крепления к полу - 4 шт.</t>
+      <t xml:space="preserve">SW.050.001.UN \ Муфта соединительная для трубы d-32мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: OGT.004.01.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: пластик</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Муфта укомплектована крепежом к столбику универсальному</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 4</t>
+Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2132.00</t>
+      <t xml:space="preserve">143.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SW.050.380-P.UN \ Столбик универсальный 50 (для крепления муфт с 3-х сторон) (кругл. осн.)</t>
-[...7 lines deleted...]
-Цвет: хром/серый</t>
+      <t xml:space="preserve">SW.050.320-P.UN \ Столбик универсальный 50/32 (для крепления муфт с 3-х сторон) (кругл. осн.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: OGT.323.RNG.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром/черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во муфт: без муфт</t>
-    </r>
-[...2 lines deleted...]
-Картинка анонса: 8241511</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Используется с муфтами для крепления труб д-32мм и д-38мм. В комплекте болты анкерные для крепления к полу - 4 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
@@ -878,156 +878,156 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">291.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SW.038.2000 \ Труба (D-38х0,8мм, L-2000мм)</t>
-[...3 lines deleted...]
-Артикул: OGT.272.2000.CH</t>
+      <t xml:space="preserve">SW.038.3000 \ Труба (D-38х0,8мм, L-3000мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: OGT.272.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 2000</t>
+Длина, мм: 3000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 38</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 0,8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Собственное производство: Нет</t>
+Кол-во в упаковке, шт.: 5*</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1182.00</t>
+      <t xml:space="preserve">968.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SW.038.3000 \ Труба (D-38х0,8мм, L-3000мм)</t>
-[...3 lines deleted...]
-Артикул: OGT.272.CH</t>
+      <t xml:space="preserve">SW.038.2000 \ Труба (D-38х0,8мм, L-2000мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: OGT.272.2000.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 3000</t>
+Длина, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 38</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 0,8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 5*</t>
+Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">968.00</t>
+      <t xml:space="preserve">1182.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SW.038.1500 \ Труба (D-38х0,8мм, L-1500мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.272.1500.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2191,51 +2191,51 @@
       <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.80 (4шт.), в комплект не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются с круглым или овальным декоративным колпаком. Уточняйте у менеджеров. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14178.00</t>
+      <t xml:space="preserve">14990.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SW.007.002 \ Механические ворота</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.128.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2264,51 +2264,51 @@
       <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.80 (4шт.), в комплект не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются с круглым или овальным декоративным колпаком. Уточняйте у менеджеров.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14178.00</t>
+      <t xml:space="preserve">14990.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SW.007.004 \ Механические ворота с функцией антипаника</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.147.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 800</t>
@@ -2337,51 +2337,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются с круглым или овальным декоративным колпаком. Уточняйте у менеджеров.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14586.00</t>
+      <t xml:space="preserve">15109.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SW.007.003 \ Механические ворота с функцией антипаника</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.146.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 800</t>
@@ -2410,51 +2410,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются с круглым или овальным декоративным колпаком. Уточняйте у менеджеров.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14586.00</t>
+      <t xml:space="preserve">15109.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MJ-8 \ Механические ворота с функцией антипаника (левые)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.134.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2467,119 +2467,115 @@
       <t xml:space="preserve">
 Высота, мм: 1080</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 48/80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ворота: левые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Болты крепления к полу входят в комплект</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 03.10.2025 09:42:53</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 16686 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">12499.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Болт для крепления систем ограждений к полу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OGT.148.80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">36.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
@@ -2648,51 +2644,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02b77757_75d7_11e7_9ffe_0025902b3cc1_stoikaOGT320002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c85e1021_75d6_11e7_9ffe_0025902b3cc1_stoikaOGT320003.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f10e8d75_51b8_11e7_abe3_0025902b3cc1_4DAD19D5_1507_41A4_B03D_00BC4EE4B9604.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae58f042_dd69_11ef_8ec3_0050569cf81d_OGT323RNG00_15.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/OGT.383.RNG.00_prew6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a35e0250_b1c2_11e8_a710_0025902b3cc1_4DAD19D5_1507_41A4_B03D_00BC4EE4B9607.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e442f4d6_6070_11e5_a10e_0025902b3cc1_DSC01913_18.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a183_fdef_11df_b16f_003048d0c7fe_1DBA2E51_6086_470E_A0A1_C562F713D8E59.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765f59a5_dd69_11ef_8ec3_0050569cf81d_OGT101RNG00-_-110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7adb1_fdef_11df_b16f_003048d0c7fe_trk11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RJOKP.32.2000S.CH12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92d8c5d3_4eab_11e4_9ca4_0025902b3cc1_truba13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e272ce9d_c39a_11e3_a2c8_0025902b3cc1_truba14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8548feb_6bc3_11e7_9ffe_0025902b3cc1_truba15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0e7dd01_ab32_11e6_9f4a_0025902b3cc0_truba16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ce583b_6bc3_11e7_9ffe_0025902b3cc1_truba17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b488def_6bc3_11e7_9ffe_0025902b3cc1_truba18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00face82_84e3_11e8_ade2_0025902b3cc1_619.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a13db1e_f98c_11ef_8ec3_0050569cf81d_OGT254CH20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dd859e8_f98c_11ef_8ec3_0050569cf81d_OGT255CH_221.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a83482f_fff9_11ef_8ec3_0050569cf81d_OGT2135ACR22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/615af5e9_fff9_11ef_8ec3_0050569cf81d_OGT2125ACR23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d15bf750_ffe9_11ef_8ec3_0050569cf81d_OGT2175ACR24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2a4efde_ffe9_11ef_8ec3_0050569cf81d_OGT2145ACR25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec6a515a_ffe9_11ef_8ec3_0050569cf81d_OGT2195ACR26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083067a2_ffea_11ef_8ec3_0050569cf81d_OGT2155ACR27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422d6360_ffea_11ef_8ec3_0050569cf81d_OGT2245ACR28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fbee1fe_52c7_11e4_9ca4_0025902b3cc1_18CFDADC_3193_4926_A7A2_3391723A5FE429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/157f185e_52c7_11e4_9ca4_0025902b3cc1_95AAED6A_8690_450D_A6A2_ABC466A93D3430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8abf1de_52c6_11e4_9ca4_0025902b3cc1_37955441_2887_43DD_BBF0_DB204FEFF86731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b6bca6c_ec14_11e5_ba27_0025902b3cc0_D9FBF42B_30CF_4676_A878_1D3CE7D7E43D32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cabfac1_59c6_11e4_a300_0025902b3cc1_4A18F450_1393_46C1_995F_BDA11E5FC16F33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58f83679_59c6_11e4_a300_0025902b3cc1_AF62FD8B_9CBE_4663_A32B_BD943B4D4D3634.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9abdbcfa_d3b2_11e4_afdc_0025902b3cc1_B85CEF5D_4C90_43B9_84AF_77F9F59CDE1135.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62df4c_fdef_11df_b16f_003048d0c7fe_5DE31090_54C1_44D8_917C_15BCA72833AD36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62df4e_fdef_11df_b16f_003048d0c7fe_492B653B_B4F8_462B_9FE1_AD5080380CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb104bc_301e_11e3_baa0_0025902b3cc1_F9651330_A4BE_45C2_8C92_5D4D85D1691138.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df5a13ce_301d_11e3_baa0_0025902b3cc1_EF58218C_7FB1_41A6_9A55_241B30E6D82C39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18af3687_5b43_11e0_afc8_003048f27c5f_F1EED4B3_1687_44CF_B02D_B3072704503E40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7987379_7085_11e8_ade2_0025902b3cc1_B85BF844_B367_4BA4_9B8A_A56CB15DB9B941.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02b77757_75d7_11e7_9ffe_0025902b3cc1_stoikaOGT320002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c85e1021_75d6_11e7_9ffe_0025902b3cc1_stoikaOGT320003.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/OGT.383.RNG.00_prew4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f10e8d75_51b8_11e7_abe3_0025902b3cc1_4DAD19D5_1507_41A4_B03D_00BC4EE4B9605.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae58f042_dd69_11ef_8ec3_0050569cf81d_OGT323RNG00_16.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a35e0250_b1c2_11e8_a710_0025902b3cc1_4DAD19D5_1507_41A4_B03D_00BC4EE4B9607.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e442f4d6_6070_11e5_a10e_0025902b3cc1_DSC01913_18.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a183_fdef_11df_b16f_003048d0c7fe_1DBA2E51_6086_470E_A0A1_C562F713D8E59.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/765f59a5_dd69_11ef_8ec3_0050569cf81d_OGT101RNG00-_-110.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7adb1_fdef_11df_b16f_003048d0c7fe_trk11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/RJOKP.32.2000S.CH12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92d8c5d3_4eab_11e4_9ca4_0025902b3cc1_truba13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e272ce9d_c39a_11e3_a2c8_0025902b3cc1_truba14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0e7dd01_ab32_11e6_9f4a_0025902b3cc0_truba15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8548feb_6bc3_11e7_9ffe_0025902b3cc1_truba16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ce583b_6bc3_11e7_9ffe_0025902b3cc1_truba17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b488def_6bc3_11e7_9ffe_0025902b3cc1_truba18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00face82_84e3_11e8_ade2_0025902b3cc1_619.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a13db1e_f98c_11ef_8ec3_0050569cf81d_OGT254CH20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dd859e8_f98c_11ef_8ec3_0050569cf81d_OGT255CH_221.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a83482f_fff9_11ef_8ec3_0050569cf81d_OGT2135ACR22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/615af5e9_fff9_11ef_8ec3_0050569cf81d_OGT2125ACR23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d15bf750_ffe9_11ef_8ec3_0050569cf81d_OGT2175ACR24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2a4efde_ffe9_11ef_8ec3_0050569cf81d_OGT2145ACR25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec6a515a_ffe9_11ef_8ec3_0050569cf81d_OGT2195ACR26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083067a2_ffea_11ef_8ec3_0050569cf81d_OGT2155ACR27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422d6360_ffea_11ef_8ec3_0050569cf81d_OGT2245ACR28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fbee1fe_52c7_11e4_9ca4_0025902b3cc1_18CFDADC_3193_4926_A7A2_3391723A5FE429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/157f185e_52c7_11e4_9ca4_0025902b3cc1_95AAED6A_8690_450D_A6A2_ABC466A93D3430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8abf1de_52c6_11e4_9ca4_0025902b3cc1_37955441_2887_43DD_BBF0_DB204FEFF86731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b6bca6c_ec14_11e5_ba27_0025902b3cc0_D9FBF42B_30CF_4676_A878_1D3CE7D7E43D32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cabfac1_59c6_11e4_a300_0025902b3cc1_4A18F450_1393_46C1_995F_BDA11E5FC16F33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58f83679_59c6_11e4_a300_0025902b3cc1_AF62FD8B_9CBE_4663_A32B_BD943B4D4D3634.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9abdbcfa_d3b2_11e4_afdc_0025902b3cc1_B85CEF5D_4C90_43B9_84AF_77F9F59CDE1135.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62df4c_fdef_11df_b16f_003048d0c7fe_5DE31090_54C1_44D8_917C_15BCA72833AD36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c62df4e_fdef_11df_b16f_003048d0c7fe_492B653B_B4F8_462B_9FE1_AD5080380CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb104bc_301e_11e3_baa0_0025902b3cc1_F9651330_A4BE_45C2_8C92_5D4D85D1691138.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df5a13ce_301d_11e3_baa0_0025902b3cc1_EF58218C_7FB1_41A6_9A55_241B30E6D82C39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18af3687_5b43_11e0_afc8_003048f27c5f_F1EED4B3_1687_44CF_B02D_B3072704503E40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7987379_7085_11e8_ade2_0025902b3cc1_B85BF844_B367_4BA4_9B8A_A56CB15DB9B941.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4222,51 +4218,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13.01.2026</t>
+            <t xml:space="preserve">16.02.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -4400,205 +4396,205 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2132.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SW.050.001.UN \ Муфта соединительная для трубы d-32мм</t>
-[...15 lines deleted...]
-Примечание: Муфта укомплектована крепежом к столбику универсальному</t>
+            <t xml:space="preserve">SW.050.380-P.UN \ Столбик универсальный 50 (для крепления муфт с 3-х сторон) (кругл. осн.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: OGT.383.RNG.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром/серый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во муфт: без муфт</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Картинка анонса: 8241511</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Используется с муфтами для крепления труб д-32мм и д-38мм. В комплекте болты анкерные для крепления к полу - 4 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 100</t>
+Кол-во в упаковке, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">143.00</t>
+            <t xml:space="preserve">2132.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SW.050.320-P.UN \ Столбик универсальный 50/32 (для крепления муфт с 3-х сторон) (кругл. осн.)</t>
-[...23 lines deleted...]
-Примечание: Используется с муфтами для крепления труб д-32мм и д-38мм. В комплекте болты анкерные для крепления к полу - 4 шт.</t>
+            <t xml:space="preserve">SW.050.001.UN \ Муфта соединительная для трубы d-32мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: OGT.004.01.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: пластик</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Муфта укомплектована крепежом к столбику универсальному</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 4</t>
+Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2132.00</t>
+            <t xml:space="preserve">143.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SW.050.380-P.UN \ Столбик универсальный 50 (для крепления муфт с 3-х сторон) (кругл. осн.)</t>
-[...7 lines deleted...]
-Цвет: хром/серый</t>
+            <t xml:space="preserve">SW.050.320-P.UN \ Столбик универсальный 50/32 (для крепления муфт с 3-х сторон) (кругл. осн.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: OGT.323.RNG.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром/черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во муфт: без муфт</t>
-          </r>
-[...2 lines deleted...]
-Картинка анонса: 8241511</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Используется с муфтами для крепления труб д-32мм и д-38мм. В комплекте болты анкерные для крепления к полу - 4 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
@@ -5138,161 +5134,161 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">291.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SW.038.2000 \ Труба (D-38х0,8мм, L-2000мм)</t>
-[...3 lines deleted...]
-Артикул: OGT.272.2000.CH</t>
+            <t xml:space="preserve">SW.038.3000 \ Труба (D-38х0,8мм, L-3000мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: OGT.272.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 2000</t>
+Длина, мм: 3000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 38</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 0,8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Собственное производство: Нет</t>
+Кол-во в упаковке, шт.: 5*</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1182.00</t>
+            <t xml:space="preserve">968.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SW.038.3000 \ Труба (D-38х0,8мм, L-3000мм)</t>
-[...3 lines deleted...]
-Артикул: OGT.272.CH</t>
+            <t xml:space="preserve">SW.038.2000 \ Труба (D-38х0,8мм, L-2000мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: OGT.272.2000.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 3000</t>
+Длина, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 38</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 0,8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 5*</t>
+Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">968.00</t>
+            <t xml:space="preserve">1182.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SW.038.1500 \ Труба (D-38х0,8мм, L-1500мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.272.1500.CH</t>
           </r>
@@ -6536,51 +6532,51 @@
             <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.80 (4шт.), в комплект не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются с круглым или овальным декоративным колпаком. Уточняйте у менеджеров. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14178.00</t>
+            <t xml:space="preserve">14990.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SW.007.002 \ Механические ворота</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.128.CH</t>
           </r>
@@ -6612,51 +6608,51 @@
             <t xml:space="preserve">
 Примечание: для крепления к полу используются болты OGT.148.80 (4шт.), в комплект не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются с круглым или овальным декоративным колпаком. Уточняйте у менеджеров.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14178.00</t>
+            <t xml:space="preserve">14990.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SW.007.004 \ Механические ворота с функцией антипаника</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6690,51 +6686,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются с круглым или овальным декоративным колпаком. Уточняйте у менеджеров.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14586.00</t>
+            <t xml:space="preserve">15109.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SW.007.003 \ Механические ворота с функцией антипаника</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.146.CH</t>
           </r>
@@ -6766,51 +6762,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются с круглым или овальным декоративным колпаком. Уточняйте у менеджеров.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14586.00</t>
+            <t xml:space="preserve">15109.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MJ-8 \ Механические ворота с функцией антипаника (левые)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6828,122 +6824,118 @@
             <t xml:space="preserve">
 Высота, мм: 1080</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 48/80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ворота: левые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Болты крепления к полу входят в комплект</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 03.10.2025 09:42:53</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 16686 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12499.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Болт для крепления систем ограждений к полу</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OGT.148.80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">36.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>