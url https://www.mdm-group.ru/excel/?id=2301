--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">06.03.2022</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Табурет стремянка круглая на колесах (роликах)</t>
   </si>
   <si>
     <t>Табурет стремянка круглая на колесах (подпружиненных роликах), под нагрузкой опирается на резиновые опоры. Опыт показывает, что опасно вставать на табурет, особенно на вращающийся, чтобы достать до высоко расположенных полок. Используя табурет стремянку круглую на колесах, вы дотянитесь до верхних полок безопасно и удобно!
 СВОБОДНЫЕ РУКИ - одним движением можно переместить табурет стремянку туда, где она необходима.
 УДОБНО – благодаря колесам (роликам), легко скользит по любой ровной поверхности.
 БЕЗОПАСНО - под воздействием веса человека подпружиненные ролики утапливаются, резиновое покрытие по нижнему контуру прижимает круглую стремянку к полу, делает ее неподвижной, и предотвращает скольжение.
 ПРИМЕНЯЕТСЯ В:
 Магазинах
 Офисах
 Небольших складах
 Библиотеках
 Архивных помещениях
 Аптеках
 Бытовом использовании</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
@@ -108,51 +108,51 @@
       <t xml:space="preserve">
 Нагрузка, кг: до 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Стул передвижной на подпружиненных роликах. При нагрузке опирается на резиновые опоры, что делает его устойчивым.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр верха, мм: 280</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3049.00</t>
+      <t xml:space="preserve">3110.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -616,51 +616,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">06.03.2022</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -700,51 +700,51 @@
             <t xml:space="preserve">
 Нагрузка, кг: до 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Стул передвижной на подпружиненных роликах. При нагрузке опирается на резиновые опоры, что делает его устойчивым.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр верха, мм: 280</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3049.00</t>
+            <t xml:space="preserve">3110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>