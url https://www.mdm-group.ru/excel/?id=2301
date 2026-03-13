--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -40,62 +40,63 @@
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Табурет стремянка круглая на колесах (роликах)</t>
   </si>
   <si>
-    <t>Табурет стремянка круглая на колесах (подпружиненных роликах), под нагрузкой опирается на резиновые опоры. Опыт показывает, что опасно вставать на табурет, особенно на вращающийся, чтобы достать до высоко расположенных полок. Используя табурет стремянку круглую на колесах, вы дотянитесь до верхних полок безопасно и удобно!
+    <t xml:space="preserve">Табурет стремянка круглая на колесах (подпружиненных роликах). Под нагрузкой опирается на резиновые опоры. Опыт показывает, что опасно вставать на табурет, особенно на вращающийся, чтобы достать до высоко расположенных полок. Используя табурет стремянку круглую на колесах, вы дотянитесь до верхних полок безопасно и удобно!
 СВОБОДНЫЕ РУКИ - одним движением можно переместить табурет стремянку туда, где она необходима.
-УДОБНО – благодаря колесам (роликам), легко скользит по любой ровной поверхности.
+УДОБНО - благодаря колесам (роликам), легко скользит по любой ровной поверхности.
 БЕЗОПАСНО - под воздействием веса человека подпружиненные ролики утапливаются, резиновое покрытие по нижнему контуру прижимает круглую стремянку к полу, делает ее неподвижной, и предотвращает скольжение.
 ПРИМЕНЯЕТСЯ В:
 Магазинах
 Офисах
 Небольших складах
 Библиотеках
 Архивных помещениях
 Аптеках
-Бытовом использовании</t>
+Бытовом использовании
+</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">410 \ Табурет стремянка круглая на колесах (роликах)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VSP.001.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 410</t>