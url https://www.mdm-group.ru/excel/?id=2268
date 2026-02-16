--- v0 (2025-12-05)
+++ v1 (2026-02-16)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">06.10.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Съемники для одежды телескопические, размерники для вешалок и аксессуары</t>
   </si>
   <si>
     <t>В данном разделе представлены различные аксессуары для плечиков и вешалок.
 Съемники для одежды телескопические позволяют без использования стремянки и лестницы быстро и удобно разместить или снять одежду. Поскольку съемник для плечиков телескопический (выдвижной), его длина может меняться в диапазоне от 760 мм до 1520 мм.
 Размерники для вешалок и плечиков крепятся к плечикам и служат для сортировки товара по размеру. Удобны для использования в торговых залах и складских помещениях.
 Накопитель для плечиков поможет организовать хранение плечиков в одном месте. Подходит как для вешалок с перекладиной, так и без нее.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TX-903 \  Съемник для одежды телескопический</t>
     </r>
     <r>
@@ -92,51 +92,51 @@
       <t xml:space="preserve">
 Высота, мм: 780-1330</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">278.00</t>
+      <t xml:space="preserve">284.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S 040 \ Съемник для одежды телескопический</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.221.CH</t>
@@ -259,51 +259,51 @@
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9.66</t>
+      <t xml:space="preserve">9.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">24 \ Размерники для вешалок</t>
@@ -316,51 +316,51 @@
       <t xml:space="preserve">
 Цвет: розовый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 24</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">26 \ Размерники для вешалок</t>
@@ -373,51 +373,51 @@
       <t xml:space="preserve">
 Цвет: светло-серый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 26</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">28 \ Размерники для вешалок</t>
@@ -430,51 +430,51 @@
       <t xml:space="preserve">
 Цвет: голубой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 28</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">30 \ Размерники для вешалок</t>
@@ -487,51 +487,51 @@
       <t xml:space="preserve">
 Цвет: светло-зеленый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">32 \ Размерники для вешалок</t>
@@ -544,51 +544,51 @@
       <t xml:space="preserve">
 Цвет: темно-серый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">34 \ Размерники для вешалок</t>
@@ -601,51 +601,51 @@
       <t xml:space="preserve">
 Цвет: коричневый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 34</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">36 \ Размерники для вешалок</t>
@@ -658,51 +658,51 @@
       <t xml:space="preserve">
 Цвет: оранжевый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 36</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">38 \ Размерники для вешалок</t>
@@ -715,51 +715,51 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 38</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">40 \ Размерники для вешалок</t>
@@ -772,51 +772,51 @@
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">42 \ Размерники для вешалок</t>
@@ -829,51 +829,51 @@
       <t xml:space="preserve">
 Цвет: желтый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 42</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">44 \ Размерники для вешалок</t>
@@ -886,51 +886,51 @@
       <t xml:space="preserve">
 Цвет: зеленый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 44</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">46 \ Размерники для вешалок</t>
@@ -943,51 +943,51 @@
       <t xml:space="preserve">
 Цвет: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 46</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">48 \ Размерники для вешалок</t>
@@ -1000,51 +1000,51 @@
       <t xml:space="preserve">
 Цвет: коричневый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">50 \ Размерники для вешалок</t>
@@ -1057,51 +1057,51 @@
       <t xml:space="preserve">
 Цвет: синий</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">52 \ Размерники для вешалок</t>
@@ -1114,51 +1114,51 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 52</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">54 \ Размерники для вешалок</t>
@@ -1171,51 +1171,51 @@
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 54</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">56 \ Размерники для вешалок</t>
@@ -1228,51 +1228,51 @@
       <t xml:space="preserve">
 Цвет: розовый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 56</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">58 \ Размерники для вешалок</t>
@@ -1285,51 +1285,51 @@
       <t xml:space="preserve">
 Цвет: светло-серый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 58</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">60 \ Размерники для вешалок</t>
@@ -1342,51 +1342,51 @@
       <t xml:space="preserve">
 Цвет: голубой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">62 \ Размерники для вешалок</t>
@@ -1399,51 +1399,51 @@
       <t xml:space="preserve">
 Цвет: светло-зеленый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 62</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">64 \ Размерники для вешалок</t>
@@ -1456,51 +1456,51 @@
       <t xml:space="preserve">
 Цвет: оранжевый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 64</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">66 \ Размерники для вешалок</t>
@@ -1513,51 +1513,51 @@
       <t xml:space="preserve">
 Цвет: желтый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 66</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">68 \ Размерники для вешалок</t>
@@ -1570,51 +1570,51 @@
       <t xml:space="preserve">
 Цвет: темно-серый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 68</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">XXS \ Размерники для вешалок</t>
@@ -1627,51 +1627,51 @@
       <t xml:space="preserve">
 Цвет: розовый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: XXS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">XXS \ BL - Размерники для вешалок</t>
@@ -1684,51 +1684,51 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: XXS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">XS \ Размерники для вешалок</t>
@@ -1741,51 +1741,51 @@
       <t xml:space="preserve">
 Цвет: голубой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: XS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S \ Размерники для вешалок</t>
@@ -1798,51 +1798,51 @@
       <t xml:space="preserve">
 Цвет: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: S</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">M \ Размерники для вешалок</t>
@@ -1855,51 +1855,51 @@
       <t xml:space="preserve">
 Цвет: желтый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: M</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">L \ Размерники для вешалок</t>
@@ -1912,51 +1912,51 @@
       <t xml:space="preserve">
 Цвет: зеленый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: L</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">XL \ Размерники для вешалок</t>
@@ -1969,51 +1969,51 @@
       <t xml:space="preserve">
 Цвет: синий</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: XL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">XXL \ Размерники для вешалок</t>
@@ -2026,51 +2026,51 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: XXL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3XL \ Размерники для вешалок</t>
@@ -2083,51 +2083,51 @@
       <t xml:space="preserve">
 Цвет: оранжевый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер: 3XL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3.80</t>
+      <t xml:space="preserve">3.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">XS \ Размерники для вешалок</t>
@@ -2376,51 +2376,51 @@
       <t xml:space="preserve">
 Высота, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Цена за 1шт. Используются с плечиками / вешалками с шириной плеча не менее 1см.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7.80</t>
+      <t xml:space="preserve">8.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ASN-Антискользящая, самоклеющаяся накладка на плечо вешалки, 8,5х1см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.ASN.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -2433,51 +2433,51 @@
       <t xml:space="preserve">
 Высота, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Цена за 1шт. Используются с плечиками / вешалками с шириной плеча не менее 1см.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7.80</t>
+      <t xml:space="preserve">8.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -4171,51 +4171,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">06.10.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -4247,51 +4247,51 @@
             <t xml:space="preserve">
 Высота, мм: 780-1330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">278.00</t>
+            <t xml:space="preserve">284.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S 040 \ Съемник для одежды телескопический</t>
           </r>
@@ -4425,51 +4425,51 @@
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9.66</t>
+            <t xml:space="preserve">9.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4487,51 +4487,51 @@
             <t xml:space="preserve">
 Цвет: розовый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 24</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4547,51 +4547,51 @@
             <t xml:space="preserve">
 Цвет: светло-серый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 26</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4609,51 +4609,51 @@
             <t xml:space="preserve">
 Цвет: голубой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 28</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4669,51 +4669,51 @@
             <t xml:space="preserve">
 Цвет: светло-зеленый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4731,51 +4731,51 @@
             <t xml:space="preserve">
 Цвет: темно-серый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4791,51 +4791,51 @@
             <t xml:space="preserve">
 Цвет: коричневый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 34</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4853,51 +4853,51 @@
             <t xml:space="preserve">
 Цвет: оранжевый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 36</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -4913,51 +4913,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 38</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -4975,51 +4975,51 @@
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5035,51 +5035,51 @@
             <t xml:space="preserve">
 Цвет: желтый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 42</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5097,51 +5097,51 @@
             <t xml:space="preserve">
 Цвет: зеленый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 44</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5157,51 +5157,51 @@
             <t xml:space="preserve">
 Цвет: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 46</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5219,51 +5219,51 @@
             <t xml:space="preserve">
 Цвет: коричневый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5279,51 +5279,51 @@
             <t xml:space="preserve">
 Цвет: синий</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5341,51 +5341,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 52</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5401,51 +5401,51 @@
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 54</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5463,51 +5463,51 @@
             <t xml:space="preserve">
 Цвет: розовый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 56</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5523,51 +5523,51 @@
             <t xml:space="preserve">
 Цвет: светло-серый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 58</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5585,51 +5585,51 @@
             <t xml:space="preserve">
 Цвет: голубой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5645,51 +5645,51 @@
             <t xml:space="preserve">
 Цвет: светло-зеленый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 62</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5707,51 +5707,51 @@
             <t xml:space="preserve">
 Цвет: оранжевый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 64</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5767,51 +5767,51 @@
             <t xml:space="preserve">
 Цвет: желтый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 66</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5829,51 +5829,51 @@
             <t xml:space="preserve">
 Цвет: темно-серый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 68</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5889,51 +5889,51 @@
             <t xml:space="preserve">
 Цвет: розовый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: XXS</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5951,51 +5951,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: XXS</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6011,51 +6011,51 @@
             <t xml:space="preserve">
 Цвет: голубой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: XS</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6073,51 +6073,51 @@
             <t xml:space="preserve">
 Цвет: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: S</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6133,51 +6133,51 @@
             <t xml:space="preserve">
 Цвет: желтый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: M</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6195,51 +6195,51 @@
             <t xml:space="preserve">
 Цвет: зеленый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: L</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6255,51 +6255,51 @@
             <t xml:space="preserve">
 Цвет: синий</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: XL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6317,51 +6317,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: XXL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6377,51 +6377,51 @@
             <t xml:space="preserve">
 Цвет: оранжевый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер: 3XL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3.80</t>
+            <t xml:space="preserve">3.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -6691,51 +6691,51 @@
             <t xml:space="preserve">
 Высота, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Цена за 1шт. Используются с плечиками / вешалками с шириной плеча не менее 1см.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7.80</t>
+            <t xml:space="preserve">8.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ASN-Антискользящая, самоклеющаяся накладка на плечо вешалки, 8,5х1см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.ASN.BL</t>
           </r>
@@ -6751,51 +6751,51 @@
             <t xml:space="preserve">
 Высота, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Цена за 1шт. Используются с плечиками / вешалками с шириной плеча не менее 1см.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7.80</t>
+            <t xml:space="preserve">8.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>