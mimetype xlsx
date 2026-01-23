--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">01.04.2025</t>
+      <t xml:space="preserve">19.01.2026</t>
     </r>
   </si>
   <si>
     <t>Вешалки и плечики для одежды пластиковые (Россия)</t>
   </si>
   <si>
     <t>Пластиковые плечики, вешалки для юбок и брюк с различными видами прищепок и креплений имеют стильный дизайн и не допускают сползания одежды.
  Возможно нанесение логотипа различными способами. Подробности уточняйте у менеджеров.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KV 42-10 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.198.BL</t>
@@ -98,51 +98,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">88.00</t>
+      <t xml:space="preserve">89.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KV 45-10 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.199.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -159,51 +159,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">90.00</t>
+      <t xml:space="preserve">91.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PLC 42-03 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.157.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -220,51 +220,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37 и перекладины с прищепками PSP-37</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">69.00</t>
+      <t xml:space="preserve">70.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PLC 45-01 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.158.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -281,51 +281,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37 и перекладины с прищепками PSP-37</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">69.00</t>
+      <t xml:space="preserve">70.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-31 \ Вешалка-плечики, для верхней одежды/трикотаж, 31x2,5см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.31.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -342,51 +342,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39.00</t>
+      <t xml:space="preserve">39.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-35 \ Вешалка-плечики, для верхней одежды/трикотаж, 35x2,5см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.35.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -403,51 +403,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40.00</t>
+      <t xml:space="preserve">40.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-39 \ Вешалка-плечики, для верхней одежды/трикотаж, 39x3см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.39.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -464,51 +464,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">42.00</t>
+      <t xml:space="preserve">42.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-42 \ Вешалка-плечики, для верхней одежды/трикотаж, 42x3,5см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.42.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -525,51 +525,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45.00</t>
+      <t xml:space="preserve">45.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-44 \ Вешалка-плечики, для верхней одежды/трикотаж, 44x4см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.44.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -586,51 +586,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">46.00</t>
+      <t xml:space="preserve">46.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-46 \ Вешалка-плечики, для верхней одежды/трикотаж, 46x4см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.46.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -647,51 +647,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">48.00</t>
+      <t xml:space="preserve">49.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MNP-35 \ Вешалка-плечики с перекладиной, верхняя одежда/трикотаж,  35см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MNP.35.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -712,51 +712,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа, флока, производсво в другом цвете и покрытие soft touch. Цены и минимальные парии уточняйте у вашего менеджера.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">56.00</t>
+      <t xml:space="preserve">57.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MNP-35 \ Вешалка-плечики с перекладиной, верхняя одежда/трикотаж,  35см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MNP.35.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -777,51 +777,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа, флока, производство в другом цвете и покрытие soft touch. Цены и минимальные парии уточняйте у вашего менеджера.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">64.00</t>
+      <t xml:space="preserve">65.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ML-30 \ Вешалка c прищепками (зажимами), брюки/юбки, 30см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.ML.30.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -842,51 +842,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа и производство в другом цвете. Цены и минимальные парии уточняйте у вашего менеджера. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">120.00</t>
+      <t xml:space="preserve">122.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ML-30 \ Вешалка c прищепками (зажимами), брюки/юбки, 30см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.ML.30.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -907,51 +907,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа и производство в другом цвете. Цены и минимальные парии уточняйте у вашего менеджера. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">139.00</t>
+      <t xml:space="preserve">142.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-31 \ Вешалка-плечики, для верхней одежды/трикотаж, 31x2,5см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.31.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -968,51 +968,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45.00</t>
+      <t xml:space="preserve">45.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-35 \ Вешалка-плечики, для верхней одежды/трикотаж, 35x2,5см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.35.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1029,51 +1029,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание:  Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">46.00</t>
+      <t xml:space="preserve">46.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-39 \ Вешалка-плечики, для верхней одежды/трикотаж, 39x3см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.39.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1090,51 +1090,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание:  Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">48.00</t>
+      <t xml:space="preserve">49.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-42 \ Вешалка-плечики, для верхней одежды/трикотаж, 42x3,5см </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.42.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1151,51 +1151,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">52.00</t>
+      <t xml:space="preserve">53.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-44 \ Вешалка-плечики, для верхней одежды/трикотаж, 44x4см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.44.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1212,51 +1212,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.00</t>
+      <t xml:space="preserve">54.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MR-46 \ Вешалка-плечики, для верхней одежды/трикотаж, 46x4см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MR.46.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1273,51 +1273,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">55.00</t>
+      <t xml:space="preserve">56.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MN-41 \ Вешалка-плечики, верхняя одежда/трикотаж,  41см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MN.41.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1334,51 +1334,51 @@
       <t xml:space="preserve">
 Примечание: Поворотный крючок. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch. Стоимость и минимальные количества уточняйте. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 260</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">54.00</t>
+      <t xml:space="preserve">55.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MN-41 \ Вешалка-плечики, верхняя одежда/трикотаж,  41см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MN.41.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1395,51 +1395,51 @@
       <t xml:space="preserve">
 Примечание: Поворотный крючок. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch. Стоимость и минимальные количества уточняйте. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 260</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">62.00</t>
+      <t xml:space="preserve">63.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MNP-41 \ Вешалка-плечики с перекладиной </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MNP.41.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1456,51 +1456,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поворотный крючок. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch. Стоимость и минимальные количества уточняйте. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.00</t>
+      <t xml:space="preserve">60.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MNP-41 \ Вешалка-плечики с перекладиной </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.MNP.41.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1517,51 +1517,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поворотный крючок. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch. Стоимость и минимальные количества уточняйте. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">68.00</t>
+      <t xml:space="preserve">69.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ML-36 \ Вешалка c прищепками (зажимами), брюки/юбки, 36см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.ML.36.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1574,51 +1574,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крючок поворотный. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch , изготовление фурнитуры в цвете золото. Стоимость и минимальные количества уточняйте у менеджеров.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">146.00</t>
+      <t xml:space="preserve">149.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ML-36 \ Вешалка c прищепками (зажимами), брюки/юбки, 36см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.ML.36.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1631,51 +1631,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крючок поворотный. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch , изготовление фурнитуры в цвете золото. Стоимость и минимальные количества уточняйте у менеджеров.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">127.00</t>
+      <t xml:space="preserve">130.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ASN-Антискользящая, самоклеющаяся накладка на плечо вешалки, 8,5х1см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.ASN.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1688,51 +1688,51 @@
       <t xml:space="preserve">
 Высота, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Цена за 1шт. Используются с плечиками / вешалками с шириной плеча не менее 1см.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7.80</t>
+      <t xml:space="preserve">8.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ASN-Антискользящая, самоклеющаяся накладка на плечо вешалки, 8,5х1см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.ASN.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1745,51 +1745,51 @@
       <t xml:space="preserve">
 Высота, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Цена за 1шт. Используются с плечиками / вешалками с шириной плеча не менее 1см.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7.80</t>
+      <t xml:space="preserve">8.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VPS 435 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.215.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1814,51 +1814,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 48,3 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34.00</t>
+      <t xml:space="preserve">34.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PLC 42-02 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.159.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1875,51 +1875,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">52.00</t>
+      <t xml:space="preserve">53.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KV 44-4 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.200.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1936,51 +1936,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются под заказ от 300шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">51.00</t>
+      <t xml:space="preserve">52.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VP 41-1 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.160.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1997,51 +1997,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются под заказ от 1000шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36.00</t>
+      <t xml:space="preserve">36.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PV 04-410 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.208.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -2058,51 +2058,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ (от 400 шт. кратно упаковкам)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">50.00</t>
+      <t xml:space="preserve">51.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PV 04-410 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.209.OPL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: опал</t>
@@ -2119,51 +2119,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ (от 400 шт. кратно упаковкам)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">57.00</t>
+      <t xml:space="preserve">58.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PL 15 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.152.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -2176,51 +2176,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16.50</t>
+      <t xml:space="preserve">16.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PL 15 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.152.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -2233,51 +2233,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">39.00</t>
+      <t xml:space="preserve">39.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PL 15 \ Пластиковые вешалки-плечики для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.152.BE</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: голубой</t>
@@ -2461,51 +2461,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 11</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа. Поставка в других цветах от 4000шт. Нанесение покрытия soft touch от 4000шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17.80</t>
+      <t xml:space="preserve">18.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">NL-29 \ Вешалка-плечики, бельевая с прижимами, 29см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.NL.29.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -2518,51 +2518,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 11</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа. Поставка в других цветах от 4000шт. Нанесение покрытия soft touch от 4000шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20.70</t>
+      <t xml:space="preserve">21.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SL-29 \ Вешалка-плечики, бельевая с прищепками, 29см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.SL.29.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -2575,51 +2575,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 11</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа. Поставка в других цветах от 4000шт. Нанесение покрытия soft touch от 4000шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36.00</t>
+      <t xml:space="preserve">36.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SL-29 \ Вешалка-плечики, бельевая с прищепками, 29см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.SL.29.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -2632,51 +2632,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 11</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа. Поставка в других цветах от 4000шт. Нанесение покрытия soft touch от 4000шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">41.00</t>
+      <t xml:space="preserve">41.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">В 22 \  Вешалки-плечики для нижнего белья и купальников</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.153.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -2689,51 +2689,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12.30</t>
+      <t xml:space="preserve">12.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PPL 42 \ Вешалки-плечики для нижнего белья и купальников</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.230.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -2746,51 +2746,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12.80</t>
+      <t xml:space="preserve">13.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TTE 17 \ Вешалки-плечики для нижнего белья и купальников</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.231.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -2803,51 +2803,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12.80</t>
+      <t xml:space="preserve">13.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BNV 005 \ Вешалки-плечики для нижнего белья и купальников</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.206.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -2860,51 +2860,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27.00</t>
+      <t xml:space="preserve">27.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 31 \ Вешалки-плечики для нижнего белья и купальников</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.151.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 310</t>
@@ -2913,51 +2913,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19.60</t>
+      <t xml:space="preserve">23.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">UV 004 \ Вешалки-плечики для нижнего белья и купальников</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.207.TR</t>
@@ -2974,116 +2974,112 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">63.00</t>
+      <t xml:space="preserve">64.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BV 003 \ Вешалки-плечики для шарфа, платка и палантина</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.227.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 255</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 26 руб.</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15.50</t>
+      <t xml:space="preserve">26.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KR 001 \ Вешалка кольцо для шарфа, платка и палантина</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.226.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -3100,51 +3096,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Минимальная партия (кратно коробкам) – 600 шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25.00</t>
+      <t xml:space="preserve">25.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KR 001 \ Вешалка кольцо для шарфа, платка и палантина</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.226.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: полупрозрачный</t>
@@ -3161,51 +3157,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Минимальная партия (кратно коробкам) – 600 шт. Поставляются под заказ.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.00</t>
+      <t xml:space="preserve">26.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VU 07-210 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.228.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -3222,51 +3218,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ (от 250 шт. кратно упаковкам)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.00</t>
+      <t xml:space="preserve">90.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VU 36-1 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.165.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -3283,51 +3279,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">99.00</t>
+      <t xml:space="preserve">101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FL-30 \ Вешалка c прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.FL.30.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -3344,51 +3340,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.00</t>
+      <t xml:space="preserve">54.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FL-36 \ Вешалка c прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.FL.36.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -3405,51 +3401,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">58.00</t>
+      <t xml:space="preserve">59.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FL-39 \ Вешалка c прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.FL.39.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -3466,51 +3462,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">61.00</t>
+      <t xml:space="preserve">62.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FL-30 \ Вешалка c прищепками (зажимами), брюки/юбки, 30см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.FL.30.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -3527,51 +3523,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">61.00</t>
+      <t xml:space="preserve">62.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">FL-36 \ Вешалка c прищепками (зажимами), брюки/юбки, 36см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.FL.36.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -3588,51 +3584,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">66.00</t>
+      <t xml:space="preserve">67.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MUV 8-250 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.203.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -3645,51 +3641,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">176.00</t>
+      <t xml:space="preserve">180.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MUV 8-250 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.204.OPL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: опал</t>
@@ -3706,51 +3702,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются под заказ от 200шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">179.00</t>
+      <t xml:space="preserve">183.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BV 37-02 \ Пластиковые вешалки-плечики с поролоном</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.201.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -3763,51 +3759,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">48.00</t>
+      <t xml:space="preserve">49.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VB 37-01 \ Пластиковые вешалки-плечики</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.166.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -3820,51 +3816,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 7</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.00</t>
+      <t xml:space="preserve">54.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VKP 28 \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.161.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -3877,51 +3873,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23.50</t>
+      <t xml:space="preserve">24.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VKP 28 \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.161.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -3934,51 +3930,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27.00</t>
+      <t xml:space="preserve">27.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TE 05 \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.171.BU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: синий</t>
@@ -4199,152 +4195,152 @@
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10.35</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TTE 05 \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: HNG.232.WH</t>
-[...7 lines deleted...]
-Длина, мм: 270</t>
+Артикул: HNG.232.TR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 280</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Внимание, возможно небольшое отличие оттенка товара из разных партий.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12.80</t>
+      <t xml:space="preserve">16.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TTE 05 \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: HNG.232.TR</t>
-[...7 lines deleted...]
-Длина, мм: 280</t>
+Артикул: HNG.232.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 270</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Внимание, возможно небольшое отличие оттенка товара из разных партий.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16.68</t>
+      <t xml:space="preserve">13.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TTE 05 \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.232.GN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: зеленый</t>
@@ -4723,51 +4719,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 7</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.00</t>
+      <t xml:space="preserve">28.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PV 04-300 \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.210.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -4780,51 +4776,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляются под заказ от 250шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45.00</t>
+      <t xml:space="preserve">45.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PV 04-300 \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.211.OPL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: опал</t>
@@ -4837,51 +4833,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 1000 штук.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">54.00</t>
+      <t xml:space="preserve">55.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PP 1 \ Крючок-прищепка </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.205.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -4894,51 +4890,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.00</t>
+      <t xml:space="preserve">54.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TTE 10 \ Вешалка для обуви и тапок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.234.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -4951,51 +4947,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12.80</t>
+      <t xml:space="preserve">13.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">РЕ 37 \ Перекладина для плечиков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.162.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -5008,51 +5004,51 @@
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Поставляется под заказ. Кратно упаковки – 500 штук. Используется с плечикам KV 42-10, KV 45-10, PLC 42-011, PLC 45-011, PLC 42-03, PLC 45-01 и PLC 42-02</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17.00</t>
+      <t xml:space="preserve">17.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -5112,51 +5108,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f5f488b_ad67_11e5_a43a_0025902b3cc1_1992.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb38281f_ad67_11e5_a43a_0025902b3cc1_1993.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0013d83_0c07_11e0_99a4_003048f27c5f_F4E23841_B3B6_41DD_99E0_DFF9EDA1E1B84.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5c0cfa8_118d_11e0_99a4_003048f27c5f_4842B728_F8A9_4C73_8A8F_7A57E9C249975.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51bfdf37_dea0_11ed_bba1_ac1f6b40b531_HNGMR31BL.resize26.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e768147_dea0_11ed_bba1_ac1f6b40b531_HNGMR35BL.resize27.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2b21d26_ddeb_11ed_bba1_ac1f6b40b531_HNGMR39BL8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926a77f5_ddb7_11ed_bba1_ac1f6b40b531_HNGMR42BL9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae78185a_ddb7_11ed_bba1_ac1f6b40b531_HNGMR44BL10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01d6ac34_ddec_11ed_bba1_ac1f6b40b531_HNGMR46BL.resize211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e55c2e_d614_11ee_a821_0050569cf81d_HNGMNP35BL12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/268e7c94_d614_11ee_a821_0050569cf81d_HNGMNP35WH13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9213c9fa_d613_11ee_a821_0050569cf81d_HNGML30BL14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7a7b46_d613_11ee_a821_0050569cf81d_HNGML30WH15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e8e271a_deac_11ed_bba1_ac1f6b40b531_HNGMR31WH.resize216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0d14e0_deac_11ed_bba1_ac1f6b40b531_HNGMR35WH.resize217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e2296fa_deac_11ed_bba1_ac1f6b40b531_HNGMR39WH.resize218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/921a91ac_deac_11ed_bba1_ac1f6b40b531_HNGMR42WH19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab013e62_deac_11ed_bba1_ac1f6b40b531_HNGMR44WH20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c71ac570_deac_11ed_bba1_ac1f6b40b531_HNGMR46WH.resize221.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/617f4cca_25f8_11ee_907c_ac1f6b40b531_HNGMN41BL22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ab949ae_25f8_11ee_907c_ac1f6b40b531_HNGMN41WH23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4f10005_3046_11ed_b95a_ac1f6b40b531_HNGMNP41BL24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b747f45_3047_11ed_b95a_ac1f6b40b531_HNGMNP41WH25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0da9f1_cfa7_11ed_bcfb_ac1f6b40b531_HNGML36WH.resize226.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aa4be29_cfa7_11ed_bcfb_ac1f6b40b531_HNGML36BL27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d51bfee5_cfa7_11ed_bcfb_ac1f6b40b531_HNGASNTR_128.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae36e919_cfa7_11ed_bcfb_ac1f6b40b531_HNGASNBL_129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d94ca299_78cc_11e6_9c74_0025902b3cc0_21530.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116fa_0100_11e0_b16f_003048d0c7fe_45041368_B077_4729_8FB2_7AAEBE46707131.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/170a517f_ad68_11e5_a43a_0025902b3cc1_20032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e418209e_0100_11e0_b16f_003048d0c7fe_D6251FA2_C8FA_441A_86C5_966AA601AFB733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bb2e411_ad6a_11e5_a43a_0025902b3cc1_20834.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a89df09e_ad6a_11e5_a43a_0025902b3cc1_202935.JPG"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294c5_fdef_11df_b16f_003048d0c7fe_15236.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa2474bc_fea3_11df_b16f_003048d0c7fe_15237.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/516d7248_e087_11e5_ba27_0025902b3cc0_15238.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b010b8b_e087_11e5_ba27_0025902b3cc0_15239.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896e836f_e087_11e5_ba27_0025902b3cc0_15240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/753876fa_25f9_11ee_907c_ac1f6b40b531_HNGNL29BL.resize241.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92c7b3f7_25f9_11ee_907c_ac1f6b40b531_HNGNL29WH.resize242.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ea01a0a_25f9_11ee_907c_ac1f6b40b531_HNGSL29BL.resize243.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d26d73e_25f9_11ee_907c_ac1f6b40b531_HNGSL29WH44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c49fb3_fdef_11df_b16f_003048d0c7fe_15345.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b27255_b55a_11e7_93ca_0025902b3cc1_23046.JPG"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16eebab1_b55c_11e7_93ca_0025902b3cc1_23147.JPG"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40ca6021_ad6a_11e5_a43a_0025902b3cc1_5FDCBF24_D82C_4DCB_992F_F4502DBFC09348.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85ddb005_3999_11e0_b4b4_003048f27c5f_7BA7CD47_A190_4F3C_81AC_221FF7057A4049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766302a9_ad6a_11e5_a43a_0025902b3cc1_HNG207TR50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080e0861_b55a_11e7_93ca_0025902b3cc1_22751.JPG"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64969289_b559_11e7_93ca_0025902b3cc1_22652.JPG"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d03c7b5b_b559_11e7_93ca_0025902b3cc1_22653.JPG"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c844238_b55a_11e7_93ca_0025902b3cc1_22854.JPG"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116cd_0100_11e0_b16f_003048d0c7fe_88FE17F3_8AB8_44C9_8258_0BE27FC4FF7A55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/386bf8c7_3047_11ed_b95a_ac1f6b40b531_HNGFL30BL.resize256.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78fd544c_3047_11ed_b95a_ac1f6b40b531_HNGFL36BL57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6c2e17c_3047_11ed_b95a_ac1f6b40b531_HNGFL39BL.resize258.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6576d6b_deab_11ed_bba1_ac1f6b40b531_HNGFL30WH59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed91a1ef_deab_11ed_bba1_ac1f6b40b531_HNGFL36WH.resize260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57ecc2c7_ad68_11e5_a43a_0025902b3cc1_20361.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a73dcf7_ad68_11e5_a43a_0025902b3cc1_20462.JPG"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31ee7097_ad68_11e5_a43a_0025902b3cc1_20163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d28ed2b_0cc5_11e0_99a4_003048f27c5f_A2624ED3_C12E_4FF0_99BF_C6643BC7EC4D64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bf792ae_fdef_11df_b16f_003048d0c7fe_B3582E87_91DA_41FE_BD7D_D70F122C169A65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c49fad_fdef_11df_b16f_003048d0c7fe_4E96D2A5_C336_4CB3_AC1E_970775F737CC66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43ddc517_3dfb_11e2_99cf_0025902b3cc1_17167.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93dbb2a6_0562_11e7_9cf3_0025902b3cc1_te_0568.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d17f34_0563_11e7_9cf3_0025902b3cc1_te_05_gr69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83cdb03f_b55d_11e7_93ca_0025902b3cc1_23270.JPG"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a4be14a_b55d_11e7_93ca_0025902b3cc1_23271.JPG"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1e13fe7_b55d_11e7_93ca_0025902b3cc1_23272.JPG"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0114d6e1_b55e_11e7_93ca_0025902b3cc1_23273.JPG"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2df246f5_b55e_11e7_93ca_0025902b3cc1_23274.JPG"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bbab41b_b55e_11e7_93ca_0025902b3cc1_23275.JPG"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c38c8f13_b55e_11e7_93ca_0025902b3cc1_HNG_233_WH76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab69093e_b55e_11e7_93ca_0025902b3cc1_HNG_233_YE77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/020965a5_b55f_11e7_93ca_0025902b3cc1_HNG_233_OR78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e83b91d_ad6b_11e5_a43a_0025902b3cc1_C76DF34F_9F56_4EDB_8F40_EF4234353DFF79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c861644d_ad6a_11e5_a43a_0025902b3cc1_21080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/118a6445_ad6b_11e5_a43a_0025902b3cc1_21181.JPG"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25ed652f_ad6a_11e5_a43a_0025902b3cc1_87490ED3_0D62_477E_A29B_AAC45C8E92E282.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/969d6be2_b565_11e7_93ca_0025902b3cc1_HNG_234_BL83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55ef00bb_3804_11e0_b4b4_003048f27c5f_8AF1F708_F594_44A3_B775_A178E9550EC584.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f5f488b_ad67_11e5_a43a_0025902b3cc1_1992.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb38281f_ad67_11e5_a43a_0025902b3cc1_1993.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0013d83_0c07_11e0_99a4_003048f27c5f_F4E23841_B3B6_41DD_99E0_DFF9EDA1E1B84.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5c0cfa8_118d_11e0_99a4_003048f27c5f_4842B728_F8A9_4C73_8A8F_7A57E9C249975.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51bfdf37_dea0_11ed_bba1_ac1f6b40b531_HNGMR31BL.resize26.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e768147_dea0_11ed_bba1_ac1f6b40b531_HNGMR35BL.resize27.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2b21d26_ddeb_11ed_bba1_ac1f6b40b531_HNGMR39BL8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/926a77f5_ddb7_11ed_bba1_ac1f6b40b531_HNGMR42BL9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae78185a_ddb7_11ed_bba1_ac1f6b40b531_HNGMR44BL10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01d6ac34_ddec_11ed_bba1_ac1f6b40b531_HNGMR46BL.resize211.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e55c2e_d614_11ee_a821_0050569cf81d_HNGMNP35BL12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/268e7c94_d614_11ee_a821_0050569cf81d_HNGMNP35WH13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9213c9fa_d613_11ee_a821_0050569cf81d_HNGML30BL14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7a7b46_d613_11ee_a821_0050569cf81d_HNGML30WH15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e8e271a_deac_11ed_bba1_ac1f6b40b531_HNGMR31WH.resize216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0d14e0_deac_11ed_bba1_ac1f6b40b531_HNGMR35WH.resize217.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e2296fa_deac_11ed_bba1_ac1f6b40b531_HNGMR39WH.resize218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/921a91ac_deac_11ed_bba1_ac1f6b40b531_HNGMR42WH19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab013e62_deac_11ed_bba1_ac1f6b40b531_HNGMR44WH20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c71ac570_deac_11ed_bba1_ac1f6b40b531_HNGMR46WH.resize221.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/617f4cca_25f8_11ee_907c_ac1f6b40b531_HNGMN41BL22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ab949ae_25f8_11ee_907c_ac1f6b40b531_HNGMN41WH23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4f10005_3046_11ed_b95a_ac1f6b40b531_HNGMNP41BL24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b747f45_3047_11ed_b95a_ac1f6b40b531_HNGMNP41WH25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0da9f1_cfa7_11ed_bcfb_ac1f6b40b531_HNGML36WH.resize226.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aa4be29_cfa7_11ed_bcfb_ac1f6b40b531_HNGML36BL27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d51bfee5_cfa7_11ed_bcfb_ac1f6b40b531_HNGASNTR_128.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae36e919_cfa7_11ed_bcfb_ac1f6b40b531_HNGASNBL_129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d94ca299_78cc_11e6_9c74_0025902b3cc0_21530.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116fa_0100_11e0_b16f_003048d0c7fe_45041368_B077_4729_8FB2_7AAEBE46707131.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/170a517f_ad68_11e5_a43a_0025902b3cc1_20032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e418209e_0100_11e0_b16f_003048d0c7fe_D6251FA2_C8FA_441A_86C5_966AA601AFB733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bb2e411_ad6a_11e5_a43a_0025902b3cc1_20834.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a89df09e_ad6a_11e5_a43a_0025902b3cc1_202935.JPG"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294c5_fdef_11df_b16f_003048d0c7fe_15236.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa2474bc_fea3_11df_b16f_003048d0c7fe_15237.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/516d7248_e087_11e5_ba27_0025902b3cc0_15238.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b010b8b_e087_11e5_ba27_0025902b3cc0_15239.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896e836f_e087_11e5_ba27_0025902b3cc0_15240.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/753876fa_25f9_11ee_907c_ac1f6b40b531_HNGNL29BL.resize241.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92c7b3f7_25f9_11ee_907c_ac1f6b40b531_HNGNL29WH.resize242.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ea01a0a_25f9_11ee_907c_ac1f6b40b531_HNGSL29BL.resize243.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d26d73e_25f9_11ee_907c_ac1f6b40b531_HNGSL29WH44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c49fb3_fdef_11df_b16f_003048d0c7fe_15345.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b27255_b55a_11e7_93ca_0025902b3cc1_23046.JPG"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16eebab1_b55c_11e7_93ca_0025902b3cc1_23147.JPG"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40ca6021_ad6a_11e5_a43a_0025902b3cc1_5FDCBF24_D82C_4DCB_992F_F4502DBFC09348.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85ddb005_3999_11e0_b4b4_003048f27c5f_7BA7CD47_A190_4F3C_81AC_221FF7057A4049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766302a9_ad6a_11e5_a43a_0025902b3cc1_HNG207TR50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080e0861_b55a_11e7_93ca_0025902b3cc1_22751.JPG"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64969289_b559_11e7_93ca_0025902b3cc1_22652.JPG"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d03c7b5b_b559_11e7_93ca_0025902b3cc1_22653.JPG"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c844238_b55a_11e7_93ca_0025902b3cc1_22854.JPG"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116cd_0100_11e0_b16f_003048d0c7fe_88FE17F3_8AB8_44C9_8258_0BE27FC4FF7A55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/386bf8c7_3047_11ed_b95a_ac1f6b40b531_HNGFL30BL.resize256.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78fd544c_3047_11ed_b95a_ac1f6b40b531_HNGFL36BL57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6c2e17c_3047_11ed_b95a_ac1f6b40b531_HNGFL39BL.resize258.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6576d6b_deab_11ed_bba1_ac1f6b40b531_HNGFL30WH59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed91a1ef_deab_11ed_bba1_ac1f6b40b531_HNGFL36WH.resize260.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57ecc2c7_ad68_11e5_a43a_0025902b3cc1_20361.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a73dcf7_ad68_11e5_a43a_0025902b3cc1_20462.JPG"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31ee7097_ad68_11e5_a43a_0025902b3cc1_20163.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d28ed2b_0cc5_11e0_99a4_003048f27c5f_A2624ED3_C12E_4FF0_99BF_C6643BC7EC4D64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bf792ae_fdef_11df_b16f_003048d0c7fe_B3582E87_91DA_41FE_BD7D_D70F122C169A65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c49fad_fdef_11df_b16f_003048d0c7fe_4E96D2A5_C336_4CB3_AC1E_970775F737CC66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43ddc517_3dfb_11e2_99cf_0025902b3cc1_17167.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93dbb2a6_0562_11e7_9cf3_0025902b3cc1_te_0568.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d17f34_0563_11e7_9cf3_0025902b3cc1_te_05_gr69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83cdb03f_b55d_11e7_93ca_0025902b3cc1_23270.JPG"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1e13fe7_b55d_11e7_93ca_0025902b3cc1_23271.JPG"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a4be14a_b55d_11e7_93ca_0025902b3cc1_23272.JPG"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0114d6e1_b55e_11e7_93ca_0025902b3cc1_23273.JPG"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2df246f5_b55e_11e7_93ca_0025902b3cc1_23274.JPG"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bbab41b_b55e_11e7_93ca_0025902b3cc1_23275.JPG"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c38c8f13_b55e_11e7_93ca_0025902b3cc1_HNG_233_WH76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab69093e_b55e_11e7_93ca_0025902b3cc1_HNG_233_YE77.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/020965a5_b55f_11e7_93ca_0025902b3cc1_HNG_233_OR78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e83b91d_ad6b_11e5_a43a_0025902b3cc1_C76DF34F_9F56_4EDB_8F40_EF4234353DFF79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c861644d_ad6a_11e5_a43a_0025902b3cc1_21080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/118a6445_ad6b_11e5_a43a_0025902b3cc1_21181.JPG"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25ed652f_ad6a_11e5_a43a_0025902b3cc1_87490ED3_0D62_477E_A29B_AAC45C8E92E282.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/969d6be2_b565_11e7_93ca_0025902b3cc1_HNG_234_BL83.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55ef00bb_3804_11e0_b4b4_003048f27c5f_8AF1F708_F594_44A3_B775_A178E9550EC584.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -7976,51 +7972,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">01.04.2025</t>
+            <t xml:space="preserve">19.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -8060,51 +8056,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">88.00</t>
+            <t xml:space="preserve">89.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">KV 45-10 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.199.BL</t>
           </r>
@@ -8124,51 +8120,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">90.00</t>
+            <t xml:space="preserve">91.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PLC 42-03 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8190,51 +8186,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37 и перекладины с прищепками PSP-37</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">69.00</t>
+            <t xml:space="preserve">70.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PLC 45-01 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.158.BL</t>
           </r>
@@ -8254,51 +8250,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37 и перекладины с прищепками PSP-37</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">69.00</t>
+            <t xml:space="preserve">70.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-31 \ Вешалка-плечики, для верхней одежды/трикотаж, 31x2,5см </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8320,51 +8316,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39.00</t>
+            <t xml:space="preserve">39.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-35 \ Вешалка-плечики, для верхней одежды/трикотаж, 35x2,5см </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MR.35.BL</t>
           </r>
@@ -8384,51 +8380,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40.00</t>
+            <t xml:space="preserve">40.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-39 \ Вешалка-плечики, для верхней одежды/трикотаж, 39x3см </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8450,51 +8446,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">42.00</t>
+            <t xml:space="preserve">42.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-42 \ Вешалка-плечики, для верхней одежды/трикотаж, 42x3,5см </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MR.42.BL</t>
           </r>
@@ -8514,51 +8510,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45.00</t>
+            <t xml:space="preserve">45.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-44 \ Вешалка-плечики, для верхней одежды/трикотаж, 44x4см</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8580,51 +8576,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">46.00</t>
+            <t xml:space="preserve">46.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-46 \ Вешалка-плечики, для верхней одежды/трикотаж, 46x4см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MR.46.BL</t>
           </r>
@@ -8644,51 +8640,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">48.00</t>
+            <t xml:space="preserve">49.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MNP-35 \ Вешалка-плечики с перекладиной, верхняя одежда/трикотаж,  35см</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8714,51 +8710,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа, флока, производсво в другом цвете и покрытие soft touch. Цены и минимальные парии уточняйте у вашего менеджера.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">56.00</t>
+            <t xml:space="preserve">57.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MNP-35 \ Вешалка-плечики с перекладиной, верхняя одежда/трикотаж,  35см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MNP.35.WH</t>
           </r>
@@ -8782,51 +8778,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа, флока, производство в другом цвете и покрытие soft touch. Цены и минимальные парии уточняйте у вашего менеджера.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">64.00</t>
+            <t xml:space="preserve">65.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ML-30 \ Вешалка c прищепками (зажимами), брюки/юбки, 30см</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8852,51 +8848,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа и производство в другом цвете. Цены и минимальные парии уточняйте у вашего менеджера. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">120.00</t>
+            <t xml:space="preserve">122.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ML-30 \ Вешалка c прищепками (зажимами), брюки/юбки, 30см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.ML.30.WH</t>
           </r>
@@ -8920,51 +8916,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа и производство в другом цвете. Цены и минимальные парии уточняйте у вашего менеджера. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">139.00</t>
+            <t xml:space="preserve">142.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-31 \ Вешалка-плечики, для верхней одежды/трикотаж, 31x2,5см </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8986,51 +8982,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45.00</t>
+            <t xml:space="preserve">45.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-35 \ Вешалка-плечики, для верхней одежды/трикотаж, 35x2,5см </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MR.35.WH</t>
           </r>
@@ -9050,51 +9046,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание:  Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">46.00</t>
+            <t xml:space="preserve">46.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-39 \ Вешалка-плечики, для верхней одежды/трикотаж, 39x3см </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9116,51 +9112,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание:  Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">48.00</t>
+            <t xml:space="preserve">49.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-42 \ Вешалка-плечики, для верхней одежды/трикотаж, 42x3,5см </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MR.42.WH</t>
           </r>
@@ -9180,51 +9176,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">52.00</t>
+            <t xml:space="preserve">53.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-44 \ Вешалка-плечики, для верхней одежды/трикотаж, 44x4см</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9246,51 +9242,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.00</t>
+            <t xml:space="preserve">54.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MR-46 \ Вешалка-плечики, для верхней одежды/трикотаж, 46x4см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MR.46.WH</t>
           </r>
@@ -9310,51 +9306,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 110</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">55.00</t>
+            <t xml:space="preserve">56.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MN-41 \ Вешалка-плечики, верхняя одежда/трикотаж,  41см</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9376,51 +9372,51 @@
             <t xml:space="preserve">
 Примечание: Поворотный крючок. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch. Стоимость и минимальные количества уточняйте. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 260</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">54.00</t>
+            <t xml:space="preserve">55.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MN-41 \ Вешалка-плечики, верхняя одежда/трикотаж,  41см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MN.41.WH</t>
           </r>
@@ -9440,51 +9436,51 @@
             <t xml:space="preserve">
 Примечание: Поворотный крючок. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch. Стоимость и минимальные количества уточняйте. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 260</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">62.00</t>
+            <t xml:space="preserve">63.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MNP-41 \ Вешалка-плечики с перекладиной </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9506,51 +9502,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поворотный крючок. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch. Стоимость и минимальные количества уточняйте. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.00</t>
+            <t xml:space="preserve">60.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MNP-41 \ Вешалка-плечики с перекладиной </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.MNP.41.WH</t>
           </r>
@@ -9570,51 +9566,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поворотный крючок. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch. Стоимость и минимальные количества уточняйте. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">68.00</t>
+            <t xml:space="preserve">69.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ML-36 \ Вешалка c прищепками (зажимами), брюки/юбки, 36см</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9632,51 +9628,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крючок поворотный. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch , изготовление фурнитуры в цвете золото. Стоимость и минимальные количества уточняйте у менеджеров.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">146.00</t>
+            <t xml:space="preserve">149.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ML-36 \ Вешалка c прищепками (зажимами), брюки/юбки, 36см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.ML.36.BL</t>
           </r>
@@ -9692,51 +9688,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крючок поворотный. Под заказ возможно изготовление цветных плечиков, а также нанесение логотипа, флока, покрытия soft touch , изготовление фурнитуры в цвете золото. Стоимость и минимальные количества уточняйте у менеджеров.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">127.00</t>
+            <t xml:space="preserve">130.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ASN-Антискользящая, самоклеющаяся накладка на плечо вешалки, 8,5х1см</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9754,51 +9750,51 @@
             <t xml:space="preserve">
 Высота, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Цена за 1шт. Используются с плечиками / вешалками с шириной плеча не менее 1см.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7.80</t>
+            <t xml:space="preserve">8.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ASN-Антискользящая, самоклеющаяся накладка на плечо вешалки, 8,5х1см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.ASN.BL</t>
           </r>
@@ -9814,51 +9810,51 @@
             <t xml:space="preserve">
 Высота, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Цена за 1шт. Используются с плечиками / вешалками с шириной плеча не менее 1см.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7.80</t>
+            <t xml:space="preserve">8.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VPS 435 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9888,51 +9884,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 48,3 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34.00</t>
+            <t xml:space="preserve">34.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PLC 42-02 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.159.BL</t>
           </r>
@@ -9952,51 +9948,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна установка перекладины PE-37</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">52.00</t>
+            <t xml:space="preserve">53.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">KV 44-4 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10018,51 +10014,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются под заказ от 300шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">51.00</t>
+            <t xml:space="preserve">52.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VP 41-1 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.160.BL</t>
           </r>
@@ -10082,51 +10078,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются под заказ от 1000шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36.00</t>
+            <t xml:space="preserve">36.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PV 04-410 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10148,51 +10144,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ (от 400 шт. кратно упаковкам)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50.00</t>
+            <t xml:space="preserve">51.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PV 04-410 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.209.OPL</t>
           </r>
@@ -10212,51 +10208,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ (от 400 шт. кратно упаковкам)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">57.00</t>
+            <t xml:space="preserve">58.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PL 15 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10274,51 +10270,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16.50</t>
+            <t xml:space="preserve">16.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PL 15 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.152.TR</t>
           </r>
@@ -10334,51 +10330,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">39.00</t>
+            <t xml:space="preserve">39.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PL 15 \ Пластиковые вешалки-плечики для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10578,51 +10574,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 11</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа. Поставка в других цветах от 4000шт. Нанесение покрытия soft touch от 4000шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17.80</t>
+            <t xml:space="preserve">18.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">NL-29 \ Вешалка-плечики, бельевая с прижимами, 29см</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10640,51 +10636,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 11</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа. Поставка в других цветах от 4000шт. Нанесение покрытия soft touch от 4000шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20.70</t>
+            <t xml:space="preserve">21.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SL-29 \ Вешалка-плечики, бельевая с прищепками, 29см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.SL.29.BL</t>
           </r>
@@ -10700,51 +10696,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 11</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа. Поставка в других цветах от 4000шт. Нанесение покрытия soft touch от 4000шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36.00</t>
+            <t xml:space="preserve">36.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SL-29 \ Вешалка-плечики, бельевая с прищепками, 29см</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10762,51 +10758,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 11</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Возможно нанесение логотипа. Поставка в других цветах от 4000шт. Нанесение покрытия soft touch от 4000шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">41.00</t>
+            <t xml:space="preserve">41.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">В 22 \  Вешалки-плечики для нижнего белья и купальников</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.153.TR</t>
           </r>
@@ -10822,51 +10818,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12.30</t>
+            <t xml:space="preserve">12.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PPL 42 \ Вешалки-плечики для нижнего белья и купальников</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10884,51 +10880,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12.80</t>
+            <t xml:space="preserve">13.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TTE 17 \ Вешалки-плечики для нижнего белья и купальников</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.231.TR</t>
           </r>
@@ -10944,51 +10940,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12.80</t>
+            <t xml:space="preserve">13.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BNV 005 \ Вешалки-плечики для нижнего белья и купальников</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11006,51 +11002,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27.00</t>
+            <t xml:space="preserve">27.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 31 \ Вешалки-плечики для нижнего белья и купальников</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.151.00</t>
           </r>
@@ -11062,51 +11058,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19.60</t>
+            <t xml:space="preserve">23.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11128,51 +11124,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">63.00</t>
+            <t xml:space="preserve">64.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BV 003 \ Вешалки-плечики для шарфа, платка и палантина</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.227.TR</t>
           </r>
@@ -11180,67 +11176,63 @@
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 255</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 26 руб.</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15.50</t>
+            <t xml:space="preserve">26.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">KR 001 \ Вешалка кольцо для шарфа, платка и палантина</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11262,51 +11254,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Минимальная партия (кратно коробкам) – 600 шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25.00</t>
+            <t xml:space="preserve">25.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">KR 001 \ Вешалка кольцо для шарфа, платка и палантина</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.226.00</t>
           </r>
@@ -11326,51 +11318,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Минимальная партия (кратно коробкам) – 600 шт. Поставляются под заказ.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.00</t>
+            <t xml:space="preserve">26.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VU 07-210 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11392,51 +11384,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ (от 250 шт. кратно упаковкам)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.00</t>
+            <t xml:space="preserve">90.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VU 36-1 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.165.BL</t>
           </r>
@@ -11456,51 +11448,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">99.00</t>
+            <t xml:space="preserve">101.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FL-30 \ Вешалка c прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11522,51 +11514,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.00</t>
+            <t xml:space="preserve">54.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FL-36 \ Вешалка c прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.FL.36.BL</t>
           </r>
@@ -11586,51 +11578,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">58.00</t>
+            <t xml:space="preserve">59.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FL-39 \ Вешалка c прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11652,51 +11644,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">61.00</t>
+            <t xml:space="preserve">62.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FL-30 \ Вешалка c прищепками (зажимами), брюки/юбки, 30см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.FL.30.WH</t>
           </r>
@@ -11716,51 +11708,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">61.00</t>
+            <t xml:space="preserve">62.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">FL-36 \ Вешалка c прищепками (зажимами), брюки/юбки, 36см</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11782,51 +11774,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ, кратно коробкам. Срок поставки от 10 раб. дней. Поворотный крючок, поверхность плечиков - матовая. Ширина плеча указана: без прищепки / с прищепкой.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">66.00</t>
+            <t xml:space="preserve">67.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MUV 8-250 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.203.BL</t>
           </r>
@@ -11842,51 +11834,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">176.00</t>
+            <t xml:space="preserve">180.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MUV 8-250 \ Пластиковые вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11908,51 +11900,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются под заказ от 200шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">179.00</t>
+            <t xml:space="preserve">183.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BV 37-02 \ Пластиковые вешалки-плечики с поролоном</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.201.BL</t>
           </r>
@@ -11968,51 +11960,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 13</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">48.00</t>
+            <t xml:space="preserve">49.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VB 37-01 \ Пластиковые вешалки-плечики</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12030,51 +12022,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.00</t>
+            <t xml:space="preserve">54.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VKP 28 \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.161.BL</t>
           </r>
@@ -12090,51 +12082,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23.50</t>
+            <t xml:space="preserve">24.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VKP 28 \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12152,51 +12144,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27.00</t>
+            <t xml:space="preserve">27.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TE 05 \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.171.BU</t>
           </r>
@@ -12436,157 +12428,157 @@
             </rPr>
             <t xml:space="preserve">10.35</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TTE 05 \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.232.WH</t>
-[...7 lines deleted...]
-Длина, мм: 270</t>
+Артикул: HNG.232.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 280</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Внимание, возможно небольшое отличие оттенка товара из разных партий.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12.80</t>
+            <t xml:space="preserve">16.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TTE 05 \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.232.TR</t>
-[...7 lines deleted...]
-Длина, мм: 280</t>
+Артикул: HNG.232.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 270</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Внимание, возможно небольшое отличие оттенка товара из разных партий.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16.68</t>
+            <t xml:space="preserve">13.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TTE 05 \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.232.GN</t>
           </r>
@@ -12992,51 +12984,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.00</t>
+            <t xml:space="preserve">28.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="4"/>
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PV 04-300 \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13054,51 +13046,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляются под заказ от 250шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45.00</t>
+            <t xml:space="preserve">45.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PV 04-300 \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.211.OPL</t>
           </r>
@@ -13114,51 +13106,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 1000 штук.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">54.00</t>
+            <t xml:space="preserve">55.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="4"/>
       <c r="B47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PP 1 \ Крючок-прищепка </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13176,51 +13168,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.00</t>
+            <t xml:space="preserve">54.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C47" s="4"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TTE 10 \ Вешалка для обуви и тапок</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.234.BL</t>
           </r>
@@ -13236,51 +13228,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12.80</t>
+            <t xml:space="preserve">13.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="4"/>
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">РЕ 37 \ Перекладина для плечиков</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13298,51 +13290,51 @@
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Поставляется под заказ. Кратно упаковки – 500 штук. Используется с плечикам KV 42-10, KV 45-10, PLC 42-011, PLC 45-011, PLC 42-03, PLC 45-01 и PLC 42-02</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17.00</t>
+            <t xml:space="preserve">17.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>