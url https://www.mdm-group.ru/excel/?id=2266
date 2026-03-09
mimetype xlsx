--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -1790,54 +1790,50 @@
       <t xml:space="preserve">
 Артикул: HNG.215.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 435</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 14</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Цена действительна, пока товар есть в наличии на складе.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 48,3 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">34.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -3012,54 +3008,50 @@
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">BV 003 \ Вешалки-плечики для шарфа, платка и палантина</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.227.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 255</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">26.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
@@ -9860,54 +9852,50 @@
             <t xml:space="preserve">
 Артикул: HNG.215.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 435</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 14</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Цена действительна, пока товар есть в наличии на складе.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 48,3 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">34.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -11165,54 +11153,50 @@
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">BV 003 \ Вешалки-плечики для шарфа, платка и палантина</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.227.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 255</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">26.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>