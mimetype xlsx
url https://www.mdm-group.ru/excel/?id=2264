--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">01.04.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Металлические вешалки и плечики для одежды</t>
   </si>
   <si>
     <t>Металлические вешалки и плечики для одежды практичны и удобны в использовании.
 Плечики обрезиненные, нескользящие. Мягкая резина плечиков создает антискользящую обрезиненную поверхность и предотвращает соскальзывание одежды с плечиков, а также предохраняет ткань от повреждения. Плечики компактны и позволяют организовать очень плотное вывешивание демонстрируемого товара.
 Благодаря изящному внешнему виду антискользящие вешалки и плечики из металла подойдут к любому интерьеру магазина.
 Цвет металлических частей: хром.
 Цвета резинового покрытия: белый, черный, красный.
 У нас вы можете купить металлические плечики для одежды оптом и в розницу. На крупные заказы предусмотрены скидки.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CN 029-30 \ Вешалки-плечики для детской одежды</t>
@@ -212,165 +212,165 @@
       <t xml:space="preserve">
 Длина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34.68</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">CN 029-40 \ Плечики (L-400мм)</t>
-[...7 lines deleted...]
-Цвет: хром/черный</t>
+      <t xml:space="preserve">CN 029-40 \ Плечики (L-400мм) </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.223BL.CH.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром/белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34.68</t>
+      <t xml:space="preserve">31.62</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">CN 029-40 \ Плечики (L-400мм) </t>
-[...7 lines deleted...]
-Цвет: хром/белый</t>
+      <t xml:space="preserve">CN 029-40 \ Плечики (L-400мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.223.CH.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром/черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30.60</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2030 WE \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.192.BL</t>
@@ -395,51 +395,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 64 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">51.00</t>
+      <t xml:space="preserve">52.02</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2030 WE \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.194.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -460,51 +460,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 64 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">51.00</t>
+      <t xml:space="preserve">52.02</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2040 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.100.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -517,51 +517,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">70.38</t>
+      <t xml:space="preserve">71.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2040 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.132.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -574,51 +574,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">74.46</t>
+      <t xml:space="preserve">75.48</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2060 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.101.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -639,51 +639,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 66 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.04</t>
+      <t xml:space="preserve">54.06</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2060 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.195.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -704,112 +704,116 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 66 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">57.12</t>
+      <t xml:space="preserve">58.14</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2090.WE \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.133.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 84 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">63.24</t>
+      <t xml:space="preserve">64.26</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2090.WE \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.107.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -830,51 +834,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 84 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">63.24</t>
+      <t xml:space="preserve">64.26</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2230.WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.134.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -887,51 +891,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.76</t>
+      <t xml:space="preserve">91.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2230.WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.105.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -944,51 +948,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.76</t>
+      <t xml:space="preserve">91.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2240.WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.135.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1001,51 +1005,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">94.86</t>
+      <t xml:space="preserve">96.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2240.WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.104.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1058,51 +1062,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">94.86</t>
+      <t xml:space="preserve">96.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2254.WE \ Вешалки-плечики для одежды больших размеров</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.258.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1115,51 +1119,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">108.00</t>
+      <t xml:space="preserve">110.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 028 - 41 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.086.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1172,51 +1176,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">105.00</t>
+      <t xml:space="preserve">107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 031 - 39 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.111.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1229,51 +1233,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">105.00</t>
+      <t xml:space="preserve">107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 031 - 39 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.138.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1286,51 +1290,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">105.00</t>
+      <t xml:space="preserve">107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 031 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.112.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1343,51 +1347,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">108.00</t>
+      <t xml:space="preserve">110.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 031 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.139.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1400,51 +1404,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">108.00</t>
+      <t xml:space="preserve">110.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 036 - 39 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.083.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1457,51 +1461,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">115.00</t>
+      <t xml:space="preserve">117.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 036 - 39 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.191.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1514,51 +1518,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">115.00</t>
+      <t xml:space="preserve">117.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 036 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.190.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1571,51 +1575,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">121.00</t>
+      <t xml:space="preserve">123.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 036 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.084.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1628,51 +1632,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">121.00</t>
+      <t xml:space="preserve">123.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 036 - 54 \ Вешалки-плечики для одежды больших размеров</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.259.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1685,51 +1689,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">135.00</t>
+      <t xml:space="preserve">138.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 030-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.087.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1742,51 +1746,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">141.00</t>
+      <t xml:space="preserve">144.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 030-40 \ Плечики (L-400мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.087.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1799,51 +1803,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">141.00</t>
+      <t xml:space="preserve">144.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 037-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.090.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1868,51 +1872,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 70 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.16</t>
+      <t xml:space="preserve">60.18</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 037-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.137.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1937,51 +1941,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 70 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.16</t>
+      <t xml:space="preserve">60.18</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 037-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.089.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1998,51 +2002,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">67.32</t>
+      <t xml:space="preserve">68.34</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 037-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.136.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -2059,51 +2063,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">67.32</t>
+      <t xml:space="preserve">68.34</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 037-12 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.082.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2128,51 +2132,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 42 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29.58</t>
+      <t xml:space="preserve">30.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CN 038-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.004.CH/BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
@@ -2189,51 +2193,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">42.84</t>
+      <t xml:space="preserve">43.86</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CN 038-40 \ Плечики (L-400мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.004.V2.CH/BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
@@ -2250,51 +2254,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">42.84</t>
+      <t xml:space="preserve">43.86</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CN 038-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.003.CH/BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
@@ -2311,51 +2315,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40.80</t>
+      <t xml:space="preserve">41.82</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CN 038-30 \ Плечики (L-300мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.003.V2.CH/BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
@@ -2372,51 +2376,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40.80</t>
+      <t xml:space="preserve">41.82</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CN 038-12 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.002.CH/BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
@@ -2498,51 +2502,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 6,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">141.00</t>
+      <t xml:space="preserve">144.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 057 \ Контурная вешалка для нижнего белья и купальников</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.103.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2559,51 +2563,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">424.00</t>
+      <t xml:space="preserve">432.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 2P-001 \ Вешалка для тапок и сланцев</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.185.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2624,51 +2628,51 @@
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: используется с трубой d-10 мм, d-25 мм, 30х15 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.16</t>
+      <t xml:space="preserve">60.18</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 2P-003 \ Вешалка для боксерских перчаток</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.193.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2693,51 +2697,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 152.3 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">122.00</t>
+      <t xml:space="preserve">124.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2480.WE \ Крючок-прищепка </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.106.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -2811,51 +2815,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 300шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">119.00</t>
+      <t xml:space="preserve">121.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешалка стальная из проволоки 8мм L420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.269.9006.20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебристый матовый</t>
@@ -2868,51 +2872,51 @@
       <t xml:space="preserve">
 Ширина плеча, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 300шт. </t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">175.00</t>
+      <t xml:space="preserve">179.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -2972,51 +2976,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ecfe564_6d18_11e7_9ffe_0025902b3cc1_2222.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5071c0ec_6d18_11e7_9ffe_0025902b3cc1_2233.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770dba99_80f8_11ed_859a_ac1f6b40b531_HNG223CHWH4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f8006b_80f8_11ed_859a_ac1f6b40b531_HNG223CHBL5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24ea0d24_fa36_11ed_907c_ac1f6b40b531_HNG223BLCHWH.resize26.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3256c2_1e25_11e5_a10e_0025902b3cc1_EB0D9F43_65AA_46F4_980A_358812A3F96C7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c03704_83c5_11e5_81c1_0025902b3cc1_13F45C30_04CB_4ED9_AEE9_4CA60225266F8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/308a7bd0_b38e_11e0_a476_003048f27c5f_F24E45C1_F719_4393_B3E2_263A9B6DE67A9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6c70966_ef13_11e4_afdc_0025902b3cc1_8000D2F9_16E0_4691_A191_5E10C3A9B0F410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f2dc94_8c0c_11e0_afc8_003048f27c5f_691DE778_8F47_4666_BDD1_9F69556095C011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3db7f4_83c5_11e5_81c1_0025902b3cc1_8936DF5F_E593_41FF_AF0E_E2949E580FF612.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a3def6d_ef15_11e4_afdc_0025902b3cc1_2090_wh13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d61d81_074c_11e0_99a4_003048f27c5f_916920BF_078B_4A0C_9A03_F199D81F928F14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d46960c_ef15_11e4_afdc_0025902b3cc1_D15FF0E0_FE5E_4A31_A84F_C54F13BFB52215.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ea_0100_11e0_b16f_003048d0c7fe_E214C4D9_A322_461D_BDF9_6C0A4E6560CC16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a240bcdc_ef15_11e4_afdc_0025902b3cc1_ED7EAC20_63A2_450C_A41E_3CD2EF3E4B1D17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93a9_02b0_11e0_b16f_003048d0c7fe_BA1E7F34_2963_4B77_AFC2_5C13F0C2BD3A18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c0f6ba3_8c12_11e8_ade2_0025902b3cc1_219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf9399_02b0_11e0_b16f_003048d0c7fe_0E05075B_9D1D_4135_B45C_6C9BF34E00E520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa041ec_fdef_11df_b16f_003048d0c7fe_75780585_8016_4816_BB03_3951ACA9626721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eea39c95_ef15_11e4_afdc_0025902b3cc1_8D00FC2A_E852_42ED_A115_B4BEEB1A7EB222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa041ef_fdef_11df_b16f_003048d0c7fe_3A3D2A0B_FC99_45BA_BC3F_36BF884D454223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/063aa6dc_ef16_11e4_afdc_0025902b3cc1_540019AC_58EC_450B_9AE0_8DEBD663046624.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd29_0427_11e0_99a4_003048f27c5f_D50A044F_E385_4C81_A6C3_DD86C0D56F9B25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c977b21_ef16_11e4_afdc_0025902b3cc1_629324F5_EC1E_4EA3_8BAF_E08906D6E3B226.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50f83282_ef16_11e4_afdc_0025902b3cc1_C6C23E62_8E69_49BD_8AB8_0CF9621CB32927.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e9f4b7f_02b0_11e0_b16f_003048d0c7fe_DFE97E70_AEBD_4B58_B2CA_77A8D7D2871728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd17473b_8c12_11e8_ade2_0025902b3cc1_129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf939c_02b0_11e0_b16f_003048d0c7fe_4AD27C15_295B_470C_A902_8A44D54DE6ED30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e83b7c1e_e372_11ed_85bb_ac1f6b40b531_HNG087WH31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294cb_fdef_11df_b16f_003048d0c7fe_09032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd4467ae_ef15_11e4_afdc_0025902b3cc1_13733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294c7_fdef_11df_b16f_003048d0c7fe_08934.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9905dc7_ef15_11e4_afdc_0025902b3cc1_13635.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cdf60a6_01cb_11e0_b16f_003048d0c7fe_08236.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f7f7b50_5aeb_11e5_a10e_0025902b3cc1_00437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02211544_fa36_11ed_907c_ac1f6b40b531_HNG004V2CH_BL38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1de26291_5aeb_11e5_a10e_0025902b3cc1_00339.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3cbb1a4_fa35_11ed_907c_ac1f6b40b531_HNG003V2CH_BL40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f42429_5aea_11e5_a10e_0025902b3cc1_00241.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8abc0b2_fea3_11df_b16f_003048d0c7fe_23FD49DC_7EE9_4883_96BA_1CFB617E520342.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d61f7be1_3803_11e0_b4b4_003048f27c5f_E7A70222_EA3D_4ACD_9AB9_A6C22C4D377443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adb58404_6040_11e4_a300_0025902b3cc1_D9964C8A_11AA_4F6F_A503_4B6CF1B7B66E44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b91957d_260a_11e5_a10e_0025902b3cc1_19345.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8232957d_fdef_11df_b16f_003048d0c7fe_21746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8047302_de27_11ea_80b7_0025902b3cc1_HNG_268_V0006_CH47.JPG"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b87a78f3_0fbd_11ec_80bc_0025902b3cc1_HNG_268_V0006_CH48.JPG"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ecfe564_6d18_11e7_9ffe_0025902b3cc1_2222.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5071c0ec_6d18_11e7_9ffe_0025902b3cc1_2233.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770dba99_80f8_11ed_859a_ac1f6b40b531_HNG223CHWH4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24ea0d24_fa36_11ed_907c_ac1f6b40b531_HNG223BLCHWH.resize25.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f8006b_80f8_11ed_859a_ac1f6b40b531_HNG223CHBL6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3256c2_1e25_11e5_a10e_0025902b3cc1_EB0D9F43_65AA_46F4_980A_358812A3F96C7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c03704_83c5_11e5_81c1_0025902b3cc1_13F45C30_04CB_4ED9_AEE9_4CA60225266F8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/308a7bd0_b38e_11e0_a476_003048f27c5f_F24E45C1_F719_4393_B3E2_263A9B6DE67A9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6c70966_ef13_11e4_afdc_0025902b3cc1_8000D2F9_16E0_4691_A191_5E10C3A9B0F410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f2dc94_8c0c_11e0_afc8_003048f27c5f_691DE778_8F47_4666_BDD1_9F69556095C011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3db7f4_83c5_11e5_81c1_0025902b3cc1_8936DF5F_E593_41FF_AF0E_E2949E580FF612.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a3def6d_ef15_11e4_afdc_0025902b3cc1_2090_wh13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d61d81_074c_11e0_99a4_003048f27c5f_916920BF_078B_4A0C_9A03_F199D81F928F14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d46960c_ef15_11e4_afdc_0025902b3cc1_D15FF0E0_FE5E_4A31_A84F_C54F13BFB52215.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ea_0100_11e0_b16f_003048d0c7fe_E214C4D9_A322_461D_BDF9_6C0A4E6560CC16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a240bcdc_ef15_11e4_afdc_0025902b3cc1_ED7EAC20_63A2_450C_A41E_3CD2EF3E4B1D17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93a9_02b0_11e0_b16f_003048d0c7fe_BA1E7F34_2963_4B77_AFC2_5C13F0C2BD3A18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c0f6ba3_8c12_11e8_ade2_0025902b3cc1_219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf9399_02b0_11e0_b16f_003048d0c7fe_0E05075B_9D1D_4135_B45C_6C9BF34E00E520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa041ec_fdef_11df_b16f_003048d0c7fe_75780585_8016_4816_BB03_3951ACA9626721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eea39c95_ef15_11e4_afdc_0025902b3cc1_8D00FC2A_E852_42ED_A115_B4BEEB1A7EB222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa041ef_fdef_11df_b16f_003048d0c7fe_3A3D2A0B_FC99_45BA_BC3F_36BF884D454223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/063aa6dc_ef16_11e4_afdc_0025902b3cc1_540019AC_58EC_450B_9AE0_8DEBD663046624.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd29_0427_11e0_99a4_003048f27c5f_D50A044F_E385_4C81_A6C3_DD86C0D56F9B25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c977b21_ef16_11e4_afdc_0025902b3cc1_629324F5_EC1E_4EA3_8BAF_E08906D6E3B226.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50f83282_ef16_11e4_afdc_0025902b3cc1_C6C23E62_8E69_49BD_8AB8_0CF9621CB32927.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e9f4b7f_02b0_11e0_b16f_003048d0c7fe_DFE97E70_AEBD_4B58_B2CA_77A8D7D2871728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd17473b_8c12_11e8_ade2_0025902b3cc1_129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf939c_02b0_11e0_b16f_003048d0c7fe_4AD27C15_295B_470C_A902_8A44D54DE6ED30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e83b7c1e_e372_11ed_85bb_ac1f6b40b531_HNG087WH31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294cb_fdef_11df_b16f_003048d0c7fe_09032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd4467ae_ef15_11e4_afdc_0025902b3cc1_13733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294c7_fdef_11df_b16f_003048d0c7fe_08934.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9905dc7_ef15_11e4_afdc_0025902b3cc1_13635.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cdf60a6_01cb_11e0_b16f_003048d0c7fe_08236.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f7f7b50_5aeb_11e5_a10e_0025902b3cc1_00437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02211544_fa36_11ed_907c_ac1f6b40b531_HNG004V2CH_BL38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1de26291_5aeb_11e5_a10e_0025902b3cc1_00339.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3cbb1a4_fa35_11ed_907c_ac1f6b40b531_HNG003V2CH_BL40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f42429_5aea_11e5_a10e_0025902b3cc1_00241.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8abc0b2_fea3_11df_b16f_003048d0c7fe_23FD49DC_7EE9_4883_96BA_1CFB617E520342.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d61f7be1_3803_11e0_b4b4_003048f27c5f_E7A70222_EA3D_4ACD_9AB9_A6C22C4D377443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adb58404_6040_11e4_a300_0025902b3cc1_D9964C8A_11AA_4F6F_A503_4B6CF1B7B66E44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b91957d_260a_11e5_a10e_0025902b3cc1_19345.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8232957d_fdef_11df_b16f_003048d0c7fe_21746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8047302_de27_11ea_80b7_0025902b3cc1_HNG_268_V0006_CH47.JPG"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b87a78f3_0fbd_11ec_80bc_0025902b3cc1_HNG_268_V0006_CH48.JPG"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4756,51 +4760,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">01.04.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -4958,173 +4962,173 @@
             <t xml:space="preserve">
 Длина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34.68</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CN 029-40 \ Плечики (L-400мм)</t>
-[...7 lines deleted...]
-Цвет: хром/черный</t>
+            <t xml:space="preserve">CN 029-40 \ Плечики (L-400мм) </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.223BL.CH.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром/белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34.68</t>
+            <t xml:space="preserve">31.62</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CN 029-40 \ Плечики (L-400мм) </t>
-[...7 lines deleted...]
-Цвет: хром/белый</t>
+            <t xml:space="preserve">CN 029-40 \ Плечики (L-400мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.223.CH.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром/черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30.60</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2030 WE \ Вешалки-плечики для детской одежды</t>
           </r>
@@ -5152,51 +5156,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 64 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">51.00</t>
+            <t xml:space="preserve">52.02</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2030 WE \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5222,51 +5226,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 64 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">51.00</t>
+            <t xml:space="preserve">52.02</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2040 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.100.BL</t>
           </r>
@@ -5282,51 +5286,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">70.38</t>
+            <t xml:space="preserve">71.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2040 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5344,51 +5348,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">74.46</t>
+            <t xml:space="preserve">75.48</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2060 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.101.BL</t>
           </r>
@@ -5412,51 +5416,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 66 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.04</t>
+            <t xml:space="preserve">54.06</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2060 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5482,115 +5486,119 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 66 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">57.12</t>
+            <t xml:space="preserve">58.14</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2090.WE \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.133.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 13</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 84 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">63.24</t>
+            <t xml:space="preserve">64.26</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2090.WE \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5616,51 +5624,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 84 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">63.24</t>
+            <t xml:space="preserve">64.26</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2230.WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.134.WH</t>
           </r>
@@ -5676,51 +5684,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.76</t>
+            <t xml:space="preserve">91.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2230.WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5738,51 +5746,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.76</t>
+            <t xml:space="preserve">91.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2240.WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.135.WH</t>
           </r>
@@ -5798,51 +5806,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">94.86</t>
+            <t xml:space="preserve">96.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2240.WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5860,51 +5868,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">94.86</t>
+            <t xml:space="preserve">96.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2254.WE \ Вешалки-плечики для одежды больших размеров</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.258.BL</t>
           </r>
@@ -5920,51 +5928,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108.00</t>
+            <t xml:space="preserve">110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 028 - 41 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5982,51 +5990,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">105.00</t>
+            <t xml:space="preserve">107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 031 - 39 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.111.BL</t>
           </r>
@@ -6042,51 +6050,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">105.00</t>
+            <t xml:space="preserve">107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 031 - 39 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6104,51 +6112,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">105.00</t>
+            <t xml:space="preserve">107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 031 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.112.BL</t>
           </r>
@@ -6164,51 +6172,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108.00</t>
+            <t xml:space="preserve">110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 031 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6226,51 +6234,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108.00</t>
+            <t xml:space="preserve">110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 036 - 39 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.083.BL</t>
           </r>
@@ -6286,51 +6294,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">115.00</t>
+            <t xml:space="preserve">117.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 036 - 39 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6348,51 +6356,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">115.00</t>
+            <t xml:space="preserve">117.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 036 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.190.WH</t>
           </r>
@@ -6408,51 +6416,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">121.00</t>
+            <t xml:space="preserve">123.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 036 - 45 \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6470,51 +6478,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">121.00</t>
+            <t xml:space="preserve">123.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 036 - 54 \ Вешалки-плечики для одежды больших размеров</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.259.BL</t>
           </r>
@@ -6530,51 +6538,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 33</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">135.00</t>
+            <t xml:space="preserve">138.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 030-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6592,51 +6600,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">141.00</t>
+            <t xml:space="preserve">144.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 030-40 \ Плечики (L-400мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.087.WH</t>
           </r>
@@ -6652,51 +6660,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">141.00</t>
+            <t xml:space="preserve">144.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 037-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6726,51 +6734,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 70 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.16</t>
+            <t xml:space="preserve">60.18</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 037-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.137.WH</t>
           </r>
@@ -6798,51 +6806,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 70 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.16</t>
+            <t xml:space="preserve">60.18</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 037-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6864,51 +6872,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">67.32</t>
+            <t xml:space="preserve">68.34</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 037-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.136.WH</t>
           </r>
@@ -6928,51 +6936,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">67.32</t>
+            <t xml:space="preserve">68.34</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 037-12 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7002,51 +7010,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 42 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29.58</t>
+            <t xml:space="preserve">30.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CN 038-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.004.CH/BL</t>
           </r>
@@ -7066,51 +7074,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">42.84</t>
+            <t xml:space="preserve">43.86</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CN 038-40 \ Плечики (L-400мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7132,51 +7140,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">42.84</t>
+            <t xml:space="preserve">43.86</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CN 038-30 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.003.CH/BL</t>
           </r>
@@ -7196,51 +7204,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40.80</t>
+            <t xml:space="preserve">41.82</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CN 038-30 \ Плечики (L-300мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7262,51 +7270,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40.80</t>
+            <t xml:space="preserve">41.82</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CN 038-12 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.002.CH/BL</t>
           </r>
@@ -7396,51 +7404,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 6,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">141.00</t>
+            <t xml:space="preserve">144.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 057 \ Контурная вешалка для нижнего белья и купальников</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.103.CH</t>
           </r>
@@ -7460,51 +7468,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">424.00</t>
+            <t xml:space="preserve">432.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 2P-001 \ Вешалка для тапок и сланцев</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7530,51 +7538,51 @@
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: используется с трубой d-10 мм, d-25 мм, 30х15 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.16</t>
+            <t xml:space="preserve">60.18</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 2P-003 \ Вешалка для боксерских перчаток</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.193.CH</t>
           </r>
@@ -7602,51 +7610,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 152.3 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">122.00</t>
+            <t xml:space="preserve">124.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2480.WE \ Крючок-прищепка </t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7728,51 +7736,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 300шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">119.00</t>
+            <t xml:space="preserve">121.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешалка стальная из проволоки 8мм L420</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7790,51 +7798,51 @@
             <t xml:space="preserve">
 Ширина плеча, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 300шт. </t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">175.00</t>
+            <t xml:space="preserve">179.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>