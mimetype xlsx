--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -233,192 +233,188 @@
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">CN 029-40 \ Плечики (L-400мм) </t>
-[...7 lines deleted...]
-Цвет: хром/белый</t>
+      <t xml:space="preserve">CN 029-40 \ Плечики (L-400мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.223.CH.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром/черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">31.62</t>
+      <t xml:space="preserve">35.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">CN 029-40 \ Плечики (L-400мм)</t>
-[...7 lines deleted...]
-Цвет: хром/черный</t>
+      <t xml:space="preserve">CN 029-40 \ Плечики (L-400мм) </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HNG.223BL.CH.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром/белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35.70</t>
+      <t xml:space="preserve">31.62</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2030 WE \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.192.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 64 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">52.02</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -436,54 +432,50 @@
       </rPr>
       <t xml:space="preserve">2030 WE \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.194.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: Металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 64 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">52.02</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -615,54 +607,50 @@
       </rPr>
       <t xml:space="preserve">2060 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.101.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 460</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 66 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">54.06</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -680,54 +668,50 @@
       </rPr>
       <t xml:space="preserve">2060 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.195.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 460</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 66 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">58.14</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -745,54 +729,50 @@
       </rPr>
       <t xml:space="preserve">2090.WE \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.133.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 84 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">64.26</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -810,54 +790,50 @@
       </rPr>
       <t xml:space="preserve">2090.WE \ Вешалки-плечики для детской одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.107.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 84 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">64.26</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -1848,54 +1824,50 @@
       <t xml:space="preserve">
 Артикул: HNG.090.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 2,3\23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 70 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">60.18</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -1917,54 +1889,50 @@
       <t xml:space="preserve">
 Артикул: HNG.137.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 2,3\23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 70 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">60.18</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2108,54 +2076,50 @@
       <t xml:space="preserve">
 Артикул: HNG.082.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 2,3\23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 42 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">30.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2421,54 +2385,50 @@
       <t xml:space="preserve">
 Артикул: HNG.002.CH/BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 2\23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 22.9 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">19.38</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -2670,54 +2630,50 @@
       <t xml:space="preserve">WS 2P-003 \ Вешалка для боксерских перчаток</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.193.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 3,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металлические</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 152.3 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">124.00</t>
     </r>
@@ -2976,51 +2932,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ecfe564_6d18_11e7_9ffe_0025902b3cc1_2222.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5071c0ec_6d18_11e7_9ffe_0025902b3cc1_2233.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770dba99_80f8_11ed_859a_ac1f6b40b531_HNG223CHWH4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24ea0d24_fa36_11ed_907c_ac1f6b40b531_HNG223BLCHWH.resize25.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f8006b_80f8_11ed_859a_ac1f6b40b531_HNG223CHBL6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3256c2_1e25_11e5_a10e_0025902b3cc1_EB0D9F43_65AA_46F4_980A_358812A3F96C7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c03704_83c5_11e5_81c1_0025902b3cc1_13F45C30_04CB_4ED9_AEE9_4CA60225266F8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/308a7bd0_b38e_11e0_a476_003048f27c5f_F24E45C1_F719_4393_B3E2_263A9B6DE67A9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6c70966_ef13_11e4_afdc_0025902b3cc1_8000D2F9_16E0_4691_A191_5E10C3A9B0F410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f2dc94_8c0c_11e0_afc8_003048f27c5f_691DE778_8F47_4666_BDD1_9F69556095C011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3db7f4_83c5_11e5_81c1_0025902b3cc1_8936DF5F_E593_41FF_AF0E_E2949E580FF612.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a3def6d_ef15_11e4_afdc_0025902b3cc1_2090_wh13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d61d81_074c_11e0_99a4_003048f27c5f_916920BF_078B_4A0C_9A03_F199D81F928F14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d46960c_ef15_11e4_afdc_0025902b3cc1_D15FF0E0_FE5E_4A31_A84F_C54F13BFB52215.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ea_0100_11e0_b16f_003048d0c7fe_E214C4D9_A322_461D_BDF9_6C0A4E6560CC16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a240bcdc_ef15_11e4_afdc_0025902b3cc1_ED7EAC20_63A2_450C_A41E_3CD2EF3E4B1D17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93a9_02b0_11e0_b16f_003048d0c7fe_BA1E7F34_2963_4B77_AFC2_5C13F0C2BD3A18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c0f6ba3_8c12_11e8_ade2_0025902b3cc1_219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf9399_02b0_11e0_b16f_003048d0c7fe_0E05075B_9D1D_4135_B45C_6C9BF34E00E520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa041ec_fdef_11df_b16f_003048d0c7fe_75780585_8016_4816_BB03_3951ACA9626721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eea39c95_ef15_11e4_afdc_0025902b3cc1_8D00FC2A_E852_42ED_A115_B4BEEB1A7EB222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa041ef_fdef_11df_b16f_003048d0c7fe_3A3D2A0B_FC99_45BA_BC3F_36BF884D454223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/063aa6dc_ef16_11e4_afdc_0025902b3cc1_540019AC_58EC_450B_9AE0_8DEBD663046624.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd29_0427_11e0_99a4_003048f27c5f_D50A044F_E385_4C81_A6C3_DD86C0D56F9B25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c977b21_ef16_11e4_afdc_0025902b3cc1_629324F5_EC1E_4EA3_8BAF_E08906D6E3B226.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50f83282_ef16_11e4_afdc_0025902b3cc1_C6C23E62_8E69_49BD_8AB8_0CF9621CB32927.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e9f4b7f_02b0_11e0_b16f_003048d0c7fe_DFE97E70_AEBD_4B58_B2CA_77A8D7D2871728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd17473b_8c12_11e8_ade2_0025902b3cc1_129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf939c_02b0_11e0_b16f_003048d0c7fe_4AD27C15_295B_470C_A902_8A44D54DE6ED30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e83b7c1e_e372_11ed_85bb_ac1f6b40b531_HNG087WH31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294cb_fdef_11df_b16f_003048d0c7fe_09032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd4467ae_ef15_11e4_afdc_0025902b3cc1_13733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294c7_fdef_11df_b16f_003048d0c7fe_08934.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9905dc7_ef15_11e4_afdc_0025902b3cc1_13635.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cdf60a6_01cb_11e0_b16f_003048d0c7fe_08236.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f7f7b50_5aeb_11e5_a10e_0025902b3cc1_00437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02211544_fa36_11ed_907c_ac1f6b40b531_HNG004V2CH_BL38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1de26291_5aeb_11e5_a10e_0025902b3cc1_00339.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3cbb1a4_fa35_11ed_907c_ac1f6b40b531_HNG003V2CH_BL40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f42429_5aea_11e5_a10e_0025902b3cc1_00241.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8abc0b2_fea3_11df_b16f_003048d0c7fe_23FD49DC_7EE9_4883_96BA_1CFB617E520342.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d61f7be1_3803_11e0_b4b4_003048f27c5f_E7A70222_EA3D_4ACD_9AB9_A6C22C4D377443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adb58404_6040_11e4_a300_0025902b3cc1_D9964C8A_11AA_4F6F_A503_4B6CF1B7B66E44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b91957d_260a_11e5_a10e_0025902b3cc1_19345.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8232957d_fdef_11df_b16f_003048d0c7fe_21746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8047302_de27_11ea_80b7_0025902b3cc1_HNG_268_V0006_CH47.JPG"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b87a78f3_0fbd_11ec_80bc_0025902b3cc1_HNG_268_V0006_CH48.JPG"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ecfe564_6d18_11e7_9ffe_0025902b3cc1_2222.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5071c0ec_6d18_11e7_9ffe_0025902b3cc1_2233.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770dba99_80f8_11ed_859a_ac1f6b40b531_HNG223CHWH4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1f8006b_80f8_11ed_859a_ac1f6b40b531_HNG223CHBL5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24ea0d24_fa36_11ed_907c_ac1f6b40b531_HNG223BLCHWH.resize26.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba3256c2_1e25_11e5_a10e_0025902b3cc1_EB0D9F43_65AA_46F4_980A_358812A3F96C7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2c03704_83c5_11e5_81c1_0025902b3cc1_13F45C30_04CB_4ED9_AEE9_4CA60225266F8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/308a7bd0_b38e_11e0_a476_003048f27c5f_F24E45C1_F719_4393_B3E2_263A9B6DE67A9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6c70966_ef13_11e4_afdc_0025902b3cc1_8000D2F9_16E0_4691_A191_5E10C3A9B0F410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f2dc94_8c0c_11e0_afc8_003048f27c5f_691DE778_8F47_4666_BDD1_9F69556095C011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf3db7f4_83c5_11e5_81c1_0025902b3cc1_8936DF5F_E593_41FF_AF0E_E2949E580FF612.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a3def6d_ef15_11e4_afdc_0025902b3cc1_2090_wh13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d61d81_074c_11e0_99a4_003048f27c5f_916920BF_078B_4A0C_9A03_F199D81F928F14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d46960c_ef15_11e4_afdc_0025902b3cc1_D15FF0E0_FE5E_4A31_A84F_C54F13BFB52215.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ea_0100_11e0_b16f_003048d0c7fe_E214C4D9_A322_461D_BDF9_6C0A4E6560CC16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a240bcdc_ef15_11e4_afdc_0025902b3cc1_ED7EAC20_63A2_450C_A41E_3CD2EF3E4B1D17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93a9_02b0_11e0_b16f_003048d0c7fe_BA1E7F34_2963_4B77_AFC2_5C13F0C2BD3A18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c0f6ba3_8c12_11e8_ade2_0025902b3cc1_219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf9399_02b0_11e0_b16f_003048d0c7fe_0E05075B_9D1D_4135_B45C_6C9BF34E00E520.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa041ec_fdef_11df_b16f_003048d0c7fe_75780585_8016_4816_BB03_3951ACA9626721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eea39c95_ef15_11e4_afdc_0025902b3cc1_8D00FC2A_E852_42ED_A115_B4BEEB1A7EB222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa041ef_fdef_11df_b16f_003048d0c7fe_3A3D2A0B_FC99_45BA_BC3F_36BF884D454223.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/063aa6dc_ef16_11e4_afdc_0025902b3cc1_540019AC_58EC_450B_9AE0_8DEBD663046624.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44afbd29_0427_11e0_99a4_003048f27c5f_D50A044F_E385_4C81_A6C3_DD86C0D56F9B25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c977b21_ef16_11e4_afdc_0025902b3cc1_629324F5_EC1E_4EA3_8BAF_E08906D6E3B226.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50f83282_ef16_11e4_afdc_0025902b3cc1_C6C23E62_8E69_49BD_8AB8_0CF9621CB32927.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e9f4b7f_02b0_11e0_b16f_003048d0c7fe_DFE97E70_AEBD_4B58_B2CA_77A8D7D2871728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd17473b_8c12_11e8_ade2_0025902b3cc1_129.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf939c_02b0_11e0_b16f_003048d0c7fe_4AD27C15_295B_470C_A902_8A44D54DE6ED30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e83b7c1e_e372_11ed_85bb_ac1f6b40b531_HNG087WH31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294cb_fdef_11df_b16f_003048d0c7fe_09032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd4467ae_ef15_11e4_afdc_0025902b3cc1_13733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294c7_fdef_11df_b16f_003048d0c7fe_08934.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9905dc7_ef15_11e4_afdc_0025902b3cc1_13635.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cdf60a6_01cb_11e0_b16f_003048d0c7fe_08236.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f7f7b50_5aeb_11e5_a10e_0025902b3cc1_00437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02211544_fa36_11ed_907c_ac1f6b40b531_HNG004V2CH_BL38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1de26291_5aeb_11e5_a10e_0025902b3cc1_00339.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3cbb1a4_fa35_11ed_907c_ac1f6b40b531_HNG003V2CH_BL40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f42429_5aea_11e5_a10e_0025902b3cc1_00241.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8abc0b2_fea3_11df_b16f_003048d0c7fe_23FD49DC_7EE9_4883_96BA_1CFB617E520342.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d61f7be1_3803_11e0_b4b4_003048f27c5f_E7A70222_EA3D_4ACD_9AB9_A6C22C4D377443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adb58404_6040_11e4_a300_0025902b3cc1_D9964C8A_11AA_4F6F_A503_4B6CF1B7B66E44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b91957d_260a_11e5_a10e_0025902b3cc1_19345.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8232957d_fdef_11df_b16f_003048d0c7fe_21746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8047302_de27_11ea_80b7_0025902b3cc1_HNG_268_V0006_CH47.JPG"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b87a78f3_0fbd_11ec_80bc_0025902b3cc1_HNG_268_V0006_CH48.JPG"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4986,197 +4942,193 @@
             </rPr>
             <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CN 029-40 \ Плечики (L-400мм) </t>
-[...7 lines deleted...]
-Цвет: хром/белый</t>
+            <t xml:space="preserve">CN 029-40 \ Плечики (L-400мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.223.CH.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром/черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31.62</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CN 029-40 \ Плечики (L-400мм)</t>
-[...7 lines deleted...]
-Цвет: хром/черный</t>
+            <t xml:space="preserve">CN 029-40 \ Плечики (L-400мм) </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.223BL.CH.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром/белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35.70</t>
+            <t xml:space="preserve">31.62</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2030 WE \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.192.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Металлические</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 64 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">52.02</t>
           </r>
@@ -5202,54 +5154,50 @@
             </rPr>
             <t xml:space="preserve">2030 WE \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.194.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: Металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 64 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">52.02</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -5392,54 +5340,50 @@
             </rPr>
             <t xml:space="preserve">2060 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.101.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 460</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 66 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">54.06</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -5462,54 +5406,50 @@
             </rPr>
             <t xml:space="preserve">2060 WE \ Металлические вешалки-плечики для одежды (обрезиненные)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.195.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 460</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 66 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">58.14</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -5527,54 +5467,50 @@
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2090.WE \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.133.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 13</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 84 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">64.26</t>
           </r>
@@ -5600,54 +5536,50 @@
             </rPr>
             <t xml:space="preserve">2090.WE \ Вешалки-плечики для детской одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.107.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 13</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 60</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 84 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">64.26</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -6710,54 +6642,50 @@
             <t xml:space="preserve">
 Артикул: HNG.090.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 2,3\23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 70 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">60.18</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -6779,54 +6707,50 @@
             <t xml:space="preserve">WS 037-40 \ Металлические вешалки-плечики с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.137.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 2,3\23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 70 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">60.18</t>
           </r>
@@ -6986,54 +6910,50 @@
             <t xml:space="preserve">
 Артикул: HNG.082.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 2,3\23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 42 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">30.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -7318,54 +7238,50 @@
             <t xml:space="preserve">
 Артикул: HNG.002.CH/BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром/черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 2\23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана: без прищепки (пруток) / с прищепкой</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 22.9 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">19.38</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -7583,54 +7499,50 @@
             <t xml:space="preserve">WS 2P-003 \ Вешалка для боксерских перчаток</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.193.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 3,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металлические</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 152.3 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">124.00</t>
           </r>