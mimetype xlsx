--- v0 (2025-12-05)
+++ v1 (2026-02-16)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.03.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Вешалки и плечики для одежды деревянные</t>
   </si>
   <si>
     <t>Вешалки и плечики для одежды деревянные всегда актуальны.
 Магазины и бренды представляющие классическую одежду отдают предпочтение именно деревянным вешалкам.
 Плечики деревянные подходят для демонстрации верхней одежды, костюмов, а также другой одежды.
 Для пиджаков, курток, шуб — крепкие и широкие вешалки-плечики с поперечной планкой. Вешалки с зажимами (прищепками) позволяют легко закрепить брюки и юбки (зажимы для большей надёжности имеют прорезиненную поверхность и не повредят одежду).
 Все модели плечиков и вешалок деревянных для одежды покрыты лаком.
 Цвета: черные, белые, светлое, тёмное дерево.
 У нас вы можете купить вешалки и плечики деревянные оптом от лучших производителей. На крупные заказы предусмотрены скидки.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
@@ -103,51 +103,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">260.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.110.TD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: темное дерево</t>
@@ -164,51 +164,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">250.00</t>
+      <t xml:space="preserve">255.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.110.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -225,51 +225,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">260.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">H6-55 \Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.110.WD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светлое дерево</t>
@@ -286,51 +286,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">250.00</t>
+      <t xml:space="preserve">255.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.091.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -347,51 +347,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">196.00</t>
+      <t xml:space="preserve">200.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.091.WD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светлое дерево</t>
@@ -408,51 +408,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">189.00</t>
+      <t xml:space="preserve">193.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.091.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -469,51 +469,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">196.00</t>
+      <t xml:space="preserve">200.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 006 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.093.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -530,51 +530,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана без прищепки / с прищепкой. Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">138.00</t>
+      <t xml:space="preserve">141.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 006 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.093.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -591,51 +591,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана без прищепки / с прищепкой. Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">138.00</t>
+      <t xml:space="preserve">141.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 006 \ Плечики (L-375мм) </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.093.WD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светлое дерево</t>
@@ -652,51 +652,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана без прищепки / с прищепкой. Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">133.00</t>
+      <t xml:space="preserve">136.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 006 \  Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.093.320.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -713,112 +713,112 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина плеча указана без прищепки / с прищепкой. Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">130.00</t>
+      <t xml:space="preserve">133.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66B \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.184.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 96</t>
+Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">108.00</t>
+      <t xml:space="preserve">110.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66B \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.196.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -835,173 +835,173 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">108.00</t>
+      <t xml:space="preserve">110.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66B \ Деревянные вешалки-плечики для детской одежды (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: HNG.224.WH</t>
-[...3 lines deleted...]
-Цвет: белый</t>
+Артикул: HNG.224.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">107.00</t>
+      <t xml:space="preserve">109.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66B \ Деревянные вешалки-плечики для детской одежды (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: HNG.224.BL</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: HNG.224.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">107.00</t>
+      <t xml:space="preserve">109.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66B \ Плечики (L-340мм, с перекладиной) (2 сорт)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: B.HNG.224.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1083,51 +1083,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">96.90</t>
+      <t xml:space="preserve">98.94</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.118.WD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светлое дерево</t>
@@ -1144,51 +1144,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">92.82</t>
+      <t xml:space="preserve">94.86</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">WS 010 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.092.WD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: светлое дерево</t>
@@ -1205,51 +1205,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">114.00</t>
+      <t xml:space="preserve">116.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66 NB \ Вешалки-плечики для одежды деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.179.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1266,51 +1266,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">106.00</t>
+      <t xml:space="preserve">108.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P-66 NB \ Вешалки-плечики для одежды деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.179.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -1327,51 +1327,51 @@
       <t xml:space="preserve">
 Материал: деревянные</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">106.00</t>
+      <t xml:space="preserve">108.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -1431,51 +1431,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d0cec9_8d3d_11eb_80bc_0025902b3cc1_plechiki_veshalki_hng110bk2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad27_fdef_11df_b16f_003048d0c7fe_54EAD825_1FDA_4091_A0EB_BBEF79DC1F8A3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186a2302_5d12_11ee_907c_ac1f6b40b531_HNG110WH_14.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/627d37d3_e1e8_11ee_a821_0050569cf81d_HNG110WD_1085.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e617f284_034b_11ed_9b20_ac1f6b40b531_HNG092WD6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67afad2b_074c_11e0_99a4_003048f27c5f_FFB4689D_EF94_456B_A353_4291541D0B7A7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20089cda_caea_11e8_a710_0025902b3cc1_WS_0098.JPG"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20197900_5026_11e3_baa0_0025902b3cc1_D1A97F53_237A_4FD5_9F48_452478F39B1A9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ca9ad4a_5026_11e3_baa0_0025902b3cc1_0675F806_A108_43C7_8507_42206CDC227C10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ec40313_e373_11ed_85bb_ac1f6b40b531_HNG093WD11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddd3b697_e1e7_11ee_a821_0050569cf81d_HNG093320WH-_1_12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62aaf5ce_5383_11e4_9ca4_0025902b3cc1_D2EDB982_C296_407B_9BE8_D1EB89CC8B1C13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/097857c4_83c6_11e5_81c1_0025902b3cc1_563D140A_B51E_4602_802F_7B9E933548E814.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9eef4c_8321_11e7_9ffe_0025902b3cc1_215.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33ef87e4_8321_11e7_9ffe_0025902b3cc1_116.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1407cf84_c23a_11e8_a710_0025902b3cc1_B_HNG_224_WH17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6140038_ab9f_11e8_a710_0025902b3cc1_HNG_224_WD18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294ed_fdef_11df_b16f_003048d0c7fe_3BB16D3C_D232_4310_9DEF_335DA52DE6FB19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93a5_02b0_11e0_b16f_003048d0c7fe_F65601EF_BD25_437C_9421_3C703086473420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1cbb4d4_5026_11e3_baa0_0025902b3cc1_5F564F5B_BB22_48D8_9B5C_67CB3F220ECF21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4e0e72e_5026_11e3_baa0_0025902b3cc1_121211122.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d0cec9_8d3d_11eb_80bc_0025902b3cc1_plechiki_veshalki_hng110bk2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad27_fdef_11df_b16f_003048d0c7fe_54EAD825_1FDA_4091_A0EB_BBEF79DC1F8A3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186a2302_5d12_11ee_907c_ac1f6b40b531_HNG110WH_14.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/627d37d3_e1e8_11ee_a821_0050569cf81d_HNG110WD_1085.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e617f284_034b_11ed_9b20_ac1f6b40b531_HNG092WD6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67afad2b_074c_11e0_99a4_003048f27c5f_FFB4689D_EF94_456B_A353_4291541D0B7A7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20089cda_caea_11e8_a710_0025902b3cc1_WS_0098.JPG"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20197900_5026_11e3_baa0_0025902b3cc1_D1A97F53_237A_4FD5_9F48_452478F39B1A9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ca9ad4a_5026_11e3_baa0_0025902b3cc1_0675F806_A108_43C7_8507_42206CDC227C10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ec40313_e373_11ed_85bb_ac1f6b40b531_HNG093WD11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddd3b697_e1e7_11ee_a821_0050569cf81d_HNG093320WH-_1_12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62aaf5ce_5383_11e4_9ca4_0025902b3cc1_D2EDB982_C296_407B_9BE8_D1EB89CC8B1C13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/097857c4_83c6_11e5_81c1_0025902b3cc1_563D140A_B51E_4602_802F_7B9E933548E814.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33ef87e4_8321_11e7_9ffe_0025902b3cc1_115.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9eef4c_8321_11e7_9ffe_0025902b3cc1_216.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1407cf84_c23a_11e8_a710_0025902b3cc1_B_HNG_224_WH17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6140038_ab9f_11e8_a710_0025902b3cc1_HNG_224_WD18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294ed_fdef_11df_b16f_003048d0c7fe_3BB16D3C_D232_4310_9DEF_335DA52DE6FB19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98cf93a5_02b0_11e0_b16f_003048d0c7fe_F65601EF_BD25_437C_9421_3C703086473420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1cbb4d4_5026_11e3_baa0_0025902b3cc1_5F564F5B_BB22_48D8_9B5C_67CB3F220ECF21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4e0e72e_5026_11e3_baa0_0025902b3cc1_121211122.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2435,51 +2435,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.03.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2519,51 +2519,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.110.TD</t>
           </r>
@@ -2583,51 +2583,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">250.00</t>
+            <t xml:space="preserve">255.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H6-55 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2649,51 +2649,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H6-55 \Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.110.WD</t>
           </r>
@@ -2713,51 +2713,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются по 1 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">250.00</t>
+            <t xml:space="preserve">255.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2779,51 +2779,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">196.00</t>
+            <t xml:space="preserve">200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.091.WD</t>
           </r>
@@ -2843,51 +2843,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">189.00</t>
+            <t xml:space="preserve">193.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 009 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2909,51 +2909,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">196.00</t>
+            <t xml:space="preserve">200.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 006 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.093.WH</t>
           </r>
@@ -2973,51 +2973,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана без прищепки / с прищепкой. Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">138.00</t>
+            <t xml:space="preserve">141.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 006 \ Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3039,51 +3039,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана без прищепки / с прищепкой. Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">138.00</t>
+            <t xml:space="preserve">141.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 006 \ Плечики (L-375мм) </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.093.WD</t>
           </r>
@@ -3103,51 +3103,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана без прищепки / с прищепкой. Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">133.00</t>
+            <t xml:space="preserve">136.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 006 \  Деревянные вешалки-плечики для одежды с прищепками (зажимами)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3169,115 +3169,115 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина плеча указана без прищепки / с прищепкой. Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">130.00</t>
+            <t xml:space="preserve">133.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66B \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.184.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 96</t>
+Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108.00</t>
+            <t xml:space="preserve">110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66B \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3299,181 +3299,181 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">108.00</t>
+            <t xml:space="preserve">110.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66B \ Деревянные вешалки-плечики для детской одежды (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.224.WH</t>
-[...3 lines deleted...]
-Цвет: белый</t>
+Артикул: HNG.224.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">107.00</t>
+            <t xml:space="preserve">109.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66B \ Деревянные вешалки-плечики для детской одежды (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: HNG.224.BL</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: HNG.224.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">107.00</t>
+            <t xml:space="preserve">109.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66B \ Плечики (L-340мм, с перекладиной) (2 сорт)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: B.HNG.224.WH</t>
           </r>
@@ -3563,51 +3563,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">96.90</t>
+            <t xml:space="preserve">98.94</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.118.WD</t>
           </r>
@@ -3627,51 +3627,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 6 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">92.82</t>
+            <t xml:space="preserve">94.86</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">WS 010 \ Вешалки-плечики для одежды деревянные (с перекладиной)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3693,51 +3693,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 3 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 96</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">114.00</t>
+            <t xml:space="preserve">116.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66 NB \ Вешалки-плечики для одежды деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.179.BL</t>
           </r>
@@ -3757,51 +3757,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">106.00</t>
+            <t xml:space="preserve">108.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P-66 NB \ Вешалки-плечики для одежды деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3823,51 +3823,51 @@
             <t xml:space="preserve">
 Материал: деревянные</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Продаются комплектами по 5 шт. Цена указана за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">106.00</t>
+            <t xml:space="preserve">108.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>