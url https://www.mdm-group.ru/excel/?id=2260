--- v0 (2025-12-05)
+++ v1 (2026-03-09)
@@ -15,51 +15,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">30.11.2023</t>
     </r>
   </si>
   <si>
     <t>Пластиковые плечики для одежды Mainetti (Италия)</t>
   </si>
   <si>
     <t>Пластиковые плечики и вешалки Mainetti производятся в Италии одним из крупнейших мировых производителей вешалок — компанией Mainetti Spa.
@@ -214,107 +214,50 @@
 Ширина плеча, мм: 53</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластиковые</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">82.13</t>
-    </r>
-[...55 lines deleted...]
-      <t xml:space="preserve">184.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CL 39 \ Пластиковые вешалки-плечики (Италия)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HNG.246.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1005,51 +948,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b43256bf_0100_11e0_b16f_003048d0c7fe_AE775523_7C70_43B4_9CA1_33EE3E941D762.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c45663e_0100_11e0_b16f_003048d0c7fe_AT_403.JPG"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e2fd_fea3_11df_b16f_003048d0c7fe_AT_45_14.JPG"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1aeeac41_3ee3_11e8_ade2_0025902b3cc1_15.JPG"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8499622f_3ee3_11e8_ade2_0025902b3cc1_HNG_246_BL_26.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4c5f8_fea3_11df_b16f_003048d0c7fe_HNG_075_BL_27.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/639b0bd1_35b1_11e0_af9a_d3dd3d98c32b_18.JPG"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4d9_0100_11e0_b16f_003048d0c7fe_EC_38_29.JPG"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da275176_3ee3_11e8_ade2_0025902b3cc1_110.JPG"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d294f4_081b_11e0_99a4_003048f27c5f_111.JPG"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c2a976_0c07_11e0_99a4_003048f27c5f_112.JPG"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00637786_3ee4_11e8_ade2_0025902b3cc1_113.JPG"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12be597e_3ee4_11e8_ade2_0025902b3cc1_114.JPG"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d0ed7cf_3ee4_11e8_ade2_0025902b3cc1_HNG_254_WH_215.JPG"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ff88c80_3ee4_11e8_ade2_0025902b3cc1_HNG_255_WH_216.JPG"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b43256bf_0100_11e0_b16f_003048d0c7fe_AE775523_7C70_43B4_9CA1_33EE3E941D762.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c45663e_0100_11e0_b16f_003048d0c7fe_AT_403.JPG"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88e2fd_fea3_11df_b16f_003048d0c7fe_AT_45_14.JPG"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8499622f_3ee3_11e8_ade2_0025902b3cc1_HNG_246_BL_25.JPG"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4c5f8_fea3_11df_b16f_003048d0c7fe_HNG_075_BL_26.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/639b0bd1_35b1_11e0_af9a_d3dd3d98c32b_17.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4d9_0100_11e0_b16f_003048d0c7fe_EC_38_28.JPG"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da275176_3ee3_11e8_ade2_0025902b3cc1_19.JPG"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d294f4_081b_11e0_99a4_003048f27c5f_110.JPG"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c2a976_0c07_11e0_99a4_003048f27c5f_111.JPG"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00637786_3ee4_11e8_ade2_0025902b3cc1_112.JPG"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12be597e_3ee4_11e8_ade2_0025902b3cc1_113.JPG"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d0ed7cf_3ee4_11e8_ade2_0025902b3cc1_HNG_254_WH_214.JPG"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ff88c80_3ee4_11e8_ade2_0025902b3cc1_HNG_255_WH_215.JPG"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1460,80 +1403,50 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1787,54 +1700,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z14"/>
+  <dimension ref="A1:Z13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B14" sqref="B14"/>
+      <selection activeCell="D13" sqref="D13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -2051,715 +1964,653 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">82.13</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NEQ 45 \ Плечики с бархатным (велюровым) плечом (Италия)</t>
-[...3 lines deleted...]
-Артикул: HNG.243.BL</t>
+            <t xml:space="preserve">CL 39 \ Пластиковые вешалки-плечики (Италия)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.246.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 450</t>
-[...11 lines deleted...]
-Кол-во в упаковке, шт.: 60</t>
+Длина, мм: 390</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина плеча, мм: 25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: пластиковые</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">184.00</t>
+            <t xml:space="preserve">38.76</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CL 39 \ Пластиковые вешалки-плечики (Италия)</t>
-[...3 lines deleted...]
-Артикул: HNG.246.BL</t>
+            <t xml:space="preserve">CL 45 \  Пластиковые вешалки-плечики (Италия)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.075.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 390</t>
+Длина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 220</t>
+Кол-во в упаковке, шт.: 190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38.76</t>
+            <t xml:space="preserve">49.98</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">CL 45 \  Пластиковые вешалки-плечики (Италия)</t>
-[...3 lines deleted...]
-Артикул: HNG.075.BL</t>
+            <t xml:space="preserve">MG 38 \ Пластиковые вешалки-плечики (Италия)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RMK.110.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 450</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 25</t>
+Длина, мм: 380</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина плеча, мм: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 190</t>
+Кол-во в упаковке, шт.: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">49.98</t>
+            <t xml:space="preserve">54.06</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">MG 38 \ Пластиковые вешалки-плечики (Италия)</t>
-[...3 lines deleted...]
-Артикул: RMK.110.BL</t>
+            <t xml:space="preserve">EC 38 \ Плечики (L-380)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.077.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 380</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина плеча, мм: 30</t>
+Ширина плеча, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 300</t>
+Кол-во в упаковке, шт.: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">54.06</t>
+            <t xml:space="preserve">45.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">EC 38 \ Плечики (L-380)</t>
-[...3 lines deleted...]
-Артикул: HNG.077.BL</t>
+            <t xml:space="preserve">ECL 43 \ Пластиковые вешалки-плечики (Италия)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.250.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 380</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 10</t>
+Длина, мм: 430</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина плеча, мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 350</t>
+Кол-во в упаковке, шт.: 270</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45.00</t>
+            <t xml:space="preserve">38.76</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ECL 43 \ Пластиковые вешалки-плечики (Италия)</t>
-[...3 lines deleted...]
-Артикул: HNG.250.BL</t>
+            <t xml:space="preserve">NC 38 \ Пластиковые вешалки-плечики (Италия)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.078.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 430</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 12</t>
+Длина, мм: 380</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина плеча, мм: 7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 270</t>
+Кол-во в упаковке, шт.: 530</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">38.76</t>
+            <t xml:space="preserve">34.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NC 38 \ Пластиковые вешалки-плечики (Италия)</t>
-[...3 lines deleted...]
-Артикул: HNG.078.BL</t>
+            <t xml:space="preserve">ECRN 38 \ Пластиковые вешалки-плечики (Италия)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RMK.109.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 380</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина плеча, мм: 7</t>
+Ширина плеча, мм: 11</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 530</t>
+Примечание: зацеп на плече прорезинен</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34.68</t>
+            <t xml:space="preserve">49.98</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ECRN 38 \ Пластиковые вешалки-плечики (Италия)</t>
-[...3 lines deleted...]
-Артикул: RMK.109.BL</t>
+            <t xml:space="preserve">NC 31 \ Плечики детские (Италия)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.252.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 380</t>
-[...3 lines deleted...]
-Ширина плеча, мм: 11</t>
+Длина, мм: 310</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина плеча, мм: 7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: зацеп на плече прорезинен</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 320</t>
+Кол-во в упаковке, шт.: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">49.98</t>
+            <t xml:space="preserve">29.58</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NC 31 \ Плечики детские (Италия)</t>
-[...3 lines deleted...]
-Артикул: HNG.252.BL</t>
+            <t xml:space="preserve">NC 31 \ Плечики детские, c перекладиной (Италия)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.253.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 310</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина плеча, мм: 7</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 650</t>
+Кол-во в упаковке, шт.: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29.58</t>
+            <t xml:space="preserve">35.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NC 31 \ Плечики детские, c перекладиной (Италия)</t>
-[...7 lines deleted...]
-Цвет: черный</t>
+            <t xml:space="preserve">CNS 31 \ Плечики детские (Италия)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HNG.254.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 310</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина плеча, мм: 7</t>
+Ширина плеча, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластиковые</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 500</t>
+Кол-во в упаковке, шт.: 330</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35.70</t>
+            <t xml:space="preserve">47.94</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
-        <is>
-[...60 lines deleted...]
-      <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CNS 31 \ Плечики детские, с перекладиной (Италия)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: HNG.255.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 310</t>
           </r>