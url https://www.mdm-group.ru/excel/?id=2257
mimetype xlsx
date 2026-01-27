--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25.09.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Вешала, стойки и кронштейны для головных уборов и шапок, напольные</t>
   </si>
   <si>
     <t>Вешала, стойки и кронштейны для головных уборов и шапок, напольные – идеальное торговое оборудование, когда вопрос касается правильной демонстрации и выкладки шапок. Все стойки под головные уборы разработаны так, чтобы посетители торговых помещений могли с легкостью получить как визуальный, так и физический доступ до необходимой продукции.
 В данном разделе вы сможете найти как стойки для шапок, так и дополнительные аксессуары к ним, вроде держателя, колпаков или кронштейнов для головных уборов с креплением на стойку Global, а также на Напольные стойки для одежды Global (с вертикальной перфорацией). Данная продукция позволяет удобно и визуально доступно расположить головные уборы в помещении магазина.
 Если у вас в магазине используются экономпанели, решетки или прямоугольные трубы, то возможно вам будут интересны специальные кронштейны для головных уборов.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SHPK-42WH \  Стойка торговая, для шапок и кепок - 42шпк. (в2000, ш600мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -95,51 +95,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Стойка поставляется в разобранном виде, состоит из нижней опоры, вертикальной трубы и комплекта держателей. Высота стойки от пола до края трубы 1850 мм, ширина опоры 600мм. Всего 6 вращающихся ярусов по 7 держателей на каждом. Подходит для взрослых и детских головных уборов: шапок, кепок, шляп, бейсболок.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во мест: 42</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3400.00</t>
+      <t xml:space="preserve">3468.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SHPK-42BL \ Стойка торговая, для шапок и кепок - 42 шпк. (в2000, ш600мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SHPK.42.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный матовый</t>
@@ -152,51 +152,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Стойка поставляется в разобранном виде, состоит из нижней опоры, вертикальной трубы и комплекта держателей. Высота стойки от пола до края трубы 1850 мм, ширина опоры 600мм. Всего 6 вращающихся ярусов по 7 держателей на каждом. Подходит для взрослых и детских головных уборов: шапок, кепок, шляп, бейсболок.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во мест: 42</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3700.00</t>
+      <t xml:space="preserve">3774.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SHPK-84WH \ Стойка торговая, для шапок - 84шпк. (в2000, ш600мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SHPK.84.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -209,51 +209,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Стойка поставляется в разобранном виде, состоит из нижней опоры, вертикальной трубы и комплекта держателей. Высота стойки от пола до края трубы 1850 мм, ширина опоры 600мм. Всего 4 вращающихся яруса по 21 держатель на каждом. Подходит для взрослых шапок.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во мест: 84</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3950.00</t>
+      <t xml:space="preserve">4029.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SHPK-84BL \ Стойка торговая, для шапок - 84шпк. (в2000, ш600мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SHPK.84.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный матовый</t>
@@ -266,51 +266,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Стойка поставляется в разобранном виде, состоит из нижней опоры, вертикальной трубы и комплекта держателей. Высота стойки от пола до края трубы 1850 мм, ширина опоры 600мм. Всего 4 вращающихся яруса по 21 держатель на каждом. Подходит для взрослых шапок.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во мест: 84</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3950.00</t>
+      <t xml:space="preserve">4029.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SHPK-105WH \ Стойка торговая, для детских шапок, 105шпк. (в2000, ш570мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SHPK.105.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -323,51 +323,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 570</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Стойка поставляется в разобранном виде, состоит из нижней опоры, вертикальной трубы и комплекта держателей. Высота стойки от пола до края трубы 1850 мм, ширина опоры 600мм. Всего 5 вращающихся ярусов по 21 держатель на каждом. Подходит для детских и взрослых шапок.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во мест: 105</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4200.00</t>
+      <t xml:space="preserve">4284.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SHPK-105BL \ Стойка торговая, для детских шапок, 105шпк. (в2000, ш570мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SHPK.105.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный матовый</t>
@@ -380,51 +380,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 570</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Стойка поставляется в разобранном виде, состоит из нижней опоры, вертикальной трубы и комплекта держателей. Высота стойки от пола до края трубы 1850 мм, ширина опоры 600мм. Всего 5 вращающихся ярусов по 21 держатель на каждом. Подходит для детских и взрослых шапок.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во мест: 105</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4200.00</t>
+      <t xml:space="preserve">4284.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">AVS 3-042 \  Вешало для головных уборов</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.098S.9005.25.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный/хром</t>
@@ -441,51 +441,51 @@
       <t xml:space="preserve">
 Примечание: Можно устанавливать дополнительные держатели AVS 3-042-1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во мест: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4710.00</t>
+      <t xml:space="preserve">4804.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">AVS 3-042 \ Стойка для головных уборов на колесиках</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.098S.9016.25.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый/хром</t>
@@ -502,51 +502,51 @@
       <t xml:space="preserve">
 Примечание: Можно устанавливать дополнительные держатели AVS 3-042-1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во мест: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4710.00</t>
+      <t xml:space="preserve">4804.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">AVS 3-042-1 \ Держатель к стойке для головных уборов</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.098S.200.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -616,51 +616,51 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 170</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">62.00</t>
+      <t xml:space="preserve">63.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.005 \ Кронштейн для шапок L_600</t>
@@ -685,51 +685,51 @@
       <t xml:space="preserve">
 Цвет: белый матовый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Позволяет разместить 7 шапок. Крепление на стойку с перфорацией идентичной Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1620.00</t>
+      <t xml:space="preserve">1652.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.006 \ Кронштейн для шапок L_900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.006.9016.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый матовый</t>
@@ -742,51 +742,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Позволяет разместить 11 шапок. Крепление на стойку с перфорацией идентичной Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2180.00</t>
+      <t xml:space="preserve">2224.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.007 \ Кронштейн для шапок L_1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.007.9016.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый матовый</t>
@@ -799,51 +799,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Позволяет разместить 15 шапок. Крепление на стойку с перфорацией идентичной Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2930.00</t>
+      <t xml:space="preserve">2989.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">F 117 \ Кронштейн на экономпанель для головных уборов</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.344.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -868,51 +868,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 172 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">138.00</t>
+      <t xml:space="preserve">141.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">571 d-4,5 \ Кронштейн на экономпанель для головных уборов</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: BLT.072.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -921,51 +921,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 4,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">133.00</t>
+      <t xml:space="preserve">136.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">571 d=6 \ Кронштейн на экономпанель для головных уборов</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NPN.288.CH</t>
@@ -978,51 +978,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 140</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">145.00</t>
+      <t xml:space="preserve">148.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GW 117.YN \ Кронштейн на торговую решетку (сетку) для шляп</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: N70.071.CH</t>
@@ -2027,51 +2027,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25.09.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2107,51 +2107,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Стойка поставляется в разобранном виде, состоит из нижней опоры, вертикальной трубы и комплекта держателей. Высота стойки от пола до края трубы 1850 мм, ширина опоры 600мм. Всего 6 вращающихся ярусов по 7 держателей на каждом. Подходит для взрослых и детских головных уборов: шапок, кепок, шляп, бейсболок.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во мест: 42</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3400.00</t>
+            <t xml:space="preserve">3468.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SHPK-42BL \ Стойка торговая, для шапок и кепок - 42 шпк. (в2000, ш600мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SHPK.42.BL</t>
           </r>
@@ -2167,51 +2167,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Стойка поставляется в разобранном виде, состоит из нижней опоры, вертикальной трубы и комплекта держателей. Высота стойки от пола до края трубы 1850 мм, ширина опоры 600мм. Всего 6 вращающихся ярусов по 7 держателей на каждом. Подходит для взрослых и детских головных уборов: шапок, кепок, шляп, бейсболок.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во мест: 42</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3700.00</t>
+            <t xml:space="preserve">3774.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SHPK-84WH \ Стойка торговая, для шапок - 84шпк. (в2000, ш600мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2229,51 +2229,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Стойка поставляется в разобранном виде, состоит из нижней опоры, вертикальной трубы и комплекта держателей. Высота стойки от пола до края трубы 1850 мм, ширина опоры 600мм. Всего 4 вращающихся яруса по 21 держатель на каждом. Подходит для взрослых шапок.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во мест: 84</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3950.00</t>
+            <t xml:space="preserve">4029.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SHPK-84BL \ Стойка торговая, для шапок - 84шпк. (в2000, ш600мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SHPK.84.BL</t>
           </r>
@@ -2289,51 +2289,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Стойка поставляется в разобранном виде, состоит из нижней опоры, вертикальной трубы и комплекта держателей. Высота стойки от пола до края трубы 1850 мм, ширина опоры 600мм. Всего 4 вращающихся яруса по 21 держатель на каждом. Подходит для взрослых шапок.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во мест: 84</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3950.00</t>
+            <t xml:space="preserve">4029.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SHPK-105WH \ Стойка торговая, для детских шапок, 105шпк. (в2000, ш570мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2351,51 +2351,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 570</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Стойка поставляется в разобранном виде, состоит из нижней опоры, вертикальной трубы и комплекта держателей. Высота стойки от пола до края трубы 1850 мм, ширина опоры 600мм. Всего 5 вращающихся ярусов по 21 держатель на каждом. Подходит для детских и взрослых шапок.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во мест: 105</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4200.00</t>
+            <t xml:space="preserve">4284.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SHPK-105BL \ Стойка торговая, для детских шапок, 105шпк. (в2000, ш570мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SHPK.105.BL</t>
           </r>
@@ -2411,51 +2411,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 570</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Стойка поставляется в разобранном виде, состоит из нижней опоры, вертикальной трубы и комплекта держателей. Высота стойки от пола до края трубы 1850 мм, ширина опоры 600мм. Всего 5 вращающихся ярусов по 21 держатель на каждом. Подходит для детских и взрослых шапок.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во мест: 105</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4200.00</t>
+            <t xml:space="preserve">4284.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">AVS 3-042 \  Вешало для головных уборов</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2477,51 +2477,51 @@
             <t xml:space="preserve">
 Примечание: Можно устанавливать дополнительные держатели AVS 3-042-1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во мест: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4710.00</t>
+            <t xml:space="preserve">4804.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">AVS 3-042 \ Стойка для головных уборов на колесиках</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VHL.098S.9016.25.CH</t>
           </r>
@@ -2541,51 +2541,51 @@
             <t xml:space="preserve">
 Примечание: Можно устанавливать дополнительные держатели AVS 3-042-1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во мест: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4710.00</t>
+            <t xml:space="preserve">4804.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">AVS 3-042-1 \ Держатель к стойке для головных уборов</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2663,51 +2663,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 170</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">62.00</t>
+            <t xml:space="preserve">63.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2737,51 +2737,51 @@
             <t xml:space="preserve">
 Цвет: белый матовый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Позволяет разместить 7 шапок. Крепление на стойку с перфорацией идентичной Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1620.00</t>
+            <t xml:space="preserve">1652.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.006 \ Кронштейн для шапок L_900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.006.9016.25</t>
           </r>
@@ -2797,51 +2797,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Позволяет разместить 11 шапок. Крепление на стойку с перфорацией идентичной Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2180.00</t>
+            <t xml:space="preserve">2224.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.007 \ Кронштейн для шапок L_1200</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2859,51 +2859,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Позволяет разместить 15 шапок. Крепление на стойку с перфорацией идентичной Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2930.00</t>
+            <t xml:space="preserve">2989.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F 117 \ Кронштейн на экономпанель для головных уборов</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NPN.344.CH</t>
           </r>
@@ -2931,51 +2931,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 172 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">138.00</t>
+            <t xml:space="preserve">141.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">571 d-4,5 \ Кронштейн на экономпанель для головных уборов</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2989,51 +2989,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 4,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">133.00</t>
+            <t xml:space="preserve">136.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">571 d=6 \ Кронштейн на экономпанель для головных уборов</t>
           </r>
@@ -3049,51 +3049,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 140</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">145.00</t>
+            <t xml:space="preserve">148.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>