--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">07.08.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Кронштейны для одежды настенные, дуги для примерочной кабины</t>
   </si>
   <si>
     <t>Кронштейны для одежды настенные, дуги для примерочной кабины – простое и функциональное торговое оборудование. Отличительной особенностью кронштейнов для одежды настенных является простота установки (крепится к стене), мобильность (размещается в любом удобном месте) и небольшая цена.
 Кронштейны для вешалок настенные позволяют довольно компактно разместить одежду, сохраняя удобство визуального восприятия. Кронштейны выполнены из хромированной стали и обладают высокой прочностью, что позволяет демонстрировать на них большое количество одежды, не переживая за прочность конструкции.
 Для каждого магазина одежды нужна примерочная, купить которую вы можете у нас. Мы предлагаем дуги примерочной кабины двух типов размещения, которые также крепятся на стену. Это один из самый оптимальный и менее затратных способов оборудовать комфортное место для примерки одежды покупателем.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">B-407 B7 d=6 \ Кронштейн на стену (d-6, L-300мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -209,51 +209,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">71.40</t>
+      <t xml:space="preserve">72.42</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">496 E03 d=9 \ Настенный кронштейн</t>
@@ -323,51 +323,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">112.00</t>
+      <t xml:space="preserve">114.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">W 105 \ Настенный кронштейн наклонный</t>
@@ -384,51 +384,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: 10 штырьков</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">199.00</t>
+      <t xml:space="preserve">203.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">W 111.YN \ Настенный кронштейн наклонный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NKR.056.CH</t>
@@ -644,51 +644,51 @@
       <t xml:space="preserve">
 Примечание: Конструкция сварная, диаметр крепления конструкции к плоскости -  55 мм. Используйте шторы с отверстием крепления не менее диаметра крепления к плоскости.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1080.00</t>
+      <t xml:space="preserve">1102.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Hs 013  \ Примерочная кабина угловая  без штор</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NKR.011.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -709,51 +709,51 @@
       <t xml:space="preserve">
 Примечание: Конструкция сварная, диаметр крепления конструкции к плоскости - 55 мм. Используйте шторы с отверстием крепления не менее диаметра крепления к плоскости</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">940.00</t>
+      <t xml:space="preserve">959.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">YLP-119 \ Настенный полкодержатель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NKR.023.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1604,51 +1604,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">07.08.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1806,51 +1806,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">71.40</t>
+            <t xml:space="preserve">72.42</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1928,51 +1928,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 9</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">112.00</t>
+            <t xml:space="preserve">114.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -1992,51 +1992,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: 10 штырьков</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">199.00</t>
+            <t xml:space="preserve">203.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2268,51 +2268,51 @@
             <t xml:space="preserve">
 Примечание: Конструкция сварная, диаметр крепления конструкции к плоскости -  55 мм. Используйте шторы с отверстием крепления не менее диаметра крепления к плоскости.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1080.00</t>
+            <t xml:space="preserve">1102.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Hs 013  \ Примерочная кабина угловая  без штор</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2338,51 +2338,51 @@
             <t xml:space="preserve">
 Примечание: Конструкция сварная, диаметр крепления конструкции к плоскости - 55 мм. Используйте шторы с отверстием крепления не менее диаметра крепления к плоскости</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">940.00</t>
+            <t xml:space="preserve">959.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">YLP-119 \ Настенный полкодержатель</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NKR.023.CH</t>
           </r>