--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10.10.2025</t>
+      <t xml:space="preserve">14.01.2026</t>
     </r>
   </si>
   <si>
     <t>Вешала Primo</t>
   </si>
   <si>
     <t>Вешала с перфорацией могут использоваться с навесными элементами модульных систем Neo fix и Vertical.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.001</t>
     </r>
@@ -89,51 +89,51 @@
       <t xml:space="preserve">
 Глубина, мм: 720</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 930</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7651.38</t>
+      <t xml:space="preserve">7762.94</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.002</t>
@@ -146,51 +146,51 @@
       <t xml:space="preserve">
 Глубина, мм: 720</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1230</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7971.58</t>
+      <t xml:space="preserve">8089.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало со стеклянными полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.003.GL</t>
@@ -207,51 +207,51 @@
       <t xml:space="preserve">
 Ширина, мм: 930</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18897.96</t>
+      <t xml:space="preserve">19043.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало со стеклянными полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.004.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -264,51 +264,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1230</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">24558.36</t>
+      <t xml:space="preserve">24716.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало со стеклянными полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.003.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -321,51 +321,51 @@
       <t xml:space="preserve">
 Ширина, мм: 930</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21460.96</t>
+      <t xml:space="preserve">21606.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало со стеклянными полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.004.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -378,51 +378,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1230</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">24558.36</t>
+      <t xml:space="preserve">24716.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.005</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -431,51 +431,51 @@
       <t xml:space="preserve">
 Глубина, мм: 720</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 930</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9761.03</t>
+      <t xml:space="preserve">9897.33</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.006</t>
@@ -488,51 +488,51 @@
       <t xml:space="preserve">
 Глубина, мм: 720</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1230</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10241.33</t>
+      <t xml:space="preserve">10387.23</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало с перфорированной стойкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.007</t>
@@ -549,51 +549,51 @@
       <t xml:space="preserve">
 Ширина, мм: 930</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: кронштейны в комплектацию не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10945.38</t>
+      <t xml:space="preserve">11092.94</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало с перфорированной стойкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -606,51 +606,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1230</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: кронштейны в комплектацию не входят</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12081.58</t>
+      <t xml:space="preserve">12253.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало с перфорированной стойкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.009</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -659,51 +659,51 @@
       <t xml:space="preserve">
 Глубина, мм: 720</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 930</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11303.38</t>
+      <t xml:space="preserve">11456.94</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало с перфорированной стойкой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.010</t>
@@ -716,51 +716,51 @@
       <t xml:space="preserve">
 Глубина, мм: 720</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1230</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11807.58</t>
+      <t xml:space="preserve">11971.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало с перфорированной стойкой и стеклянными полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.011.GL</t>
@@ -777,51 +777,51 @@
       <t xml:space="preserve">
 Ширина, мм: 930</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20255.38</t>
+      <t xml:space="preserve">20366.94</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало с перфорированной стойкой и стеклянными полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.012.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -834,51 +834,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1230</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22585.58</t>
+      <t xml:space="preserve">22703.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало с перфорированной стойкой и стеклянными полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.011.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -891,51 +891,51 @@
       <t xml:space="preserve">
 Ширина, мм: 930</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23147.38</t>
+      <t xml:space="preserve">23258.94</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало с перфорированной стойкой и стеклянными полками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.012.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -948,51 +948,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1230</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27481.58</t>
+      <t xml:space="preserve">27599.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало одинарное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.013.SA.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1013,51 +1013,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29441.54</t>
+      <t xml:space="preserve">29693.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало одинарное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.013.SA.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1078,51 +1078,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30949.54</t>
+      <t xml:space="preserve">31201.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало одинарное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.013.CH.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1143,51 +1143,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18060.96</t>
+      <t xml:space="preserve">18198.74</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало одинарное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.013.CH.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1208,51 +1208,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19568.96</t>
+      <t xml:space="preserve">19706.74</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало одинарное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.014.SA.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1273,51 +1273,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29971.14</t>
+      <t xml:space="preserve">30233.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало одинарное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.014.SA.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1338,51 +1338,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">31479.14</t>
+      <t xml:space="preserve">31741.60</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало одинарное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.014.CH.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1403,51 +1403,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18354.76</t>
+      <t xml:space="preserve">18498.34</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало одинарное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.014.CH.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1468,51 +1468,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19862.76</t>
+      <t xml:space="preserve">20006.34</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало одинарное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.015.SA.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1533,51 +1533,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 895</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35234.40</t>
+      <t xml:space="preserve">35542.96</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало одинарное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.015.SA.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1598,51 +1598,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 895</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36710.40</t>
+      <t xml:space="preserve">37018.96</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало одинарное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.015.CH.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1663,51 +1663,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 895</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18144.84</t>
+      <t xml:space="preserve">18294.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало одинарное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.015.CH.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1728,51 +1728,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 895</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19620.84</t>
+      <t xml:space="preserve">19770.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало одинарное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.016.SA.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1793,51 +1793,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1195</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35895.40</t>
+      <t xml:space="preserve">36217.16</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало одинарное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.016.SA.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -1858,51 +1858,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1195</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">37371.40</t>
+      <t xml:space="preserve">37693.16</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало одинарное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.016.CH.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1923,51 +1923,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1195</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">18465.04</t>
+      <t xml:space="preserve">18621.28</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало одинарное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.016.CH.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1988,51 +1988,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1195</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19941.04</t>
+      <t xml:space="preserve">20097.28</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двойное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.017.SA.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -2053,51 +2053,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53078.80</t>
+      <t xml:space="preserve">53504.82</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двойное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.017.SA.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -2118,51 +2118,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">56094.80</t>
+      <t xml:space="preserve">56520.82</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двойное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.017.CH.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2183,51 +2183,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33022.04</t>
+      <t xml:space="preserve">33255.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двойное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.017.CH.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2248,51 +2248,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36038.04</t>
+      <t xml:space="preserve">36271.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двойное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.018.SA.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -2313,51 +2313,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53608.40</t>
+      <t xml:space="preserve">54045.02</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двойное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.018.SA.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -2378,51 +2378,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">56624.40</t>
+      <t xml:space="preserve">57061.02</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двойное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.018.CH.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2443,51 +2443,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33315.84</t>
+      <t xml:space="preserve">33554.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двойное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.018.CH.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2508,51 +2508,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36331.84</t>
+      <t xml:space="preserve">36570.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двойное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.019.SA.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -2573,51 +2573,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">63403.62</t>
+      <t xml:space="preserve">63924.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двойное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.019.SA.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -2638,51 +2638,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">66355.62</t>
+      <t xml:space="preserve">66876.90</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двойное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.019.CH.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2703,51 +2703,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33116.30</t>
+      <t xml:space="preserve">33369.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двойное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.019.CH.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2768,51 +2768,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36068.30</t>
+      <t xml:space="preserve">36321.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двойное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.020.SA.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -2833,51 +2833,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">64064.62</t>
+      <t xml:space="preserve">64599.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двойное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.020.SA.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -2898,51 +2898,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">67016.62</t>
+      <t xml:space="preserve">67551.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двойное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.020.CH.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2963,51 +2963,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">33442.90</t>
+      <t xml:space="preserve">33702.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двойное однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.020.CH.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3028,51 +3028,51 @@
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36394.90</t>
+      <t xml:space="preserve">36654.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало центровое однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.021.SA.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -3093,51 +3093,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">35209.92</t>
+      <t xml:space="preserve">35538.72</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало центровое однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.021.SA.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -3158,51 +3158,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36717.92</t>
+      <t xml:space="preserve">37046.72</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало центровое однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.021.CH.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3223,51 +3223,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21331.44</t>
+      <t xml:space="preserve">21511.32</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало центровое однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.021.CH.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3288,51 +3288,51 @@
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Полки: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22839.44</t>
+      <t xml:space="preserve">23019.32</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало центровое однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.022.SA.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -3353,51 +3353,51 @@
       <t xml:space="preserve">
 Высота, мм: 1340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">36269.12</t>
+      <t xml:space="preserve">36619.12</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало центровое однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.022.SA.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -3418,51 +3418,51 @@
       <t xml:space="preserve">
 Высота, мм: 1340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">37777.12</t>
+      <t xml:space="preserve">38127.12</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало центровое однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.022.CH.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3483,51 +3483,51 @@
       <t xml:space="preserve">
 Высота, мм: 1340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21919.04</t>
+      <t xml:space="preserve">22110.52</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало центровое однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.022.CH.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3548,51 +3548,51 @@
       <t xml:space="preserve">
 Высота, мм: 1340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23427.04</t>
+      <t xml:space="preserve">23618.52</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало центровое однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.023.SA.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -3613,51 +3613,51 @@
       <t xml:space="preserve">
 Высота, мм: 1340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 895</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">42299.08</t>
+      <t xml:space="preserve">42702.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало центровое однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.023.SA.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -3678,51 +3678,51 @@
       <t xml:space="preserve">
 Высота, мм: 1340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 895</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">43775.08</t>
+      <t xml:space="preserve">44178.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало центровое однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.023.CH.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3743,51 +3743,51 @@
       <t xml:space="preserve">
 Высота, мм: 1340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 895</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21547.76</t>
+      <t xml:space="preserve">21743.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало центровое однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.023.CH.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3808,51 +3808,51 @@
       <t xml:space="preserve">
 Высота, мм: 1340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 895</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23023.76</t>
+      <t xml:space="preserve">23219.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало центровое однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.024.SA.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -3873,51 +3873,51 @@
       <t xml:space="preserve">
 Высота, мм: 1340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1195</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">43647.52</t>
+      <t xml:space="preserve">44078.04</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало центровое однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.024.SA.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -3938,51 +3938,51 @@
       <t xml:space="preserve">
 Высота, мм: 1340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1195</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">45123.52</t>
+      <t xml:space="preserve">45554.04</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало центровое однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.024.CH.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -4003,51 +4003,51 @@
       <t xml:space="preserve">
 Высота, мм: 1340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1195</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22188.16</t>
+      <t xml:space="preserve">22396.88</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало центровое однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.024.CH.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -4068,51 +4068,51 @@
       <t xml:space="preserve">
 Высота, мм: 1340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1195</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23664.16</t>
+      <t xml:space="preserve">23872.88</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.025.SA.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -4133,51 +4133,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21500.34</t>
+      <t xml:space="preserve">21725.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.025.SA.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -4198,51 +4198,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22530.34</t>
+      <t xml:space="preserve">22755.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.025.CH.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -4263,51 +4263,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13193.40</t>
+      <t xml:space="preserve">13316.34</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.025.CH.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -4328,51 +4328,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14223.40</t>
+      <t xml:space="preserve">14346.34</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.026.SA.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -4393,51 +4393,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22519.94</t>
+      <t xml:space="preserve">22755.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.026.SA.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -4458,51 +4458,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23858.94</t>
+      <t xml:space="preserve">24094.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.026.CH.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -4523,51 +4523,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13977.20</t>
+      <t xml:space="preserve">14105.94</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.026.CH.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -4588,51 +4588,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15316.20</t>
+      <t xml:space="preserve">15444.94</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.027.SA.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -4653,51 +4653,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 890</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25702.14</t>
+      <t xml:space="preserve">25978.56</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.027.SA.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -4718,51 +4718,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 890</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26732.14</t>
+      <t xml:space="preserve">27008.56</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.027.CH.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -4783,51 +4783,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 890</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13457.80</t>
+      <t xml:space="preserve">13591.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.027.CH.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -4848,51 +4848,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 890</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14487.80</t>
+      <t xml:space="preserve">14621.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.028.SA.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -4913,51 +4913,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25742.42</t>
+      <t xml:space="preserve">25979.76</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.028.SA.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -4978,51 +4978,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27081.42</t>
+      <t xml:space="preserve">27318.76</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.028.CH.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -5043,51 +5043,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14268.00</t>
+      <t xml:space="preserve">14408.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало однорядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.028.CH.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -5108,51 +5108,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15607.00</t>
+      <t xml:space="preserve">15747.40</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двухрядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.029.SA.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -5173,51 +5173,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19927.26</t>
+      <t xml:space="preserve">20133.96</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двухрядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.029.SA.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -5238,51 +5238,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21152.26</t>
+      <t xml:space="preserve">21358.96</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двухрядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.029.CH.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -5303,51 +5303,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12401.16</t>
+      <t xml:space="preserve">12514.26</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двухрядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.029.CH.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -5368,51 +5368,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13626.16</t>
+      <t xml:space="preserve">13739.26</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двухрядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.030.SA.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -5433,51 +5433,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21276.66</t>
+      <t xml:space="preserve">21499.26</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двухрядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.030.SA.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -5498,51 +5498,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22870.66</t>
+      <t xml:space="preserve">23093.26</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двухрядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.030.CH.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -5563,51 +5563,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13396.86</t>
+      <t xml:space="preserve">13518.66</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двухрядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.030.CH.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -5628,51 +5628,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14990.86</t>
+      <t xml:space="preserve">15112.66</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двухрядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.031.SA.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -5693,51 +5693,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 890</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23665.74</t>
+      <t xml:space="preserve">23919.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двухрядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.031.SA.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -5758,51 +5758,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 890</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">24890.74</t>
+      <t xml:space="preserve">25144.68</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двухрядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.031.CH.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -5823,51 +5823,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 890</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12544.48</t>
+      <t xml:space="preserve">12644.17</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двухрядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.031.CH.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -5888,51 +5888,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 890</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13769.48</t>
+      <t xml:space="preserve">13869.17</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двухрядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.032.SA.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -5953,51 +5953,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23546.16</t>
+      <t xml:space="preserve">23741.48</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двухрядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.032.SA.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -6018,51 +6018,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25140.16</t>
+      <t xml:space="preserve">25335.48</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двухрядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.032.CH.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -6083,51 +6083,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13579.78</t>
+      <t xml:space="preserve">13689.07</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало двухрядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.032.CH.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -6148,51 +6148,51 @@
       <t xml:space="preserve">
 Высота, мм: 1485</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 1190</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15173.78</t>
+      <t xml:space="preserve">15283.07</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало крестообразное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.033.SA.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -6213,51 +6213,51 @@
       <t xml:space="preserve">
 Высота, мм: 1340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">24878.76</t>
+      <t xml:space="preserve">25166.44</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало крестообразное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.033.SA.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -6278,51 +6278,51 @@
       <t xml:space="preserve">
 Высота, мм: 1340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">25064.76</t>
+      <t xml:space="preserve">25352.44</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало крестообразное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.033.CH.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -6343,51 +6343,51 @@
       <t xml:space="preserve">
 Высота, мм: 1340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14419.20</t>
+      <t xml:space="preserve">14576.56</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало крестообразное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.033.CH.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -6408,51 +6408,51 @@
       <t xml:space="preserve">
 Высота, мм: 1340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 20х20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14605.20</t>
+      <t xml:space="preserve">14762.56</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало крестообразное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.034.SA.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -6473,51 +6473,51 @@
       <t xml:space="preserve">
 Высота, мм: 1340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 292</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30110.06</t>
+      <t xml:space="preserve">30462.86</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало крестообразное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.034.SA.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
@@ -6538,51 +6538,51 @@
       <t xml:space="preserve">
 Высота, мм: 1340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 292</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30296.06</t>
+      <t xml:space="preserve">30648.86</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало крестообразное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.034.CH.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -6603,51 +6603,51 @@
       <t xml:space="preserve">
 Высота, мм: 1340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 292</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15236.44</t>
+      <t xml:space="preserve">15407.44</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало крестообразное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: PRS.034.CH.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -6668,51 +6668,51 @@
       <t xml:space="preserve">
 Высота, мм: 1340</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 25х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина штанги, мм: 292</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15422.44</t>
+      <t xml:space="preserve">15593.44</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -10266,51 +10266,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10.10.2025</t>
+            <t xml:space="preserve">14.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -10342,51 +10342,51 @@
             <t xml:space="preserve">
 Глубина, мм: 720</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 930</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7651.38</t>
+            <t xml:space="preserve">7762.94</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало</t>
           </r>
@@ -10402,51 +10402,51 @@
             <t xml:space="preserve">
 Глубина, мм: 720</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1230</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7971.58</t>
+            <t xml:space="preserve">8089.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10468,51 +10468,51 @@
             <t xml:space="preserve">
 Ширина, мм: 930</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18897.96</t>
+            <t xml:space="preserve">19043.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало со стеклянными полками</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.004.GL</t>
           </r>
@@ -10528,51 +10528,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1230</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24558.36</t>
+            <t xml:space="preserve">24716.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало со стеклянными полками</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10590,51 +10590,51 @@
             <t xml:space="preserve">
 Ширина, мм: 930</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21460.96</t>
+            <t xml:space="preserve">21606.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало со стеклянными полками</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.004.MGL</t>
           </r>
@@ -10650,51 +10650,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1230</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24558.36</t>
+            <t xml:space="preserve">24716.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10708,51 +10708,51 @@
             <t xml:space="preserve">
 Глубина, мм: 720</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 930</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9761.03</t>
+            <t xml:space="preserve">9897.33</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало</t>
           </r>
@@ -10768,51 +10768,51 @@
             <t xml:space="preserve">
 Глубина, мм: 720</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1230</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10241.33</t>
+            <t xml:space="preserve">10387.23</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10834,51 +10834,51 @@
             <t xml:space="preserve">
 Ширина, мм: 930</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: кронштейны в комплектацию не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10945.38</t>
+            <t xml:space="preserve">11092.94</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало с перфорированной стойкой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.008</t>
           </r>
@@ -10894,51 +10894,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1230</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: кронштейны в комплектацию не входят</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12081.58</t>
+            <t xml:space="preserve">12253.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало с перфорированной стойкой</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10952,51 +10952,51 @@
             <t xml:space="preserve">
 Глубина, мм: 720</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 930</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11303.38</t>
+            <t xml:space="preserve">11456.94</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало с перфорированной стойкой</t>
           </r>
@@ -11012,51 +11012,51 @@
             <t xml:space="preserve">
 Глубина, мм: 720</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1230</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11807.58</t>
+            <t xml:space="preserve">11971.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11078,51 +11078,51 @@
             <t xml:space="preserve">
 Ширина, мм: 930</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20255.38</t>
+            <t xml:space="preserve">20366.94</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало с перфорированной стойкой и стеклянными полками</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.012.GL</t>
           </r>
@@ -11138,51 +11138,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1230</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22585.58</t>
+            <t xml:space="preserve">22703.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало с перфорированной стойкой и стеклянными полками</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11200,51 +11200,51 @@
             <t xml:space="preserve">
 Ширина, мм: 930</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23147.38</t>
+            <t xml:space="preserve">23258.94</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало с перфорированной стойкой и стеклянными полками</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.012.MGL</t>
           </r>
@@ -11260,51 +11260,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1230</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27481.58</t>
+            <t xml:space="preserve">27599.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало одинарное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11330,51 +11330,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29441.54</t>
+            <t xml:space="preserve">29693.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало одинарное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.013.SA.MGL</t>
           </r>
@@ -11398,51 +11398,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30949.54</t>
+            <t xml:space="preserve">31201.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало одинарное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11468,51 +11468,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18060.96</t>
+            <t xml:space="preserve">18198.74</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало одинарное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.013.CH.MGL</t>
           </r>
@@ -11536,51 +11536,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19568.96</t>
+            <t xml:space="preserve">19706.74</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало одинарное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11606,51 +11606,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29971.14</t>
+            <t xml:space="preserve">30233.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало одинарное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.014.SA.MGL</t>
           </r>
@@ -11674,51 +11674,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">31479.14</t>
+            <t xml:space="preserve">31741.60</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало одинарное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11744,51 +11744,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18354.76</t>
+            <t xml:space="preserve">18498.34</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало одинарное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.014.CH.MGL</t>
           </r>
@@ -11812,51 +11812,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19862.76</t>
+            <t xml:space="preserve">20006.34</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало одинарное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -11882,51 +11882,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 895</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35234.40</t>
+            <t xml:space="preserve">35542.96</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало одинарное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.015.SA.MGL</t>
           </r>
@@ -11950,51 +11950,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 895</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36710.40</t>
+            <t xml:space="preserve">37018.96</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало одинарное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12020,51 +12020,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 895</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18144.84</t>
+            <t xml:space="preserve">18294.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало одинарное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.015.CH.MGL</t>
           </r>
@@ -12088,51 +12088,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 895</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19620.84</t>
+            <t xml:space="preserve">19770.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало одинарное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12158,51 +12158,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1195</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35895.40</t>
+            <t xml:space="preserve">36217.16</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало одинарное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.016.SA.MGL</t>
           </r>
@@ -12226,51 +12226,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1195</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">37371.40</t>
+            <t xml:space="preserve">37693.16</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало одинарное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12296,51 +12296,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1195</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">18465.04</t>
+            <t xml:space="preserve">18621.28</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало одинарное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.016.CH.MGL</t>
           </r>
@@ -12364,51 +12364,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1195</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19941.04</t>
+            <t xml:space="preserve">20097.28</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двойное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12434,51 +12434,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53078.80</t>
+            <t xml:space="preserve">53504.82</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двойное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.017.SA.MGL</t>
           </r>
@@ -12502,51 +12502,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">56094.80</t>
+            <t xml:space="preserve">56520.82</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двойное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12572,51 +12572,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33022.04</t>
+            <t xml:space="preserve">33255.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двойное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.017.CH.MGL</t>
           </r>
@@ -12640,51 +12640,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36038.04</t>
+            <t xml:space="preserve">36271.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двойное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12710,51 +12710,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53608.40</t>
+            <t xml:space="preserve">54045.02</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двойное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.018.SA.MGL</t>
           </r>
@@ -12778,51 +12778,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">56624.40</t>
+            <t xml:space="preserve">57061.02</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двойное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12848,51 +12848,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33315.84</t>
+            <t xml:space="preserve">33554.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двойное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.018.CH.MGL</t>
           </r>
@@ -12916,51 +12916,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36331.84</t>
+            <t xml:space="preserve">36570.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двойное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12986,51 +12986,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">63403.62</t>
+            <t xml:space="preserve">63924.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двойное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.019.SA.MGL</t>
           </r>
@@ -13054,51 +13054,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">66355.62</t>
+            <t xml:space="preserve">66876.90</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двойное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13124,51 +13124,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33116.30</t>
+            <t xml:space="preserve">33369.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двойное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.019.CH.MGL</t>
           </r>
@@ -13192,51 +13192,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36068.30</t>
+            <t xml:space="preserve">36321.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двойное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13262,51 +13262,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">64064.62</t>
+            <t xml:space="preserve">64599.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двойное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.020.SA.MGL</t>
           </r>
@@ -13330,51 +13330,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">67016.62</t>
+            <t xml:space="preserve">67551.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двойное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13400,51 +13400,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">33442.90</t>
+            <t xml:space="preserve">33702.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двойное однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.020.CH.MGL</t>
           </r>
@@ -13468,51 +13468,51 @@
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36394.90</t>
+            <t xml:space="preserve">36654.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало центровое однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13538,51 +13538,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">35209.92</t>
+            <t xml:space="preserve">35538.72</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало центровое однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.021.SA.MGL</t>
           </r>
@@ -13606,51 +13606,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36717.92</t>
+            <t xml:space="preserve">37046.72</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало центровое однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13676,51 +13676,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21331.44</t>
+            <t xml:space="preserve">21511.32</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало центровое однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.021.CH.MGL</t>
           </r>
@@ -13744,51 +13744,51 @@
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Полки: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22839.44</t>
+            <t xml:space="preserve">23019.32</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало центровое однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13814,51 +13814,51 @@
             <t xml:space="preserve">
 Высота, мм: 1340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">36269.12</t>
+            <t xml:space="preserve">36619.12</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало центровое однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.022.SA.MGL</t>
           </r>
@@ -13882,51 +13882,51 @@
             <t xml:space="preserve">
 Высота, мм: 1340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">37777.12</t>
+            <t xml:space="preserve">38127.12</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало центровое однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13952,51 +13952,51 @@
             <t xml:space="preserve">
 Высота, мм: 1340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21919.04</t>
+            <t xml:space="preserve">22110.52</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало центровое однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.022.CH.MGL</t>
           </r>
@@ -14020,51 +14020,51 @@
             <t xml:space="preserve">
 Высота, мм: 1340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23427.04</t>
+            <t xml:space="preserve">23618.52</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало центровое однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14090,51 +14090,51 @@
             <t xml:space="preserve">
 Высота, мм: 1340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 895</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">42299.08</t>
+            <t xml:space="preserve">42702.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало центровое однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.023.SA.MGL</t>
           </r>
@@ -14158,51 +14158,51 @@
             <t xml:space="preserve">
 Высота, мм: 1340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 895</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">43775.08</t>
+            <t xml:space="preserve">44178.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало центровое однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14228,51 +14228,51 @@
             <t xml:space="preserve">
 Высота, мм: 1340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 895</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21547.76</t>
+            <t xml:space="preserve">21743.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало центровое однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.023.CH.MGL</t>
           </r>
@@ -14296,51 +14296,51 @@
             <t xml:space="preserve">
 Высота, мм: 1340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 895</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23023.76</t>
+            <t xml:space="preserve">23219.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало центровое однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14366,51 +14366,51 @@
             <t xml:space="preserve">
 Высота, мм: 1340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1195</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">43647.52</t>
+            <t xml:space="preserve">44078.04</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало центровое однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.024.SA.MGL</t>
           </r>
@@ -14434,51 +14434,51 @@
             <t xml:space="preserve">
 Высота, мм: 1340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1195</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">45123.52</t>
+            <t xml:space="preserve">45554.04</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало центровое однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14504,51 +14504,51 @@
             <t xml:space="preserve">
 Высота, мм: 1340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1195</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22188.16</t>
+            <t xml:space="preserve">22396.88</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало центровое однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.024.CH.MGL</t>
           </r>
@@ -14572,51 +14572,51 @@
             <t xml:space="preserve">
 Высота, мм: 1340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1195</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23664.16</t>
+            <t xml:space="preserve">23872.88</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14642,51 +14642,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21500.34</t>
+            <t xml:space="preserve">21725.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.025.SA.MGL</t>
           </r>
@@ -14710,51 +14710,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22530.34</t>
+            <t xml:space="preserve">22755.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14780,51 +14780,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13193.40</t>
+            <t xml:space="preserve">13316.34</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.025.CH.MGL</t>
           </r>
@@ -14848,51 +14848,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14223.40</t>
+            <t xml:space="preserve">14346.34</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14918,51 +14918,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22519.94</t>
+            <t xml:space="preserve">22755.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.026.SA.MGL</t>
           </r>
@@ -14986,51 +14986,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23858.94</t>
+            <t xml:space="preserve">24094.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15056,51 +15056,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13977.20</t>
+            <t xml:space="preserve">14105.94</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.026.CH.MGL</t>
           </r>
@@ -15124,51 +15124,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15316.20</t>
+            <t xml:space="preserve">15444.94</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="4"/>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15194,51 +15194,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 890</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25702.14</t>
+            <t xml:space="preserve">25978.56</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C43" s="4"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.027.SA.MGL</t>
           </r>
@@ -15262,51 +15262,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 890</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26732.14</t>
+            <t xml:space="preserve">27008.56</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="4"/>
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15332,51 +15332,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 890</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13457.80</t>
+            <t xml:space="preserve">13591.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C44" s="4"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.027.CH.MGL</t>
           </r>
@@ -15400,51 +15400,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 890</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14487.80</t>
+            <t xml:space="preserve">14621.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="4"/>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15470,51 +15470,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25742.42</t>
+            <t xml:space="preserve">25979.76</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.028.SA.MGL</t>
           </r>
@@ -15538,51 +15538,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27081.42</t>
+            <t xml:space="preserve">27318.76</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="4"/>
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15608,51 +15608,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14268.00</t>
+            <t xml:space="preserve">14408.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало однорядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.028.CH.MGL</t>
           </r>
@@ -15676,51 +15676,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15607.00</t>
+            <t xml:space="preserve">15747.40</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="4"/>
       <c r="B47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двухрядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15746,51 +15746,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19927.26</t>
+            <t xml:space="preserve">20133.96</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C47" s="4"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двухрядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.029.SA.MGL</t>
           </r>
@@ -15814,51 +15814,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21152.26</t>
+            <t xml:space="preserve">21358.96</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="4"/>
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двухрядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -15884,51 +15884,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12401.16</t>
+            <t xml:space="preserve">12514.26</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C48" s="4"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двухрядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.029.CH.MGL</t>
           </r>
@@ -15952,51 +15952,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13626.16</t>
+            <t xml:space="preserve">13739.26</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="4"/>
       <c r="B49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двухрядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16022,51 +16022,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21276.66</t>
+            <t xml:space="preserve">21499.26</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двухрядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.030.SA.MGL</t>
           </r>
@@ -16090,51 +16090,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22870.66</t>
+            <t xml:space="preserve">23093.26</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="4"/>
       <c r="B50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двухрядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16160,51 +16160,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13396.86</t>
+            <t xml:space="preserve">13518.66</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C50" s="4"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двухрядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.030.CH.MGL</t>
           </r>
@@ -16228,51 +16228,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14990.86</t>
+            <t xml:space="preserve">15112.66</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="4"/>
       <c r="B51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двухрядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16298,51 +16298,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 890</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23665.74</t>
+            <t xml:space="preserve">23919.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C51" s="4"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двухрядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.031.SA.MGL</t>
           </r>
@@ -16366,51 +16366,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 890</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24890.74</t>
+            <t xml:space="preserve">25144.68</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="4"/>
       <c r="B52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двухрядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16436,51 +16436,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 890</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12544.48</t>
+            <t xml:space="preserve">12644.17</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C52" s="4"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двухрядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.031.CH.MGL</t>
           </r>
@@ -16504,51 +16504,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 890</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13769.48</t>
+            <t xml:space="preserve">13869.17</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="4"/>
       <c r="B53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двухрядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16574,51 +16574,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23546.16</t>
+            <t xml:space="preserve">23741.48</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C53" s="4"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двухрядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.032.SA.MGL</t>
           </r>
@@ -16642,51 +16642,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25140.16</t>
+            <t xml:space="preserve">25335.48</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="4"/>
       <c r="B54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двухрядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16712,51 +16712,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13579.78</t>
+            <t xml:space="preserve">13689.07</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C54" s="4"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало двухрядное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.032.CH.MGL</t>
           </r>
@@ -16780,51 +16780,51 @@
             <t xml:space="preserve">
 Высота, мм: 1485</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 1190</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15173.78</t>
+            <t xml:space="preserve">15283.07</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="4"/>
       <c r="B55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало крестообразное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16850,51 +16850,51 @@
             <t xml:space="preserve">
 Высота, мм: 1340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">24878.76</t>
+            <t xml:space="preserve">25166.44</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C55" s="4"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало крестообразное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.033.SA.MGL</t>
           </r>
@@ -16918,51 +16918,51 @@
             <t xml:space="preserve">
 Высота, мм: 1340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">25064.76</t>
+            <t xml:space="preserve">25352.44</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="4"/>
       <c r="B56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало крестообразное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -16988,51 +16988,51 @@
             <t xml:space="preserve">
 Высота, мм: 1340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14419.20</t>
+            <t xml:space="preserve">14576.56</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C56" s="4"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало крестообразное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.033.CH.MGL</t>
           </r>
@@ -17056,51 +17056,51 @@
             <t xml:space="preserve">
 Высота, мм: 1340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 20х20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14605.20</t>
+            <t xml:space="preserve">14762.56</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="4"/>
       <c r="B57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало крестообразное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17126,51 +17126,51 @@
             <t xml:space="preserve">
 Высота, мм: 1340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 292</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30110.06</t>
+            <t xml:space="preserve">30462.86</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C57" s="4"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало крестообразное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.034.SA.MGL</t>
           </r>
@@ -17194,51 +17194,51 @@
             <t xml:space="preserve">
 Высота, мм: 1340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 292</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30296.06</t>
+            <t xml:space="preserve">30648.86</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="4"/>
       <c r="B58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало крестообразное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -17264,51 +17264,51 @@
             <t xml:space="preserve">
 Высота, мм: 1340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 292</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15236.44</t>
+            <t xml:space="preserve">15407.44</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C58" s="4"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало крестообразное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: PRS.034.CH.MGL</t>
           </r>
@@ -17332,51 +17332,51 @@
             <t xml:space="preserve">
 Высота, мм: 1340</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 25х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина штанги, мм: 292</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15422.44</t>
+            <t xml:space="preserve">15593.44</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>