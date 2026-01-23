--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">05.07.2024</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Стойки напольные для одежды JVS (Собственное производство)</t>
   </si>
   <si>
     <t>Стойки напольные для одежды JVS – недорогие вешала российского производства, изготовленные из круглой трубы с диаметром 25 мм.
 Вешала производятся нашей компанией на собственном производстве в России. Именно поэтому серия JVS позволяет вам купить стойки напольные недорого и сэкономить свои средства. Несмотря на свою не дороговизну, все вешала произведены из качественных материалов и представлены в двух цветах: блестящий хром и черный матовый с эффектом шагрень. Фурнитура же в обоих вариантах хромированная.
 Поставляются в разобранном виде, что делает их удобными в транспортировке и хранении. При этом их сборка не отнимет много времени и сил. Вешала JVS прекрасно впишутся в интерьер любого магазина.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешалка напольная – рейл  Joker</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -99,51 +99,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вешало из элементов Joker, Uno, д-25мм. Легкое в сборке. Компактное в хранении. Нижнюю перекладину при желании можно переместить выше, и использовать для навешивания легкой одежды. Максимальная нагрузка на вешало - 30 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1471.00</t>
+      <t xml:space="preserve">1500.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешалка напольная - рейл, 151см х 110см х 50см,  OLMA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.007.V2.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -168,51 +168,51 @@
       <t xml:space="preserve">
 Примечание: Вешало из элементов Joker, Uno, д-25мм. Легкое в сборке. Компактное в хранении. Нижнюю перекладину при желании можно переместить выше, и использовать для навешивания легкой одежды. Максимальная нагрузка на вешало - 30кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1590.00</t>
+      <t xml:space="preserve">1622.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">JVS-01 \ Стойка напольная для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JVS.001.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -416,51 +416,51 @@
       <t xml:space="preserve">
 Примечание: Сечение труб 25мм. Распределенная нагрузка до 35кг. Сборно-разборная конструкция. Возможна установка полки OD.104.PLK.DSP (в комплект не входит, производится под заказ). </t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4350.00</t>
+      <t xml:space="preserve">4437.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OD.104.PLK.16 \ Полка 16мм для вешала OD.104VHL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.104.PLK.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1140</t>
@@ -481,51 +481,51 @@
       <t xml:space="preserve">
 Примечание: Полка для вешала OD.104.VHL.22450.4N100. Крепеж в комплекте. Изготавливается под заказ.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1150.00</t>
+      <t xml:space="preserve">1173.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OD.079 \ Вешало разборное из круглой трубы 25мм, L1100, H1500, OLMA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.079.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -550,51 +550,51 @@
       <t xml:space="preserve">
 Примечание: Вешало разборное из трубы 25мм. Возможна установка нижней полки, колесные опоры в комплекте, допустимая распределенная нагрузка 30кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3490.00</t>
+      <t xml:space="preserve">3560.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OD.079 \ Вешало разборное из круглой трубы 25мм, L1100, H1500, OLMA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.079.9016.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -619,51 +619,51 @@
       <t xml:space="preserve">
 Примечание: Вешало разборное из трубы 25мм. Возможна установка нижней полки, колесные опоры в комплекте, допустимая распределенная нагрузка 30кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3490.00</t>
+      <t xml:space="preserve">3560.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OD.079.PLK.16.V2 \  Полка 16мм для вешала OD.079 </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.079.PLK.16.V2.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1045</t>
@@ -680,51 +680,51 @@
       <t xml:space="preserve">
 Примечание: Полка для вешала OD.079. Крепление в комплекте.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1150.00</t>
+      <t xml:space="preserve">1173.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OD.125 \ Вешалка напольная, двухрядная - рейл, 150 см х 110см х 48см, OLMA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.125.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1100</t>
@@ -745,51 +745,51 @@
       <t xml:space="preserve">
 Примечание: Сечение труб 25мм. Распределенная нагрузка 70кг. Сборно-разборная конструкция.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3090.00</t>
+      <t xml:space="preserve">3152.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OD.125 \ Вешалка напольная, двухрядная - рейл, 150 см х 110см х 48см, OLMA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OD.125.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1100</t>
@@ -810,51 +810,51 @@
       <t xml:space="preserve">
 Примечание: Сечение труб 25мм. Распределенная нагрузка 70кг. Сборно-разборная конструкция.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3280.00</t>
+      <t xml:space="preserve">3346.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">JVS-04 \ Стойка напольная 2-х рядная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JVS.004.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2467,51 +2467,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">05.07.2024</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2551,51 +2551,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вешало из элементов Joker, Uno, д-25мм. Легкое в сборке. Компактное в хранении. Нижнюю перекладину при желании можно переместить выше, и использовать для навешивания легкой одежды. Максимальная нагрузка на вешало - 30 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1471.00</t>
+            <t xml:space="preserve">1500.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешалка напольная - рейл, 151см х 110см х 50см,  OLMA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OD.007.V2.22450.4N100</t>
           </r>
@@ -2623,51 +2623,51 @@
             <t xml:space="preserve">
 Примечание: Вешало из элементов Joker, Uno, д-25мм. Легкое в сборке. Компактное в хранении. Нижнюю перекладину при желании можно переместить выше, и использовать для навешивания легкой одежды. Максимальная нагрузка на вешало - 30кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1590.00</t>
+            <t xml:space="preserve">1622.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">JVS-01 \ Стойка напольная для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2887,51 +2887,51 @@
             <t xml:space="preserve">
 Примечание: Сечение труб 25мм. Распределенная нагрузка до 35кг. Сборно-разборная конструкция. Возможна установка полки OD.104.PLK.DSP (в комплект не входит, производится под заказ). </t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4350.00</t>
+            <t xml:space="preserve">4437.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OD.104.PLK.16 \ Полка 16мм для вешала OD.104VHL</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2957,51 +2957,51 @@
             <t xml:space="preserve">
 Примечание: Полка для вешала OD.104.VHL.22450.4N100. Крепеж в комплекте. Изготавливается под заказ.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1150.00</t>
+            <t xml:space="preserve">1173.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OD.079 \ Вешало разборное из круглой трубы 25мм, L1100, H1500, OLMA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OD.079.22450.4N100</t>
           </r>
@@ -3029,51 +3029,51 @@
             <t xml:space="preserve">
 Примечание: Вешало разборное из трубы 25мм. Возможна установка нижней полки, колесные опоры в комплекте, допустимая распределенная нагрузка 30кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3490.00</t>
+            <t xml:space="preserve">3560.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OD.079 \ Вешало разборное из круглой трубы 25мм, L1100, H1500, OLMA</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3103,51 +3103,51 @@
             <t xml:space="preserve">
 Примечание: Вешало разборное из трубы 25мм. Возможна установка нижней полки, колесные опоры в комплекте, допустимая распределенная нагрузка 30кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3490.00</t>
+            <t xml:space="preserve">3560.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OD.079.PLK.16.V2 \  Полка 16мм для вешала OD.079 </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OD.079.PLK.16.V2.DSP</t>
           </r>
@@ -3167,51 +3167,51 @@
             <t xml:space="preserve">
 Примечание: Полка для вешала OD.079. Крепление в комплекте.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1150.00</t>
+            <t xml:space="preserve">1173.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OD.125 \ Вешалка напольная, двухрядная - рейл, 150 см х 110см х 48см, OLMA</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3237,51 +3237,51 @@
             <t xml:space="preserve">
 Примечание: Сечение труб 25мм. Распределенная нагрузка 70кг. Сборно-разборная конструкция.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3090.00</t>
+            <t xml:space="preserve">3152.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OD.125 \ Вешалка напольная, двухрядная - рейл, 150 см х 110см х 48см, OLMA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OD.125.22450.4N100</t>
           </r>
@@ -3305,51 +3305,51 @@
             <t xml:space="preserve">
 Примечание: Сечение труб 25мм. Распределенная нагрузка 70кг. Сборно-разборная конструкция.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3280.00</t>
+            <t xml:space="preserve">3346.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">JVS-04 \ Стойка напольная 2-х рядная</t>
           </r>
           <r>
             <t xml:space="preserve">