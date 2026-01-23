--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13.03.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Вешала из нержавеющей стали Steel</t>
   </si>
   <si>
     <t>Вешала Steel выполнены из нержавеющей стали. Этот прочный и долговечный материал подчеркивает стильный дизайн вешал.
 Все вешала имеют разборную конструкцию, но при этом очень легко собираются, что помогает удобно и мобильно их перевозить и хранить.
 Вешала прекрасно дополнят модульную систему Steel. Благодаря такому сочетанию магазин может быть оформлен в едином современном стиле.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STV 001 \ Вешало для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -469,51 +469,51 @@
       <t xml:space="preserve">
 Артикул: KLO.010.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: нержавеющая сталь шлифованная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможно использование с вешалами STV 006, STV 007, STV 004 и штангами STE 02, STE 03</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">661.00</t>
+      <t xml:space="preserve">674.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -534,51 +534,51 @@
       <t xml:space="preserve">
 Глубина, мм: 295</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">940.00</t>
+      <t xml:space="preserve">959.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STL.13.MGL \ Полка для вешала STV 006</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STL.13.MGL</t>
@@ -591,51 +591,51 @@
       <t xml:space="preserve">
 Глубина, мм: 295</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1120.00</t>
+      <t xml:space="preserve">1142.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STL.14.DSP16 \ Полка для вешала STV 006</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STL.14.DSP16</t>
@@ -648,51 +648,51 @@
       <t xml:space="preserve">
 Глубина, мм: 295</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">715.00</t>
+      <t xml:space="preserve">729.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STL.15.DSP \ Подиум для вешала STV 006</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: STL.15.DSP</t>
@@ -705,51 +705,51 @@
       <t xml:space="preserve">
 Глубина, мм: 630</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1540</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4128.00</t>
+      <t xml:space="preserve">4211.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-16 \ Присоска для панелей и стекла</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.016.TR</t>
@@ -815,51 +815,51 @@
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.60</t>
+      <t xml:space="preserve">5.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Присоска - \ Присоска для стекла</t>
@@ -872,51 +872,51 @@
       <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.90</t>
+      <t xml:space="preserve">6.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1778,51 +1778,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13.03.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2256,51 +2256,51 @@
             <t xml:space="preserve">
 Артикул: KLO.010.NS</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: нержавеющая сталь шлифованная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможно использование с вешалами STV 006, STV 007, STV 004 и штангами STE 02, STE 03</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">661.00</t>
+            <t xml:space="preserve">674.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -2324,51 +2324,51 @@
             <t xml:space="preserve">
 Глубина, мм: 295</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">940.00</t>
+            <t xml:space="preserve">959.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2386,51 +2386,51 @@
             <t xml:space="preserve">
 Глубина, мм: 295</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1120.00</t>
+            <t xml:space="preserve">1142.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">STL.14.DSP16 \ Полка для вешала STV 006</t>
           </r>
@@ -2446,51 +2446,51 @@
             <t xml:space="preserve">
 Глубина, мм: 295</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">715.00</t>
+            <t xml:space="preserve">729.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2508,51 +2508,51 @@
             <t xml:space="preserve">
 Глубина, мм: 630</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1540</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4128.00</t>
+            <t xml:space="preserve">4211.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-16 \ Присоска для панелей и стекла</t>
           </r>
@@ -2626,51 +2626,51 @@
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.60</t>
+            <t xml:space="preserve">5.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2686,51 +2686,51 @@
             <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.90</t>
+            <t xml:space="preserve">6.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>