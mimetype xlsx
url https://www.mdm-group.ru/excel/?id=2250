--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -83,54 +83,50 @@
       <t xml:space="preserve">
 Артикул: KLO.011.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: нержавеющая сталь шлифованная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1365</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1355</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вешало разборное</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 19114 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10600.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -148,54 +144,50 @@
       <t xml:space="preserve">
 Артикул: KLO.012.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: нержавеющая сталь шлифованная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1355</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вешало разборное</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 20260 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">11109.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -213,54 +205,50 @@
       <t xml:space="preserve">
 Артикул: KLO.001.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: нержавеющая сталь шлифованная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1355</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вешало разборное</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Комплектация: STV 005-1100 - 1 шт., штанга для кронштейнов - 1 шт., кронштейны - 3 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 16240 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">8901.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -279,54 +267,50 @@
       <t xml:space="preserve">STV 006 \ Вешало для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: KLO.003.NS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: нержавеющая сталь шлифованная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 580</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Вешало разборное. Устанавливается на подиум STP.015 ( в комплект не входит)</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 18890 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">15990.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
@@ -1846,54 +1830,50 @@
             <t xml:space="preserve">
 Артикул: KLO.011.NS</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: нержавеющая сталь шлифованная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1365</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1355</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вешало разборное</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 19114 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10600.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
@@ -1911,54 +1891,50 @@
             <t xml:space="preserve">STV 004 \  Вешало для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KLO.012.NS</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: нержавеющая сталь шлифованная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1355</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вешало разборное</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 20260 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">11109.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
@@ -1984,54 +1960,50 @@
             <t xml:space="preserve">
 Артикул: KLO.001.NS</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: нержавеющая сталь шлифованная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1355</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вешало разборное</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Комплектация: STV 005-1100 - 1 шт., штанга для кронштейнов - 1 шт., кронштейны - 3 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 16240 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">8901.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -2053,54 +2025,50 @@
             <t xml:space="preserve">STV 006 \ Вешало для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: KLO.003.NS</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: нержавеющая сталь шлифованная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 580</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Вешало разборное. Устанавливается на подиум STP.015 ( в комплект не входит)</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 18890 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">15990.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>