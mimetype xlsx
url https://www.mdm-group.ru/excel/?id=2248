--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">06.02.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Нестандартные вешала NES (Собственное производство)</t>
   </si>
   <si>
     <t>Производим вешала любых конфигураций (нестандартных форм, размеров и цветов).  Каркас вешал изготавливается из нержавеющей стали или окрашенного металла, а подиумы и полки – из МДФ, ДСП и стекла. С образцами материалов и полным спектром возможных цветов можно ознакомиться в нашем выставочном зале. Ниже представлены примеры возможных нестандартных вешал.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало с подиумом из ДСП под пластиком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0044.HPL.NM</t>
     </r>
@@ -97,51 +97,51 @@
       <t xml:space="preserve">
 Высота, мм: 1 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 40x20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подиум: ДСП под пластиком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">34852.00</t>
+      <t xml:space="preserve">35549.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало с подиумом из ДСП под пластиком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0044.HPL.NR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Каркас: шлифованная нержавеющая сталь</t>
@@ -158,51 +158,51 @@
       <t xml:space="preserve">
 Высота, мм: 1 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 40x20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подиум: ДСП под пластиком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">46566.00</t>
+      <t xml:space="preserve">47497.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало с подиумом из ДСП под пластиком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0044.HPL.PNR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Каркас: полированная нержавеющая сталь</t>
@@ -219,51 +219,51 @@
       <t xml:space="preserve">
 Высота, мм: 1 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 40x20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подиум: ДСП под пластиком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">54282.00</t>
+      <t xml:space="preserve">55368.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало  с подиумом из крашенного МДФ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0044.COL.NM</t>
     </r>
     <r>
       <t xml:space="preserve">
 Каркас: окрашенный металл</t>
@@ -280,51 +280,51 @@
       <t xml:space="preserve">
 Высота, мм: 1 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 40x20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подиум: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28187.00</t>
+      <t xml:space="preserve">28751.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало с подиумом из крашенного МДФ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0044.COL.NR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Каркас: шлифованная нержавеющая сталь</t>
@@ -341,51 +341,51 @@
       <t xml:space="preserve">
 Высота, мм: 1 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 40x20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подиум: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">40078.00</t>
+      <t xml:space="preserve">40880.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало с подиумом из крашенного МДФ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.0044.COL.PNR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Каркас: полированная нержавеющая сталь</t>
@@ -402,51 +402,51 @@
       <t xml:space="preserve">
 Высота, мм: 1 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Сечение, мм: 40x20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подиум: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">47618.00</t>
+      <t xml:space="preserve">48570.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало, полка ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.00049.A.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Каркас: металлический толщиной 6мм, окраска в любой цвет по RAL</t>
@@ -463,51 +463,51 @@
       <t xml:space="preserve">
 Высота, мм: 1 575</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: не требуется инструмент для сборки/разборки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подиум: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27106.00</t>
+      <t xml:space="preserve">27648.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало, полка МДФ окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.00049.A.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Каркас: металлический толщиной 6мм, окраска в любой цвет по RAL</t>
@@ -524,51 +524,51 @@
       <t xml:space="preserve">
 Высота, мм: 1 575</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: не требуется инструмент для сборки/разборки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подиум: МДФ окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">27953.00</t>
+      <t xml:space="preserve">28512.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало, полка ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.00049.B.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Каркас: металлический толщиной 6мм, окраска в любой цвет по RAL</t>
@@ -585,51 +585,51 @@
       <t xml:space="preserve">
 Высота, мм: 1 575</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: не требуется инструмент для сборки/разборки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подиум: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28024.00</t>
+      <t xml:space="preserve">28584.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало, полка МДФ окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.00049.B.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Каркас: металлический толщиной 6мм, окраска в любой цвет по RAL</t>
@@ -646,51 +646,51 @@
       <t xml:space="preserve">
 Высота, мм: 1 575</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: не требуется инструмент для сборки/разборки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подиум: МДФ окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">29372.00</t>
+      <t xml:space="preserve">29959.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало, полка ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.00049.C.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Каркас: металлический толщиной 6мм, окраска в любой цвет по RAL</t>
@@ -707,51 +707,51 @@
       <t xml:space="preserve">
 Высота, мм: 1 575</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: не требуется инструмент для сборки/разборки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подиум: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">30716.00</t>
+      <t xml:space="preserve">31330.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Вешало, полка МДФ окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.00049.C.COL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Каркас: металлический толщиной 6мм, окраска в любой цвет по RAL</t>
@@ -768,100 +768,100 @@
       <t xml:space="preserve">
 Высота, мм: 1 575</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: не требуется инструмент для сборки/разборки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Подиум: МДФ окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">32564.00</t>
+      <t xml:space="preserve">33215.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Кронштейн двухсторонний для вешала NES.0049</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NES.00049.HOOK</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 580</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Окраска в любой цвет по RAL. Имеет защитную прозрачную пластиковую накладку.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1544.00</t>
+      <t xml:space="preserve">1575.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-14 c \ Ножка регулируемая (резьба М10)</t>
@@ -874,51 +874,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.52</t>
+      <t xml:space="preserve">27.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1780,51 +1780,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">06.02.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1864,51 +1864,51 @@
             <t xml:space="preserve">
 Высота, мм: 1 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 40x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подиум: ДСП под пластиком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">34852.00</t>
+            <t xml:space="preserve">35549.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало с подиумом из ДСП под пластиком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NES.0044.HPL.NR</t>
           </r>
@@ -1928,51 +1928,51 @@
             <t xml:space="preserve">
 Высота, мм: 1 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 40x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подиум: ДСП под пластиком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">46566.00</t>
+            <t xml:space="preserve">47497.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало с подиумом из ДСП под пластиком</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -1994,51 +1994,51 @@
             <t xml:space="preserve">
 Высота, мм: 1 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 40x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подиум: ДСП под пластиком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">54282.00</t>
+            <t xml:space="preserve">55368.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало  с подиумом из крашенного МДФ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NES.0044.COL.NM</t>
           </r>
@@ -2058,51 +2058,51 @@
             <t xml:space="preserve">
 Высота, мм: 1 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 40x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подиум: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28187.00</t>
+            <t xml:space="preserve">28751.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало с подиумом из крашенного МДФ</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2124,51 +2124,51 @@
             <t xml:space="preserve">
 Высота, мм: 1 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 40x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подиум: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">40078.00</t>
+            <t xml:space="preserve">40880.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало с подиумом из крашенного МДФ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NES.0044.COL.PNR</t>
           </r>
@@ -2188,51 +2188,51 @@
             <t xml:space="preserve">
 Высота, мм: 1 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Сечение, мм: 40x20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подиум: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">47618.00</t>
+            <t xml:space="preserve">48570.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало, полка ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2254,51 +2254,51 @@
             <t xml:space="preserve">
 Высота, мм: 1 575</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: не требуется инструмент для сборки/разборки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подиум: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27106.00</t>
+            <t xml:space="preserve">27648.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало, полка МДФ окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NES.00049.A.COL</t>
           </r>
@@ -2318,51 +2318,51 @@
             <t xml:space="preserve">
 Высота, мм: 1 575</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: не требуется инструмент для сборки/разборки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подиум: МДФ окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">27953.00</t>
+            <t xml:space="preserve">28512.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало, полка ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2384,51 +2384,51 @@
             <t xml:space="preserve">
 Высота, мм: 1 575</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: не требуется инструмент для сборки/разборки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подиум: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28024.00</t>
+            <t xml:space="preserve">28584.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало, полка МДФ окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NES.00049.B.COL</t>
           </r>
@@ -2448,51 +2448,51 @@
             <t xml:space="preserve">
 Высота, мм: 1 575</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: не требуется инструмент для сборки/разборки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подиум: МДФ окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">29372.00</t>
+            <t xml:space="preserve">29959.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало, полка ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2514,51 +2514,51 @@
             <t xml:space="preserve">
 Высота, мм: 1 575</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: не требуется инструмент для сборки/разборки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подиум: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">30716.00</t>
+            <t xml:space="preserve">31330.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Вешало, полка МДФ окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NES.00049.C.COL</t>
           </r>
@@ -2578,51 +2578,51 @@
             <t xml:space="preserve">
 Высота, мм: 1 575</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: не требуется инструмент для сборки/разборки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Подиум: МДФ окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">32564.00</t>
+            <t xml:space="preserve">33215.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Кронштейн двухсторонний для вешала NES.0049</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2632,51 +2632,51 @@
             <t xml:space="preserve">
 Глубина, мм: 580</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Окраска в любой цвет по RAL. Имеет защитную прозрачную пластиковую накладку.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1544.00</t>
+            <t xml:space="preserve">1575.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2692,51 +2692,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.52</t>
+            <t xml:space="preserve">27.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>