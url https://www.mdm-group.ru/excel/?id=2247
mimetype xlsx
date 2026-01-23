--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15.02.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Напольные стойки для одежды Global (с вертикальной перфорацией)</t>
   </si>
   <si>
     <t>Напольные стойки для одежды Global – это единственная серия металлических модульных стоек, которая позволяет создавать функциональное островное оборудование и перестраивать его в соответствии с ассортиментом.
 Вешала разборные, собираются из трёх видов рам, которые соединяются между собой в различные конфигурации. Вертикальные стойки рам имеют перфорацию, совместимую с  модульной системой Global.
 Большой выбор навесных элементов Global:  фронтальные кронштейны, перекладины, полки, крючки позволяют презентабельно демонстрировать товар покупателям.
 Стойки для одежды напольные металлические могут комплектоваться полками из различных материалов: ДСП, МДФ, стекло матовое или прозрачное.
 Возможна установка рекламного постера и верхней полки.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">01  \ Каркас вешала </t>
     </r>
@@ -101,51 +101,51 @@
       <t xml:space="preserve">
 Высота, мм: 1420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
     </r>
     <r>
       <t xml:space="preserve">
 Комплектация: рама GLV S 001–2 шт.; J14c–3шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8953.56</t>
+      <t xml:space="preserve">9134.62</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">02 \ Каркас вешала</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.K.02.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -162,51 +162,51 @@
       <t xml:space="preserve">
 Высота, мм: 1420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
     </r>
     <r>
       <t xml:space="preserve">
 Комплектация: рама GLV S 001–1шт.; рама GLV S 002–1шт.; J14c – 3шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9565.56</t>
+      <t xml:space="preserve">9758.62</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">03 \  Каркас вешала</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.K.03.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -223,51 +223,51 @@
       <t xml:space="preserve">
 Высота, мм: 1420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
     </r>
     <r>
       <t xml:space="preserve">
 Комплектация: рама GLV S 001–1шт.; рама GLV S 003–1шт.; J14c – 3шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9565.56</t>
+      <t xml:space="preserve">9758.62</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">04 \ Каркас вешала</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.K.04.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -284,51 +284,51 @@
       <t xml:space="preserve">
 Высота, мм: 1420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
     </r>
     <r>
       <t xml:space="preserve">
 Комплектация: рама GLV S 001–3шт.; J14c – 4шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13417.08</t>
+      <t xml:space="preserve">13688.16</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">05 \ Каркас вешала</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.K.05.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -345,51 +345,51 @@
       <t xml:space="preserve">
 Высота, мм: 1420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
     </r>
     <r>
       <t xml:space="preserve">
 Комплектация: рама GLV S 001–2шт.; рама GLV S 002–1шт.; J14c – 4шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14029.08</t>
+      <t xml:space="preserve">14312.16</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">06 \ Каркас вешала</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.K.06.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -406,51 +406,51 @@
       <t xml:space="preserve">
 Высота, мм: 1420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
     </r>
     <r>
       <t xml:space="preserve">
 Комплектация: рама GLV S 001–3шт.; J14c – 4шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13417.08</t>
+      <t xml:space="preserve">13688.16</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">07 \ Каркас вешала</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.K.07.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -467,51 +467,51 @@
       <t xml:space="preserve">
 Высота, мм: 1420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
     </r>
     <r>
       <t xml:space="preserve">
 Комплектация: рама GLV S 001–2шт.; рама  GLV S 002–1шт.; J14c – 4шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14029.08</t>
+      <t xml:space="preserve">14312.16</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">08 \ Каркас вешала</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.K.08.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -528,51 +528,51 @@
       <t xml:space="preserve">
 Высота, мм: 1420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
     </r>
     <r>
       <t xml:space="preserve">
 Комплектация: рама GLV S 001–4шт.; J14c – 4шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">17854.08</t>
+      <t xml:space="preserve">18214.16</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">09 \ Каркас вешала</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.K.09.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -589,51 +589,51 @@
       <t xml:space="preserve">
 Высота, мм: 1420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
     </r>
     <r>
       <t xml:space="preserve">
 Комплектация: рама GLV S 001–3шт.; J14c – 4шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13417.08</t>
+      <t xml:space="preserve">13688.16</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">10 \ Каркас вешала</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.K.10.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -650,51 +650,51 @@
       <t xml:space="preserve">
 Высота, мм: 1420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
     </r>
     <r>
       <t xml:space="preserve">
 Комплектация: рама GLV S 001–2шт.; рама GLV S 002–1шт.; J14c – 4шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14029.08</t>
+      <t xml:space="preserve">14312.16</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">11 \ Каркас вешала</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.K.11.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -711,51 +711,51 @@
       <t xml:space="preserve">
 Высота, мм: 1420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
     </r>
     <r>
       <t xml:space="preserve">
 Комплектация: рама GLV S 001 – 1шт.; рама GLV S 009 – 1шт.; J14c – 3шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10483.56</t>
+      <t xml:space="preserve">10694.62</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">12 \ Каркас вешала</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.K.12.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -772,51 +772,51 @@
       <t xml:space="preserve">
 Высота, мм: 1420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
     </r>
     <r>
       <t xml:space="preserve">
 Комплектация: рама GLV S 001 – 2шт.; рама GLV S 009 – 1шт.; J14c – 4шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14947.08</t>
+      <t xml:space="preserve">15248.16</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">13 \ Каркас вешала</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.K.13.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -833,51 +833,51 @@
       <t xml:space="preserve">
 Высота, мм: 1420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
     </r>
     <r>
       <t xml:space="preserve">
 Комплектация: рама GLV S 001 – 2шт.; рама GLV S 009 – 1шт.; J14c – 4шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14947.08</t>
+      <t xml:space="preserve">15248.16</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">14 \ Каркас вешала</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.K.14.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -894,51 +894,51 @@
       <t xml:space="preserve">
 Высота, мм: 1420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
     </r>
     <r>
       <t xml:space="preserve">
 Комплектация: рама GLV S 001 – 2шт.; рама GLV S 009 – 1шт.; J14c – 4шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14947.08</t>
+      <t xml:space="preserve">15248.16</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV S 001 \ Рама</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLVS.001.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -947,51 +947,51 @@
       <t xml:space="preserve">
 Глубина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 630</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4437.00</t>
+      <t xml:space="preserve">4526.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV S 002 \ Рама</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLVS.002.CH</t>
@@ -1004,51 +1004,51 @@
       <t xml:space="preserve">
 Глубина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 930</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5049.00</t>
+      <t xml:space="preserve">5150.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV S 009 \ Рама</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLVS.009.CH</t>
@@ -1061,51 +1061,51 @@
       <t xml:space="preserve">
 Глубина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 1230</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5967.00</t>
+      <t xml:space="preserve">6086.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV S 003 \ Рама с вылетом</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLVS.003.CH</t>
@@ -1118,96 +1118,96 @@
       <t xml:space="preserve">
 Глубина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 930</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5049.00</t>
+      <t xml:space="preserve">5150.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV 004 \ Держатель верхней полки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.004.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">714.00</t>
+      <t xml:space="preserve">728.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -1253,147 +1253,147 @@
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">877.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">J-14 c \ Ножка регулируемая (резьба М10)</t>
-[...3 lines deleted...]
-Артикул: JOKP.014C.00</t>
+      <t xml:space="preserve">GLV 006 \ Штанга</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: GLV.006.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Производитель: Китай</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 50</t>
+Глубина, мм: 25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 879</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.52</t>
+      <t xml:space="preserve">965.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">GLV 006 \ Штанга</t>
-[...3 lines deleted...]
-Артикул: GLV.006.CH</t>
+      <t xml:space="preserve">J-14 c \ Ножка регулируемая (резьба М10)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: JOKP.014C.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 25</t>
-[...7 lines deleted...]
-Высота, мм: 25</t>
+Производитель: Китай</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">965.00</t>
+      <t xml:space="preserve">27.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV 007 \ Штанга для постера</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.007.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -1509,51 +1509,51 @@
       <t xml:space="preserve">
 Артикул: GLV.101.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для установки одного постера необходимо 2 штанги GLV 007 или GLV 008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1019.00</t>
+      <t xml:space="preserve">1039.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1566,51 +1566,51 @@
       <t xml:space="preserve">
 Артикул: GLV.102.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для установки одного постера необходимо 2 штанги GLV 007 или GLV 008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1471.00</t>
+      <t xml:space="preserve">1500.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1623,51 +1623,51 @@
       <t xml:space="preserve">
 Артикул: GLV.101P.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для установки одного постера необходимо 2 штанги GLV 007 или GLV 008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2491.00</t>
+      <t xml:space="preserve">2541.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1680,51 +1680,51 @@
       <t xml:space="preserve">
 Артикул: GLV.102P.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для установки одного постера необходимо 2 штанги GLV 007 или GLV 008</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3735.00</t>
+      <t xml:space="preserve">3810.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1745,51 +1745,51 @@
       <t xml:space="preserve">
 Ширина, мм: 815</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7392.00</t>
+      <t xml:space="preserve">7540.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.011.DSP \ Полка деревянная для вешала 01</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.011.DSP</t>
@@ -1802,51 +1802,51 @@
       <t xml:space="preserve">
 Ширина, мм: 815</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1140.00</t>
+      <t xml:space="preserve">1163.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.012.COL \ Полка деревянная для вешала 02,03</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.012.COL</t>
@@ -1859,51 +1859,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1115</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10110.00</t>
+      <t xml:space="preserve">10312.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.012.DSP \ Полка деревянная для вешала 02,03</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.012.DSP</t>
@@ -1916,51 +1916,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1115</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1565.00</t>
+      <t xml:space="preserve">1596.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.013.COL \ Полка деревянная для вешала 04,06</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.013.COL</t>
@@ -1973,51 +1973,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9071.00</t>
+      <t xml:space="preserve">9252.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.013.DSP \ Полка деревянная для вешала 04,06</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.013.DSP</t>
@@ -2030,51 +2030,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1404.00</t>
+      <t xml:space="preserve">1432.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.014.COL \ Полка деревянная для вешала 05,07</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.014.COL</t>
@@ -2087,51 +2087,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11792.00</t>
+      <t xml:space="preserve">12028.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.014.DSP \ Полка деревянная для вешала 05,07</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.014.DSP</t>
@@ -2144,51 +2144,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1821.00</t>
+      <t xml:space="preserve">1857.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.015.COL \ Полка деревянная для вешала 08</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.015.COL</t>
@@ -2201,51 +2201,51 @@
       <t xml:space="preserve">
 Ширина, мм: 710</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7258.00</t>
+      <t xml:space="preserve">7403.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.015.DSP \ Полка деревянная для вешала 08</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.015.DSP</t>
@@ -2258,51 +2258,51 @@
       <t xml:space="preserve">
 Ширина, мм: 710</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1125.00</t>
+      <t xml:space="preserve">1148.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.016.COL \ Полка деревянная для вешала 08</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.016.COL</t>
@@ -2315,51 +2315,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12839.00</t>
+      <t xml:space="preserve">13096.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.016.DSP \ Полка деревянная для вешал 11</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.016.DSP</t>
@@ -2372,51 +2372,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1981.00</t>
+      <t xml:space="preserve">2021.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.017.COL \ Полка деревянная для вешал 12,13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.017.COL</t>
@@ -2429,51 +2429,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: МДФ, окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14509.00</t>
+      <t xml:space="preserve">14799.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.017.DSP \ Полка деревянная для вешал 12,13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.017.DSP</t>
@@ -2486,51 +2486,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 16</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2240.00</t>
+      <t xml:space="preserve">2285.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.011.GL \ Полка стеклянная для вешал 01</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.011.GL</t>
@@ -2543,51 +2543,51 @@
       <t xml:space="preserve">
 Ширина, мм: 815</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2501.00</t>
+      <t xml:space="preserve">2551.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.011.MGL \ Полка стеклянная для вешал 01</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.011.MGL</t>
@@ -2600,51 +2600,51 @@
       <t xml:space="preserve">
 Ширина, мм: 815</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2610.00</t>
+      <t xml:space="preserve">2662.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.012.GL \ Полка стеклянная для вешал 02,03</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.012.GL</t>
@@ -2657,51 +2657,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1115</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3333.00</t>
+      <t xml:space="preserve">3400.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.012.MGL \ Полка стеклянная для вешал 02,03</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.012.MGL</t>
@@ -2714,51 +2714,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1115</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3485.00</t>
+      <t xml:space="preserve">3555.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.013.GL \ Полка стеклянная для вешал 04,06</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.013.GL</t>
@@ -2771,51 +2771,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2904.00</t>
+      <t xml:space="preserve">2962.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.013.MGL \ Полка стеклянная для вешал 04,06</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.013.MGL</t>
@@ -2828,51 +2828,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3040.00</t>
+      <t xml:space="preserve">3101.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.014.GL \ Полка стеклянная для вешал 05,07</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.014.GL</t>
@@ -2885,51 +2885,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3736.00</t>
+      <t xml:space="preserve">3811.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.014.MGL \ Полка стеклянная для вешал 05,07</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.014.MGL</t>
@@ -2942,51 +2942,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3913.00</t>
+      <t xml:space="preserve">3991.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.015.GL \ Полка стеклянная для вешала 08</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.015.GL</t>
@@ -2999,51 +2999,51 @@
       <t xml:space="preserve">
 Ширина, мм: 710</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 88</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2465.00</t>
+      <t xml:space="preserve">2514.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.015.MGL \ Полка стеклянная для вешала 08</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.015.MGL</t>
@@ -3056,51 +3056,51 @@
       <t xml:space="preserve">
 Ширина, мм: 710</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2574.00</t>
+      <t xml:space="preserve">2625.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.016.GL \ Полка стеклянная для вешала 11</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.016.GL</t>
@@ -3117,51 +3117,51 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: распределенная нагрузка - не более 6 кг на полку</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3986.00</t>
+      <t xml:space="preserve">4066.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.016.MGL \ Полка стеклянная для вешала 11</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.016.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 630</t>
@@ -3174,51 +3174,51 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: распределенная нагрузка - не более 6 кг на полку</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4179.00</t>
+      <t xml:space="preserve">4263.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.017.GL \ Полка стеклянная для вешал 12,13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.017.GL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 630</t>
@@ -3231,51 +3231,51 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: распределенная нагрузка - не более 6 кг на полку</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: прозрачное стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4391.00</t>
+      <t xml:space="preserve">4479.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLV.017.MGL \ Полка стеклянная для вешал 12,13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLV.017.MGL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: матовый</t>
@@ -3292,51 +3292,51 @@
       <t xml:space="preserve">
 Толщина, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: распределенная нагрузка - не более 6 кг на полку</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: матовое стекло</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4607.00</t>
+      <t xml:space="preserve">4699.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038A.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3349,51 +3349,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">908.00</t>
+      <t xml:space="preserve">926.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-900 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038B.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3406,51 +3406,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1020.00</t>
+      <t xml:space="preserve">1040.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 38.HL \ Штанга (L-1200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.038C.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3463,51 +3463,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1224.00</t>
+      <t xml:space="preserve">1248.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 39.HL \ Штанга (L-600 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.039A.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3516,51 +3516,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">490.00</t>
+      <t xml:space="preserve">500.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 39.HL \ Штанга (L-900 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.039B.HL.CH</t>
@@ -3573,51 +3573,51 @@
       <t xml:space="preserve">
 Ширина, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">683.00</t>
+      <t xml:space="preserve">697.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 39.HL \ Штанга (L-1200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.039C.HL.CH</t>
@@ -3630,51 +3630,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">842.00</t>
+      <t xml:space="preserve">859.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.005 \ Кронштейн для шапок L_600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.005.9016.25</t>
@@ -3695,51 +3695,51 @@
       <t xml:space="preserve">
 Цвет: белый матовый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Позволяет разместить 7 шапок. Крепление на стойку с перфорацией идентичной Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1620.00</t>
+      <t xml:space="preserve">1652.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.006 \ Кронштейн для шапок L_900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.006.9016.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый матовый</t>
@@ -3752,51 +3752,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Позволяет разместить 11 шапок. Крепление на стойку с перфорацией идентичной Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2180.00</t>
+      <t xml:space="preserve">2224.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS.007 \ Кронштейн для шапок L_1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.007.9016.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый матовый</t>
@@ -3809,51 +3809,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Позволяет разместить 15 шапок. Крепление на стойку с перфорацией идентичной Global</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2930.00</t>
+      <t xml:space="preserve">2989.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 57L.HL \ Держатель прямоугольной трубы (левый, L-50мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.57B L.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3866,51 +3866,51 @@
       <t xml:space="preserve">
 Глубина, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">152.00</t>
+      <t xml:space="preserve">155.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 57R.HL \ Держатель прямоугольной трубы (правый, L-50мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.57B R.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3923,51 +3923,51 @@
       <t xml:space="preserve">
 Глубина, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">152.00</t>
+      <t xml:space="preserve">155.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 57L.HL \ Держатель прямоугольной трубы (левый, L-300мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.57A L.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -3980,51 +3980,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">385.00</t>
+      <t xml:space="preserve">393.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 57R.HL \ Держатель прямоугольной трубы (правый, L-300мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.57A R.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -4037,92 +4037,92 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">385.00</t>
+      <t xml:space="preserve">393.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 58 \ Держатель полки для GL 57</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.058.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">76.50</t>
+      <t xml:space="preserve">78.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -4135,51 +4135,51 @@
       </rPr>
       <t xml:space="preserve">GL 59 \ Держатель полки для GL 38 и NP-38</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.059.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">124.00</t>
+      <t xml:space="preserve">126.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -4216,51 +4216,51 @@
       <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">98.00</t>
+      <t xml:space="preserve">100.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GLS 063BR-L \ Кронштейн для корзины (левый, L-290мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLS.063.BRACKET-LEFT.V5.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -4468,51 +4468,51 @@
       <t xml:space="preserve">
 Полкодержатель: левый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">260.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: GLB.055R.HL.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -4525,271 +4525,271 @@
       <t xml:space="preserve">
 Полкодержатель: правый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">260.00</t>
+      <t xml:space="preserve">265.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 105 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.036.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">428.00</t>
+      <t xml:space="preserve">437.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 112-K \ Кронштейн с крючками</t>
-[...3 lines deleted...]
-Артикул: RTP.056.CH</t>
+      <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.020.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 50</t>
+Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">224.00</t>
+      <t xml:space="preserve">396.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 105-K \Кронштейн наклонный с штырьками</t>
-[...3 lines deleted...]
-Артикул: RTP.054.CH</t>
+      <t xml:space="preserve">R 112-K \ Кронштейн с крючками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.056.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">209.00</t>
+      <t xml:space="preserve">228.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
-[...3 lines deleted...]
-Артикул: RTP.020.CH</t>
+      <t xml:space="preserve">R 105-K \Кронштейн наклонный с штырьками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.054.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 48</t>
+Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">388.00</t>
+      <t xml:space="preserve">213.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 112 \ Кронштейн с крючками</t>
@@ -4802,51 +4802,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">386.00</t>
+      <t xml:space="preserve">394.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 106 \ Кронштейн</t>
@@ -4920,51 +4920,51 @@
       <t xml:space="preserve">
 Глубина, мм: 320</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">90.78</t>
+      <t xml:space="preserve">92.82</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 113 \ Кронштейн</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.021.CH</t>
@@ -4973,51 +4973,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">275.00</t>
+      <t xml:space="preserve">281.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 109 \ Кронштейн</t>
@@ -5030,51 +5030,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 415</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">439.00</t>
+      <t xml:space="preserve">448.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 113-K \ Кронштейн прямой</t>
@@ -5087,51 +5087,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">159.00</t>
+      <t xml:space="preserve">162.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 107 \ Кассета для сорочек</t>
@@ -5205,51 +5205,51 @@
       <t xml:space="preserve">
 Глубина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">51.00</t>
+      <t xml:space="preserve">52.02</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 291 \ Крючок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.028.CH</t>
@@ -5262,51 +5262,51 @@
       <t xml:space="preserve">
 Глубина, мм: 150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">59.16</t>
+      <t xml:space="preserve">60.18</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 292 \ Крючок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.029.CH</t>
@@ -5319,51 +5319,51 @@
       <t xml:space="preserve">
 Глубина, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">64.26</t>
+      <t xml:space="preserve">65.28</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 293 \ Крючок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.030.CH</t>
@@ -5376,51 +5376,51 @@
       <t xml:space="preserve">
 Глубина, мм: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">72.42</t>
+      <t xml:space="preserve">73.44</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 294 \ Крючок</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.033.CH</t>
@@ -5433,51 +5433,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">74.46</t>
+      <t xml:space="preserve">75.48</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 597 \ Кронштейн карусель</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.040.CH</t>
@@ -5555,100 +5555,100 @@
       <t xml:space="preserve">
 Высота, мм: 160</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Пруток д-5мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">332.00</t>
+      <t xml:space="preserve">339.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (U) 405 \ Кронштейн наклонный (усиленный зацеп)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.041.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">439.00</t>
+      <t xml:space="preserve">448.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (U) 413 \ Кронштейн прямой (усиленный зацеп)</t>
@@ -5661,51 +5661,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">287.00</t>
+      <t xml:space="preserve">293.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (U) 491 \ Крючок (усиленный зацеп)</t>
@@ -5779,51 +5779,51 @@
       <t xml:space="preserve">
 Глубина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">107.00</t>
+      <t xml:space="preserve">109.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (TOP) 109 \ Кронштейн ступенчатый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: RTP.047.CH</t>
@@ -5832,51 +5832,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">516.00</t>
+      <t xml:space="preserve">526.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (TOP) 153 \ Кронштейн прямой</t>
@@ -5889,51 +5889,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">372.00</t>
+      <t xml:space="preserve">379.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R (TOP) 496 \ Кронштейн прямой</t>
@@ -5950,51 +5950,51 @@
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">123.00</t>
+      <t xml:space="preserve">125.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
@@ -6058,51 +6058,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/669f6314_65e4_11e6_9c74_0025902b3cc0_7AFA0E51_C4FF_4690_B795_D457B0F2CA292.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f2938f9_65e5_11e6_9c74_0025902b3cc0_973C615D_C1DF_4FF2_B1F9_FB7FC7FD2F563.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3886713_65e5_11e6_9c74_0025902b3cc0_F06E2CBE_F37F_4457_875F_48CBCC1472854.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37ae4b15_65e6_11e6_9c74_0025902b3cc0_2D88BC48_FA23_484F_A885_60B367A7F0215.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82c1a7ec_65e6_11e6_9c74_0025902b3cc0_329A9C19_255C_4D68_B2CE_1A1F921396D66.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f7aa766_65e7_11e6_9c74_0025902b3cc0_9EEA80FBF1147.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47fa0b9b_65e7_11e6_9c74_0025902b3cc0_3D460521_F3B7_4E45_B477_B823A8B79F5F8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b296037_65e8_11e6_9c74_0025902b3cc0_A48CEDFB_2C69_4495_90FD_AD7CB21574899.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43048a3c_65e8_11e6_9c74_0025902b3cc0_05AB10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228b12db_65ed_11e6_9c74_0025902b3cc0_DB9760C6_C5B5_47E6_A6C5_E755BC1EC27011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4709664e_65ee_11e6_9c74_0025902b3cc0_C4A398FF_F135_403B_9508_B9EE0F41E97C12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802cf7aa_65ee_11e6_9c74_0025902b3cc0_2571CC9A_C66A_4A12_B559_2356C5C227E413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/babcbc9c_65ee_11e6_9c74_0025902b3cc0_15142B25_54A1_4B0D_8F25_79A36EF61CB814.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f09805dc_65ee_11e6_9c74_0025902b3cc0_9918F61B_EB2E_4E9D_8EB3_69FD40EAF85C15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7aa64ef_969a_11e1_8376_0025902b3cc1_805243FA_F8B8_4213_9808_EACCC1A40A8316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3817041e_96b5_11e1_8376_0025902b3cc1_0FF237FC_E8C7_4FC2_8C55_661074A7ACA617.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38170423_96b5_11e1_8376_0025902b3cc1_0F698568_2FA5_47ED_B258_BAEF29AE191218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e073dfa0_c362_11e5_a514_0025902b3cc0_AE9BDC35_C061_4B01_8300_3CD9B579E06D19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304f7_fdef_11df_b16f_003048d0c7fe_B42A15EB_2CFF_41A2_8657_6187103D5E4120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a3c2102_ff16_11e0_833e_003048f27c5f_9F98EDB9_4BCE_4B75_B34D_D8F47883ED9221.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afa54449_ff16_11e0_833e_003048f27c5f_9BAC8883_6F10_4DE8_BBFB_461DCC9241E823.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afa54455_ff16_11e0_833e_003048f27c5f_41EBCDE1_58A9_40D7_BCCB_EAC38341590624.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bccbd967_8356_11e0_afc8_003048f27c5f_4BCF8FE4_BA20_4837_A4A2_82490D01296825.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e8ed03_ff34_11e0_833e_003048f27c5f_10126.JPG"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9685b96c_ff18_11e0_833e_003048f27c5f_10127.JPG"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a8fb901_a79e_11e0_a476_003048f27c5f_101P28.JPG"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e8ed46_ff34_11e0_833e_003048f27c5f_101P29.JPG"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfb5c24a_00e1_11e8_b78c_0025902b3cc1_GLV_011_b30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f266a4_00e2_11e8_b78c_0025902b3cc1_GLV_011_b31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddec6499_00e2_11e8_b78c_0025902b3cc1_GLV_012_b32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/332ae01d_ff92_11e0_833e_003048f27c5f_GLV_012_b33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2830e77f_00e3_11e8_b78c_0025902b3cc1_GLV_013_b34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5940106e_00e3_11e8_b78c_0025902b3cc1_GLV_013_b35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ca47d6_00e3_11e8_b78c_0025902b3cc1_GLV_014_b36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b3c0d50_00fa_11e8_b78c_0025902b3cc1_GLV_014_b37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6cd61ea_00e3_11e8_b78c_0025902b3cc1_GLV_015_b38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ece55c_00e4_11e8_b78c_0025902b3cc1_GLV_015_b39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/495b9526_00e4_11e8_b78c_0025902b3cc1_GLV_016_b40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/665763bc_00e4_11e8_b78c_0025902b3cc1_GLV_016_b41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd30a02d_00e4_11e8_b78c_0025902b3cc1_GLV_017_b42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da0d7cab_00e4_11e8_b78c_0025902b3cc1_GLV_017_b43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37451d75_00ed_11e8_b78c_0025902b3cc1_GLV_011_b44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a063e5d4_00ef_11e8_b78c_0025902b3cc1_GLV_011_b45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cb92e2_2859_11e0_99a4_003048f27c5f_GLV_012_b46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f60bbc57_00ef_11e8_b78c_0025902b3cc1_GLV_012_b47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4792fa1e_1c3c_11e3_baa0_0025902b3cc1_GLV_013_b48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb24a622_ff90_11e0_833e_003048f27c5f_GLV_013_b49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8480bb9e_ff21_11e0_833e_003048f27c5f_GLV_014_b50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfb2c492_00f1_11e8_b78c_0025902b3cc1_GLV_014_b51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6876b7a_ff1f_11e0_833e_003048f27c5f_GLV_015_b52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f118232_00f2_11e8_b78c_0025902b3cc1_GLV_015_b53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09d9b287_bb65_11e1_a8e8_0025902b3cc1_GLV_016_b54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91753961_73e9_11e4_a300_0025902b3cc1_GLV_016_b55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea1502cd_ff93_11e0_833e_003048f27c5f_GLV_017_b56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e291e9a_c481_11e3_a2c8_0025902b3cc1_GLV_017_b57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb25_fea4_11df_b16f_003048d0c7fe_6E8A2261_7F80_4416_98BC_4FB7D83C3A1E58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff22d_c55b_11df_b729_003048d0c7fe_CAF553C9_5871_458F_A59A_3BA9AFBC023F59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d239a_0100_11e0_b16f_003048d0c7fe_B08D1D45_A27F_458A_BD55_13F26F0F4B9460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb28_fea4_11df_b16f_003048d0c7fe_9274CB7E_276B_49F7_8B17_1DAE6E10272261.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db30500_fdef_11df_b16f_003048d0c7fe_63D85E22_7A6E_4777_9EDE_6341BC5C806762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc79e03b_0100_11e0_b16f_003048d0c7fe_2C768075_AF53_49B8_955D_AC46C17E6A1863.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba787868_9af0_11ed_bd63_ac1f6b40b531_Frame-6-_1_64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81bfb42_9af0_11ed_bd63_ac1f6b40b531_GLS00690162565.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bffb279_9af1_11ed_bd63_ac1f6b40b531_GLS006901625_0166.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a83e_0427_11e0_99a4_003048f27c5f_72CBFA5E_FA3A_4AC1_A300_B75308D0335467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a841_0427_11e0_99a4_003048f27c5f_485A5F18_DBEB_46C0_94ED_26F86E0B22B468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d958_0427_11e0_99a4_003048f27c5f_30DFF48C_9CB3_42F7_92C8_9349AEC2B37E69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95b_0427_11e0_99a4_003048f27c5f_198B1A2B_B3D1_4B9E_A319_307E33CEC30270.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95e_0427_11e0_99a4_003048f27c5f_049A9C43_0C0D_4554_BE3C_11847DB5317E71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751772b9_0f25_11e0_99a4_003048f27c5f_F62201B6_AEDD_4F36_9786_A5EC509B949872.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b47fb77_1e1d_11e8_ade2_0025902b3cc1_F4C1CE77_1707_4881_947E_A5EA146CA48F73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6108ddb5_6068_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F374.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89a2724e_6068_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F375.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aafa01b8_09b8_11e9_8add_0025902b3cc1_2E63857B_B355_4E28_8BB4_D0B810828FCD76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD8777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB5078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db3050d_fdef_11df_b16f_003048d0c7fe_2EA372C8_BF20_4D9A_A391_ABA76B2005C879.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e16ca61_9cab_11e9_80b7_0025902b3cc1_EA97CE90_9FAB_4698_A41E_88205852316480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d2a6dd_9cab_11e9_80b7_0025902b3cc1_2EA372C8_BF20_4D9A_A391_ABA76B2005C881.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bb2_0100_11e0_b16f_003048d0c7fe_9A2D6A81_74BF_4C50_8429_809DBA79697C82.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8899_fdef_11df_b16f_003048d0c7fe_EA97CE90_9FAB_4698_A41E_88205852316483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ed_0100_11e0_b16f_003048d0c7fe_146FE058_C784_4AE7_A5B3_800757C1E60E84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445e2215_035a_11e0_b16f_003048d0c7fe_D2641C2F_8482_40A9_BFF1_1D25827CB92985.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7acfb_fdef_11df_b16f_003048d0c7fe_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8886.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f27_0427_11e0_99a4_003048f27c5f_C68A43EA_CF37_4207_BD17_D958C79815EA87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4728799a_9cab_11e9_80b7_0025902b3cc1_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8888.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bb7b_246f_11e0_99a4_003048f27c5f_2E63857B_B355_4E28_8BB4_D0B810828FCD89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb05_fea4_11df_b16f_003048d0c7fe_8B87051B_047C_49D7_95DA_BA1CEBE1C6E790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84418dae_02ae_11e0_b16f_003048d0c7fe_995BC625_46D9_4A8D_B515_A5ECB51CE34991.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1a6_fdef_11df_b16f_003048d0c7fe_61F8EEC7_6CBE_442B_9AF2_1CA869D4CA5F92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b853735b_02ae_11e0_b16f_003048d0c7fe_B122710F_71AE_4A07_ADDF_197CB35FA39293.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8537360_02ae_11e0_b16f_003048d0c7fe_4F2ABB7E_101E_4C23_87D1_95079471E5F394.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc56914_3fe9_11e0_86e2_003048f27c5f_EBDC121D_0EBB_4D5C_BA2A_1BB49C46533C95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2615ca9_0b56_11e4_9ca4_0025902b3cc1_196.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3b6_638a_11e2_ab60_0025902b3cc1_3F9AF36A_1A14_49B9_B01D_2643AED478C097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3bb_638a_11e2_ab60_0025902b3cc1_0C874F51_299A_4199_8B5C_9277292334F498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c5_638a_11e2_ab60_0025902b3cc1_2F378B2A_B89B_4EFA_A53C_3EED64F10E5A99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c0_638a_11e2_ab60_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7d50e7_0b56_11e4_9ca4_0025902b3cc1_1CC00C8F_B1C2_4AAB_BB31_E1FBC6039F11101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb366069_0b56_11e4_9ca4_0025902b3cc1_C39A4958_C215_4603_8D6E_181C2D64B926102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19737151_0b57_11e4_9ca4_0025902b3cc1_B6A25171_39FB_4DE9_AC44_ECAE3AAC54CF103.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/669f6314_65e4_11e6_9c74_0025902b3cc0_7AFA0E51_C4FF_4690_B795_D457B0F2CA292.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f2938f9_65e5_11e6_9c74_0025902b3cc0_973C615D_C1DF_4FF2_B1F9_FB7FC7FD2F563.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3886713_65e5_11e6_9c74_0025902b3cc0_F06E2CBE_F37F_4457_875F_48CBCC1472854.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37ae4b15_65e6_11e6_9c74_0025902b3cc0_2D88BC48_FA23_484F_A885_60B367A7F0215.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82c1a7ec_65e6_11e6_9c74_0025902b3cc0_329A9C19_255C_4D68_B2CE_1A1F921396D66.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f7aa766_65e7_11e6_9c74_0025902b3cc0_9EEA80FBF1147.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47fa0b9b_65e7_11e6_9c74_0025902b3cc0_3D460521_F3B7_4E45_B477_B823A8B79F5F8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b296037_65e8_11e6_9c74_0025902b3cc0_A48CEDFB_2C69_4495_90FD_AD7CB21574899.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43048a3c_65e8_11e6_9c74_0025902b3cc0_05AB10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228b12db_65ed_11e6_9c74_0025902b3cc0_DB9760C6_C5B5_47E6_A6C5_E755BC1EC27011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4709664e_65ee_11e6_9c74_0025902b3cc0_C4A398FF_F135_403B_9508_B9EE0F41E97C12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802cf7aa_65ee_11e6_9c74_0025902b3cc0_2571CC9A_C66A_4A12_B559_2356C5C227E413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/babcbc9c_65ee_11e6_9c74_0025902b3cc0_15142B25_54A1_4B0D_8F25_79A36EF61CB814.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f09805dc_65ee_11e6_9c74_0025902b3cc0_9918F61B_EB2E_4E9D_8EB3_69FD40EAF85C15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7aa64ef_969a_11e1_8376_0025902b3cc1_805243FA_F8B8_4213_9808_EACCC1A40A8316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3817041e_96b5_11e1_8376_0025902b3cc1_0FF237FC_E8C7_4FC2_8C55_661074A7ACA617.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38170423_96b5_11e1_8376_0025902b3cc1_0F698568_2FA5_47ED_B258_BAEF29AE191218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e073dfa0_c362_11e5_a514_0025902b3cc0_AE9BDC35_C061_4B01_8300_3CD9B579E06D19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304f7_fdef_11df_b16f_003048d0c7fe_B42A15EB_2CFF_41A2_8657_6187103D5E4120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a3c2102_ff16_11e0_833e_003048f27c5f_9F98EDB9_4BCE_4B75_B34D_D8F47883ED9221.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afa54449_ff16_11e0_833e_003048f27c5f_9BAC8883_6F10_4DE8_BBFB_461DCC9241E822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afa54455_ff16_11e0_833e_003048f27c5f_41EBCDE1_58A9_40D7_BCCB_EAC38341590624.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bccbd967_8356_11e0_afc8_003048f27c5f_4BCF8FE4_BA20_4837_A4A2_82490D01296825.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e8ed03_ff34_11e0_833e_003048f27c5f_10126.JPG"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9685b96c_ff18_11e0_833e_003048f27c5f_10127.JPG"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a8fb901_a79e_11e0_a476_003048f27c5f_101P28.JPG"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e8ed46_ff34_11e0_833e_003048f27c5f_101P29.JPG"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfb5c24a_00e1_11e8_b78c_0025902b3cc1_GLV_011_b30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f266a4_00e2_11e8_b78c_0025902b3cc1_GLV_011_b31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddec6499_00e2_11e8_b78c_0025902b3cc1_GLV_012_b32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/332ae01d_ff92_11e0_833e_003048f27c5f_GLV_012_b33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2830e77f_00e3_11e8_b78c_0025902b3cc1_GLV_013_b34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5940106e_00e3_11e8_b78c_0025902b3cc1_GLV_013_b35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ca47d6_00e3_11e8_b78c_0025902b3cc1_GLV_014_b36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b3c0d50_00fa_11e8_b78c_0025902b3cc1_GLV_014_b37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6cd61ea_00e3_11e8_b78c_0025902b3cc1_GLV_015_b38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ece55c_00e4_11e8_b78c_0025902b3cc1_GLV_015_b39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/495b9526_00e4_11e8_b78c_0025902b3cc1_GLV_016_b40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/665763bc_00e4_11e8_b78c_0025902b3cc1_GLV_016_b41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd30a02d_00e4_11e8_b78c_0025902b3cc1_GLV_017_b42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da0d7cab_00e4_11e8_b78c_0025902b3cc1_GLV_017_b43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37451d75_00ed_11e8_b78c_0025902b3cc1_GLV_011_b44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a063e5d4_00ef_11e8_b78c_0025902b3cc1_GLV_011_b45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cb92e2_2859_11e0_99a4_003048f27c5f_GLV_012_b46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f60bbc57_00ef_11e8_b78c_0025902b3cc1_GLV_012_b47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4792fa1e_1c3c_11e3_baa0_0025902b3cc1_GLV_013_b48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb24a622_ff90_11e0_833e_003048f27c5f_GLV_013_b49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8480bb9e_ff21_11e0_833e_003048f27c5f_GLV_014_b50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfb2c492_00f1_11e8_b78c_0025902b3cc1_GLV_014_b51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6876b7a_ff1f_11e0_833e_003048f27c5f_GLV_015_b52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f118232_00f2_11e8_b78c_0025902b3cc1_GLV_015_b53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09d9b287_bb65_11e1_a8e8_0025902b3cc1_GLV_016_b54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91753961_73e9_11e4_a300_0025902b3cc1_GLV_016_b55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea1502cd_ff93_11e0_833e_003048f27c5f_GLV_017_b56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e291e9a_c481_11e3_a2c8_0025902b3cc1_GLV_017_b57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb25_fea4_11df_b16f_003048d0c7fe_6E8A2261_7F80_4416_98BC_4FB7D83C3A1E58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff22d_c55b_11df_b729_003048d0c7fe_CAF553C9_5871_458F_A59A_3BA9AFBC023F59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d239a_0100_11e0_b16f_003048d0c7fe_B08D1D45_A27F_458A_BD55_13F26F0F4B9460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb28_fea4_11df_b16f_003048d0c7fe_9274CB7E_276B_49F7_8B17_1DAE6E10272261.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db30500_fdef_11df_b16f_003048d0c7fe_63D85E22_7A6E_4777_9EDE_6341BC5C806762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc79e03b_0100_11e0_b16f_003048d0c7fe_2C768075_AF53_49B8_955D_AC46C17E6A1863.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba787868_9af0_11ed_bd63_ac1f6b40b531_Frame-6-_1_64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81bfb42_9af0_11ed_bd63_ac1f6b40b531_GLS00690162565.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bffb279_9af1_11ed_bd63_ac1f6b40b531_GLS006901625_0166.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a83e_0427_11e0_99a4_003048f27c5f_72CBFA5E_FA3A_4AC1_A300_B75308D0335467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a841_0427_11e0_99a4_003048f27c5f_485A5F18_DBEB_46C0_94ED_26F86E0B22B468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d958_0427_11e0_99a4_003048f27c5f_30DFF48C_9CB3_42F7_92C8_9349AEC2B37E69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95b_0427_11e0_99a4_003048f27c5f_198B1A2B_B3D1_4B9E_A319_307E33CEC30270.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95e_0427_11e0_99a4_003048f27c5f_049A9C43_0C0D_4554_BE3C_11847DB5317E71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751772b9_0f25_11e0_99a4_003048f27c5f_F62201B6_AEDD_4F36_9786_A5EC509B949872.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b47fb77_1e1d_11e8_ade2_0025902b3cc1_F4C1CE77_1707_4881_947E_A5EA146CA48F73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6108ddb5_6068_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F374.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89a2724e_6068_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F375.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aafa01b8_09b8_11e9_8add_0025902b3cc1_2E63857B_B355_4E28_8BB4_D0B810828FCD76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD8777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB5078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db3050d_fdef_11df_b16f_003048d0c7fe_2EA372C8_BF20_4D9A_A391_ABA76B2005C879.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bb2_0100_11e0_b16f_003048d0c7fe_9A2D6A81_74BF_4C50_8429_809DBA79697C80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e16ca61_9cab_11e9_80b7_0025902b3cc1_EA97CE90_9FAB_4698_A41E_88205852316481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d2a6dd_9cab_11e9_80b7_0025902b3cc1_2EA372C8_BF20_4D9A_A391_ABA76B2005C882.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8899_fdef_11df_b16f_003048d0c7fe_EA97CE90_9FAB_4698_A41E_88205852316483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ed_0100_11e0_b16f_003048d0c7fe_146FE058_C784_4AE7_A5B3_800757C1E60E84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445e2215_035a_11e0_b16f_003048d0c7fe_D2641C2F_8482_40A9_BFF1_1D25827CB92985.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7acfb_fdef_11df_b16f_003048d0c7fe_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8886.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f27_0427_11e0_99a4_003048f27c5f_C68A43EA_CF37_4207_BD17_D958C79815EA87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4728799a_9cab_11e9_80b7_0025902b3cc1_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8888.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bb7b_246f_11e0_99a4_003048f27c5f_2E63857B_B355_4E28_8BB4_D0B810828FCD89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb05_fea4_11df_b16f_003048d0c7fe_8B87051B_047C_49D7_95DA_BA1CEBE1C6E790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84418dae_02ae_11e0_b16f_003048d0c7fe_995BC625_46D9_4A8D_B515_A5ECB51CE34991.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1a6_fdef_11df_b16f_003048d0c7fe_61F8EEC7_6CBE_442B_9AF2_1CA869D4CA5F92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b853735b_02ae_11e0_b16f_003048d0c7fe_B122710F_71AE_4A07_ADDF_197CB35FA39293.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8537360_02ae_11e0_b16f_003048d0c7fe_4F2ABB7E_101E_4C23_87D1_95079471E5F394.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc56914_3fe9_11e0_86e2_003048f27c5f_EBDC121D_0EBB_4D5C_BA2A_1BB49C46533C95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2615ca9_0b56_11e4_9ca4_0025902b3cc1_196.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3b6_638a_11e2_ab60_0025902b3cc1_3F9AF36A_1A14_49B9_B01D_2643AED478C097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3bb_638a_11e2_ab60_0025902b3cc1_0C874F51_299A_4199_8B5C_9277292334F498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c5_638a_11e2_ab60_0025902b3cc1_2F378B2A_B89B_4EFA_A53C_3EED64F10E5A99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c0_638a_11e2_ab60_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7d50e7_0b56_11e4_9ca4_0025902b3cc1_1CC00C8F_B1C2_4AAB_BB31_E1FBC6039F11101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb366069_0b56_11e4_9ca4_0025902b3cc1_C39A4958_C215_4603_8D6E_181C2D64B926102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19737151_0b57_11e4_9ca4_0025902b3cc1_B6A25171_39FB_4DE9_AC44_ECAE3AAC54CF103.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -9492,51 +9492,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15.02.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -9576,51 +9576,51 @@
             <t xml:space="preserve">
 Высота, мм: 1420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
           </r>
           <r>
             <t xml:space="preserve">
 Комплектация: рама GLV S 001–2 шт.; J14c–3шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8953.56</t>
+            <t xml:space="preserve">9134.62</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">02 \ Каркас вешала</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLV.K.02.CH</t>
           </r>
@@ -9640,51 +9640,51 @@
             <t xml:space="preserve">
 Высота, мм: 1420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
           </r>
           <r>
             <t xml:space="preserve">
 Комплектация: рама GLV S 001–1шт.; рама GLV S 002–1шт.; J14c – 3шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9565.56</t>
+            <t xml:space="preserve">9758.62</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">03 \  Каркас вешала</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9706,51 +9706,51 @@
             <t xml:space="preserve">
 Высота, мм: 1420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
           </r>
           <r>
             <t xml:space="preserve">
 Комплектация: рама GLV S 001–1шт.; рама GLV S 003–1шт.; J14c – 3шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9565.56</t>
+            <t xml:space="preserve">9758.62</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">04 \ Каркас вешала</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLV.K.04.CH</t>
           </r>
@@ -9770,51 +9770,51 @@
             <t xml:space="preserve">
 Высота, мм: 1420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
           </r>
           <r>
             <t xml:space="preserve">
 Комплектация: рама GLV S 001–3шт.; J14c – 4шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13417.08</t>
+            <t xml:space="preserve">13688.16</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">05 \ Каркас вешала</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9836,51 +9836,51 @@
             <t xml:space="preserve">
 Высота, мм: 1420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
           </r>
           <r>
             <t xml:space="preserve">
 Комплектация: рама GLV S 001–2шт.; рама GLV S 002–1шт.; J14c – 4шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14029.08</t>
+            <t xml:space="preserve">14312.16</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">06 \ Каркас вешала</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLV.K.06.CH</t>
           </r>
@@ -9900,51 +9900,51 @@
             <t xml:space="preserve">
 Высота, мм: 1420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
           </r>
           <r>
             <t xml:space="preserve">
 Комплектация: рама GLV S 001–3шт.; J14c – 4шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13417.08</t>
+            <t xml:space="preserve">13688.16</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">07 \ Каркас вешала</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9966,51 +9966,51 @@
             <t xml:space="preserve">
 Высота, мм: 1420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
           </r>
           <r>
             <t xml:space="preserve">
 Комплектация: рама GLV S 001–2шт.; рама  GLV S 002–1шт.; J14c – 4шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14029.08</t>
+            <t xml:space="preserve">14312.16</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">08 \ Каркас вешала</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLV.K.08.CH</t>
           </r>
@@ -10030,51 +10030,51 @@
             <t xml:space="preserve">
 Высота, мм: 1420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
           </r>
           <r>
             <t xml:space="preserve">
 Комплектация: рама GLV S 001–4шт.; J14c – 4шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">17854.08</t>
+            <t xml:space="preserve">18214.16</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">09 \ Каркас вешала</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10096,51 +10096,51 @@
             <t xml:space="preserve">
 Высота, мм: 1420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
           </r>
           <r>
             <t xml:space="preserve">
 Комплектация: рама GLV S 001–3шт.; J14c – 4шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13417.08</t>
+            <t xml:space="preserve">13688.16</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">10 \ Каркас вешала</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLV.K.10.CH</t>
           </r>
@@ -10160,51 +10160,51 @@
             <t xml:space="preserve">
 Высота, мм: 1420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
           </r>
           <r>
             <t xml:space="preserve">
 Комплектация: рама GLV S 001–2шт.; рама GLV S 002–1шт.; J14c – 4шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14029.08</t>
+            <t xml:space="preserve">14312.16</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">11 \ Каркас вешала</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10226,51 +10226,51 @@
             <t xml:space="preserve">
 Высота, мм: 1420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
           </r>
           <r>
             <t xml:space="preserve">
 Комплектация: рама GLV S 001 – 1шт.; рама GLV S 009 – 1шт.; J14c – 3шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10483.56</t>
+            <t xml:space="preserve">10694.62</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">12 \ Каркас вешала</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLV.K.12.CH</t>
           </r>
@@ -10290,51 +10290,51 @@
             <t xml:space="preserve">
 Высота, мм: 1420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
           </r>
           <r>
             <t xml:space="preserve">
 Комплектация: рама GLV S 001 – 2шт.; рама GLV S 009 – 1шт.; J14c – 4шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14947.08</t>
+            <t xml:space="preserve">15248.16</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">13 \ Каркас вешала</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10356,51 +10356,51 @@
             <t xml:space="preserve">
 Высота, мм: 1420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
           </r>
           <r>
             <t xml:space="preserve">
 Комплектация: рама GLV S 001 – 2шт.; рама GLV S 009 – 1шт.; J14c – 4шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14947.08</t>
+            <t xml:space="preserve">15248.16</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">14 \ Каркас вешала</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLV.K.14.CH</t>
           </r>
@@ -10420,51 +10420,51 @@
             <t xml:space="preserve">
 Высота, мм: 1420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: регулируемые ножки входят в комплектацию вешал</t>
           </r>
           <r>
             <t xml:space="preserve">
 Комплектация: рама GLV S 001 – 2шт.; рама GLV S 009 – 1шт.; J14c – 4шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14947.08</t>
+            <t xml:space="preserve">15248.16</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLV S 001 \ Рама</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -10478,51 +10478,51 @@
             <t xml:space="preserve">
 Глубина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 630</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4437.00</t>
+            <t xml:space="preserve">4526.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLV S 002 \ Рама</t>
           </r>
@@ -10538,51 +10538,51 @@
             <t xml:space="preserve">
 Глубина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 930</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5049.00</t>
+            <t xml:space="preserve">5150.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10600,51 +10600,51 @@
             <t xml:space="preserve">
 Глубина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 1230</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5967.00</t>
+            <t xml:space="preserve">6086.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLV S 003 \ Рама с вылетом</t>
           </r>
@@ -10660,101 +10660,101 @@
             <t xml:space="preserve">
 Глубина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 930</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5049.00</t>
+            <t xml:space="preserve">5150.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLV 004 \ Держатель верхней полки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLV.004.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">714.00</t>
+            <t xml:space="preserve">728.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
@@ -10808,150 +10808,150 @@
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J-14 c \ Ножка регулируемая (резьба М10)</t>
-[...3 lines deleted...]
-Артикул: JOKP.014C.00</t>
+            <t xml:space="preserve">GLV 006 \ Штанга</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: GLV.006.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Производитель: Китай</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 50</t>
+Глубина, мм: 25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 879</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.52</t>
+            <t xml:space="preserve">965.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">GLV 006 \ Штанга</t>
-[...3 lines deleted...]
-Артикул: GLV.006.CH</t>
+            <t xml:space="preserve">J-14 c \ Ножка регулируемая (резьба М10)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: JOKP.014C.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 25</t>
-[...7 lines deleted...]
-Высота, мм: 25</t>
+Производитель: Китай</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">965.00</t>
+            <t xml:space="preserve">27.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLV 007 \ Штанга для постера</t>
           </r>
           <r>
@@ -11080,51 +11080,51 @@
             <t xml:space="preserve">
 Артикул: GLV.101.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для установки одного постера необходимо 2 штанги GLV 007 или GLV 008</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1019.00</t>
+            <t xml:space="preserve">1039.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -11140,51 +11140,51 @@
             <t xml:space="preserve">
 Артикул: GLV.102.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для установки одного постера необходимо 2 штанги GLV 007 или GLV 008</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1471.00</t>
+            <t xml:space="preserve">1500.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -11202,51 +11202,51 @@
             <t xml:space="preserve">
 Артикул: GLV.101P.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для установки одного постера необходимо 2 штанги GLV 007 или GLV 008</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2491.00</t>
+            <t xml:space="preserve">2541.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -11262,51 +11262,51 @@
             <t xml:space="preserve">
 Артикул: GLV.102P.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для установки одного постера необходимо 2 штанги GLV 007 или GLV 008</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3735.00</t>
+            <t xml:space="preserve">3810.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -11332,51 +11332,51 @@
             <t xml:space="preserve">
 Ширина, мм: 815</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7392.00</t>
+            <t xml:space="preserve">7540.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLV.011.DSP \ Полка деревянная для вешала 01</t>
           </r>
@@ -11392,51 +11392,51 @@
             <t xml:space="preserve">
 Ширина, мм: 815</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1140.00</t>
+            <t xml:space="preserve">1163.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11454,51 +11454,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1115</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10110.00</t>
+            <t xml:space="preserve">10312.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLV.012.DSP \ Полка деревянная для вешала 02,03</t>
           </r>
@@ -11514,51 +11514,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1115</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1565.00</t>
+            <t xml:space="preserve">1596.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11576,51 +11576,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9071.00</t>
+            <t xml:space="preserve">9252.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLV.013.DSP \ Полка деревянная для вешала 04,06</t>
           </r>
@@ -11636,51 +11636,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1404.00</t>
+            <t xml:space="preserve">1432.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11698,51 +11698,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11792.00</t>
+            <t xml:space="preserve">12028.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLV.014.DSP \ Полка деревянная для вешала 05,07</t>
           </r>
@@ -11758,51 +11758,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1821.00</t>
+            <t xml:space="preserve">1857.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11820,51 +11820,51 @@
             <t xml:space="preserve">
 Ширина, мм: 710</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7258.00</t>
+            <t xml:space="preserve">7403.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLV.015.DSP \ Полка деревянная для вешала 08</t>
           </r>
@@ -11880,51 +11880,51 @@
             <t xml:space="preserve">
 Ширина, мм: 710</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1125.00</t>
+            <t xml:space="preserve">1148.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -11942,51 +11942,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12839.00</t>
+            <t xml:space="preserve">13096.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLV.016.DSP \ Полка деревянная для вешал 11</t>
           </r>
@@ -12002,51 +12002,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1981.00</t>
+            <t xml:space="preserve">2021.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -12064,51 +12064,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: МДФ, окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14509.00</t>
+            <t xml:space="preserve">14799.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLV.017.DSP \ Полка деревянная для вешал 12,13</t>
           </r>
@@ -12124,51 +12124,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 16</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2240.00</t>
+            <t xml:space="preserve">2285.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -12186,51 +12186,51 @@
             <t xml:space="preserve">
 Ширина, мм: 815</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2501.00</t>
+            <t xml:space="preserve">2551.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLV.011.MGL \ Полка стеклянная для вешал 01</t>
           </r>
@@ -12246,51 +12246,51 @@
             <t xml:space="preserve">
 Ширина, мм: 815</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2610.00</t>
+            <t xml:space="preserve">2662.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -12308,51 +12308,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1115</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3333.00</t>
+            <t xml:space="preserve">3400.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLV.012.MGL \ Полка стеклянная для вешал 02,03</t>
           </r>
@@ -12368,51 +12368,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1115</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3485.00</t>
+            <t xml:space="preserve">3555.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -12430,51 +12430,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2904.00</t>
+            <t xml:space="preserve">2962.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLV.013.MGL \ Полка стеклянная для вешал 04,06</t>
           </r>
@@ -12490,51 +12490,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3040.00</t>
+            <t xml:space="preserve">3101.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -12552,51 +12552,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3736.00</t>
+            <t xml:space="preserve">3811.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLV.014.MGL \ Полка стеклянная для вешал 05,07</t>
           </r>
@@ -12612,51 +12612,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3913.00</t>
+            <t xml:space="preserve">3991.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -12674,51 +12674,51 @@
             <t xml:space="preserve">
 Ширина, мм: 710</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 88</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2465.00</t>
+            <t xml:space="preserve">2514.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLV.015.MGL \ Полка стеклянная для вешала 08</t>
           </r>
@@ -12734,51 +12734,51 @@
             <t xml:space="preserve">
 Ширина, мм: 710</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2574.00</t>
+            <t xml:space="preserve">2625.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -12800,51 +12800,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: распределенная нагрузка - не более 6 кг на полку</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3986.00</t>
+            <t xml:space="preserve">4066.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLV.016.MGL \ Полка стеклянная для вешала 11</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLV.016.MGL</t>
           </r>
@@ -12860,51 +12860,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: распределенная нагрузка - не более 6 кг на полку</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4179.00</t>
+            <t xml:space="preserve">4263.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLV.017.GL \ Полка стеклянная для вешал 12,13</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -12922,51 +12922,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: распределенная нагрузка - не более 6 кг на полку</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: прозрачное стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4391.00</t>
+            <t xml:space="preserve">4479.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLV.017.MGL \ Полка стеклянная для вешал 12,13</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLV.017.MGL</t>
           </r>
@@ -12986,51 +12986,51 @@
             <t xml:space="preserve">
 Толщина, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: распределенная нагрузка - не более 6 кг на полку</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: матовое стекло</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4607.00</t>
+            <t xml:space="preserve">4699.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-600мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13048,51 +13048,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">908.00</t>
+            <t xml:space="preserve">926.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-900 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.038B.HL.CH</t>
           </r>
@@ -13108,51 +13108,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1020.00</t>
+            <t xml:space="preserve">1040.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 38.HL \ Штанга (L-1200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13170,51 +13170,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1224.00</t>
+            <t xml:space="preserve">1248.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 39.HL \ Штанга (L-600 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.039A.HL.CH</t>
           </r>
@@ -13226,51 +13226,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">490.00</t>
+            <t xml:space="preserve">500.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -13288,51 +13288,51 @@
             <t xml:space="preserve">
 Ширина, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">683.00</t>
+            <t xml:space="preserve">697.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 39.HL \ Штанга (L-1200мм)</t>
           </r>
@@ -13348,51 +13348,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">842.00</t>
+            <t xml:space="preserve">859.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -13418,51 +13418,51 @@
             <t xml:space="preserve">
 Цвет: белый матовый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Позволяет разместить 7 шапок. Крепление на стойку с перфорацией идентичной Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1620.00</t>
+            <t xml:space="preserve">1652.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.006 \ Кронштейн для шапок L_900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLS.006.9016.25</t>
           </r>
@@ -13478,51 +13478,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Позволяет разместить 11 шапок. Крепление на стойку с перфорацией идентичной Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2180.00</t>
+            <t xml:space="preserve">2224.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS.007 \ Кронштейн для шапок L_1200</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13540,51 +13540,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Позволяет разместить 15 шапок. Крепление на стойку с перфорацией идентичной Global</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2930.00</t>
+            <t xml:space="preserve">2989.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 57L.HL \ Держатель прямоугольной трубы (левый, L-50мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.57B L.HL.CH</t>
           </r>
@@ -13600,51 +13600,51 @@
             <t xml:space="preserve">
 Глубина, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">152.00</t>
+            <t xml:space="preserve">155.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="4"/>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 57R.HL \ Держатель прямоугольной трубы (правый, L-50мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13662,51 +13662,51 @@
             <t xml:space="preserve">
 Глубина, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">152.00</t>
+            <t xml:space="preserve">155.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C40" s="4"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 57L.HL \ Держатель прямоугольной трубы (левый, L-300мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.57A L.HL.CH</t>
           </r>
@@ -13722,51 +13722,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">385.00</t>
+            <t xml:space="preserve">393.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="4"/>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 57R.HL \ Держатель прямоугольной трубы (правый, L-300мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -13784,95 +13784,95 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">385.00</t>
+            <t xml:space="preserve">393.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C41" s="4"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 58 \ Держатель полки для GL 57</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.058.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">76.50</t>
+            <t xml:space="preserve">78.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="4"/>
@@ -13890,51 +13890,51 @@
             </rPr>
             <t xml:space="preserve">GL 59 \ Держатель полки для GL 38 и NP-38</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: GLB.059.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">124.00</t>
+            <t xml:space="preserve">126.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C42" s="4"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
@@ -13974,51 +13974,51 @@
             <t xml:space="preserve">
 Примечание: цена за 1 шт. Допустимая распределенная нагрузка на пару кронштейнов - 45кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">98.00</t>
+            <t xml:space="preserve">100.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="4"/>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GLS 063BR-L \ Кронштейн для корзины (левый, L-290мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14242,51 +14242,51 @@
             <t xml:space="preserve">
 Полкодержатель: левый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="4"/>
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GL 55R.HL \ Держатель стеклянных полок (правый, L-200мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -14304,51 +14304,51 @@
             <t xml:space="preserve">
 Полкодержатель: правый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">260.00</t>
+            <t xml:space="preserve">265.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C45" s="4"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 105 \ Кронштейн</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.036.CH</t>
           </r>
@@ -14356,235 +14356,235 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">428.00</t>
+            <t xml:space="preserve">437.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="4"/>
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R 112-K \ Кронштейн с крючками</t>
-[...3 lines deleted...]
-Артикул: RTP.056.CH</t>
+            <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTP.020.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 50</t>
+Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">224.00</t>
+            <t xml:space="preserve">396.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R 105-K \Кронштейн наклонный с штырьками</t>
-[...3 lines deleted...]
-Артикул: RTP.054.CH</t>
+            <t xml:space="preserve">R 112-K \ Кронштейн с крючками</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTP.056.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">209.00</t>
+            <t xml:space="preserve">228.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="4"/>
       <c r="B47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
-[...3 lines deleted...]
-Артикул: RTP.020.CH</t>
+            <t xml:space="preserve">R 105-K \Кронштейн наклонный с штырьками</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTP.054.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 48</t>
+Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">388.00</t>
+            <t xml:space="preserve">213.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C47" s="4"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -14600,51 +14600,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">386.00</t>
+            <t xml:space="preserve">394.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="4"/>
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -14726,51 +14726,51 @@
             <t xml:space="preserve">
 Глубина, мм: 320</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">90.78</t>
+            <t xml:space="preserve">92.82</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="4"/>
       <c r="B49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -14784,51 +14784,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">275.00</t>
+            <t xml:space="preserve">281.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -14844,51 +14844,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 415</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">439.00</t>
+            <t xml:space="preserve">448.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="4"/>
       <c r="B50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -14906,51 +14906,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">159.00</t>
+            <t xml:space="preserve">162.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C50" s="4"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -15032,51 +15032,51 @@
             <t xml:space="preserve">
 Глубина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">51.00</t>
+            <t xml:space="preserve">52.02</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C51" s="4"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 291 \ Крючок</t>
           </r>
@@ -15092,51 +15092,51 @@
             <t xml:space="preserve">
 Глубина, мм: 150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">59.16</t>
+            <t xml:space="preserve">60.18</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="4"/>
       <c r="B52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -15154,51 +15154,51 @@
             <t xml:space="preserve">
 Глубина, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">64.26</t>
+            <t xml:space="preserve">65.28</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C52" s="4"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 293 \ Крючок</t>
           </r>
@@ -15214,51 +15214,51 @@
             <t xml:space="preserve">
 Глубина, мм: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">72.42</t>
+            <t xml:space="preserve">73.44</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="4"/>
       <c r="B53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -15276,51 +15276,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 6</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">74.46</t>
+            <t xml:space="preserve">75.48</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C53" s="4"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R 597 \ Кронштейн карусель</t>
           </r>
@@ -15406,51 +15406,51 @@
             <t xml:space="preserve">
 Высота, мм: 160</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Пруток д-5мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">332.00</t>
+            <t xml:space="preserve">339.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C54" s="4"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R (U) 405 \ Кронштейн наклонный (усиленный зацеп)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: RTP.041.CH</t>
           </r>
@@ -15458,51 +15458,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">439.00</t>
+            <t xml:space="preserve">448.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="4"/>
       <c r="B55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -15520,51 +15520,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">287.00</t>
+            <t xml:space="preserve">293.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C55" s="4"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -15646,51 +15646,51 @@
             <t xml:space="preserve">
 Глубина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">107.00</t>
+            <t xml:space="preserve">109.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C56" s="4"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R (TOP) 109 \ Кронштейн ступенчатый</t>
           </r>
@@ -15702,51 +15702,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">516.00</t>
+            <t xml:space="preserve">526.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="4"/>
       <c r="B57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -15764,51 +15764,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">372.00</t>
+            <t xml:space="preserve">379.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C57" s="4"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -15828,51 +15828,51 @@
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр прутка, мм: 8</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">123.00</t>
+            <t xml:space="preserve">125.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>