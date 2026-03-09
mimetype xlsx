--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -4599,140 +4599,140 @@
       <t xml:space="preserve">437.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
-[...3 lines deleted...]
-Артикул: RTP.020.CH</t>
+      <t xml:space="preserve">R 112-K \ Кронштейн с крючками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.056.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 48</t>
+Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">396.00</t>
+      <t xml:space="preserve">228.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 112-K \ Кронштейн с крючками</t>
-[...3 lines deleted...]
-Артикул: RTP.056.CH</t>
+      <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.020.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 50</t>
+Кол-во в упаковке, шт.: 48</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">228.00</t>
+      <t xml:space="preserve">396.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 105-K \Кронштейн наклонный с штырьками</t>
@@ -4998,140 +4998,140 @@
       <t xml:space="preserve">281.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 109 \ Кронштейн</t>
-[...3 lines deleted...]
-Артикул: RTP.019.CH</t>
+      <t xml:space="preserve">R 113-K \ Кронштейн прямой</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.055.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 415</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 40</t>
+Глубина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">448.00</t>
+      <t xml:space="preserve">162.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">R 113-K \ Кронштейн прямой</t>
-[...3 lines deleted...]
-Артикул: RTP.055.CH</t>
+      <t xml:space="preserve">R 109 \ Кронштейн</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: RTP.019.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 50</t>
+Глубина, мм: 415</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Кол-во в упаковке, шт.: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">162.00</t>
+      <t xml:space="preserve">448.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">R 107 \ Кассета для сорочек</t>
@@ -6058,51 +6058,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/669f6314_65e4_11e6_9c74_0025902b3cc0_7AFA0E51_C4FF_4690_B795_D457B0F2CA292.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f2938f9_65e5_11e6_9c74_0025902b3cc0_973C615D_C1DF_4FF2_B1F9_FB7FC7FD2F563.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3886713_65e5_11e6_9c74_0025902b3cc0_F06E2CBE_F37F_4457_875F_48CBCC1472854.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37ae4b15_65e6_11e6_9c74_0025902b3cc0_2D88BC48_FA23_484F_A885_60B367A7F0215.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82c1a7ec_65e6_11e6_9c74_0025902b3cc0_329A9C19_255C_4D68_B2CE_1A1F921396D66.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f7aa766_65e7_11e6_9c74_0025902b3cc0_9EEA80FBF1147.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47fa0b9b_65e7_11e6_9c74_0025902b3cc0_3D460521_F3B7_4E45_B477_B823A8B79F5F8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b296037_65e8_11e6_9c74_0025902b3cc0_A48CEDFB_2C69_4495_90FD_AD7CB21574899.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43048a3c_65e8_11e6_9c74_0025902b3cc0_05AB10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228b12db_65ed_11e6_9c74_0025902b3cc0_DB9760C6_C5B5_47E6_A6C5_E755BC1EC27011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4709664e_65ee_11e6_9c74_0025902b3cc0_C4A398FF_F135_403B_9508_B9EE0F41E97C12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802cf7aa_65ee_11e6_9c74_0025902b3cc0_2571CC9A_C66A_4A12_B559_2356C5C227E413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/babcbc9c_65ee_11e6_9c74_0025902b3cc0_15142B25_54A1_4B0D_8F25_79A36EF61CB814.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f09805dc_65ee_11e6_9c74_0025902b3cc0_9918F61B_EB2E_4E9D_8EB3_69FD40EAF85C15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7aa64ef_969a_11e1_8376_0025902b3cc1_805243FA_F8B8_4213_9808_EACCC1A40A8316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3817041e_96b5_11e1_8376_0025902b3cc1_0FF237FC_E8C7_4FC2_8C55_661074A7ACA617.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38170423_96b5_11e1_8376_0025902b3cc1_0F698568_2FA5_47ED_B258_BAEF29AE191218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e073dfa0_c362_11e5_a514_0025902b3cc0_AE9BDC35_C061_4B01_8300_3CD9B579E06D19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304f7_fdef_11df_b16f_003048d0c7fe_B42A15EB_2CFF_41A2_8657_6187103D5E4120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a3c2102_ff16_11e0_833e_003048f27c5f_9F98EDB9_4BCE_4B75_B34D_D8F47883ED9221.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afa54449_ff16_11e0_833e_003048f27c5f_9BAC8883_6F10_4DE8_BBFB_461DCC9241E822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afa54455_ff16_11e0_833e_003048f27c5f_41EBCDE1_58A9_40D7_BCCB_EAC38341590624.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bccbd967_8356_11e0_afc8_003048f27c5f_4BCF8FE4_BA20_4837_A4A2_82490D01296825.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e8ed03_ff34_11e0_833e_003048f27c5f_10126.JPG"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9685b96c_ff18_11e0_833e_003048f27c5f_10127.JPG"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a8fb901_a79e_11e0_a476_003048f27c5f_101P28.JPG"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e8ed46_ff34_11e0_833e_003048f27c5f_101P29.JPG"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfb5c24a_00e1_11e8_b78c_0025902b3cc1_GLV_011_b30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f266a4_00e2_11e8_b78c_0025902b3cc1_GLV_011_b31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddec6499_00e2_11e8_b78c_0025902b3cc1_GLV_012_b32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/332ae01d_ff92_11e0_833e_003048f27c5f_GLV_012_b33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2830e77f_00e3_11e8_b78c_0025902b3cc1_GLV_013_b34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5940106e_00e3_11e8_b78c_0025902b3cc1_GLV_013_b35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ca47d6_00e3_11e8_b78c_0025902b3cc1_GLV_014_b36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b3c0d50_00fa_11e8_b78c_0025902b3cc1_GLV_014_b37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6cd61ea_00e3_11e8_b78c_0025902b3cc1_GLV_015_b38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ece55c_00e4_11e8_b78c_0025902b3cc1_GLV_015_b39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/495b9526_00e4_11e8_b78c_0025902b3cc1_GLV_016_b40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/665763bc_00e4_11e8_b78c_0025902b3cc1_GLV_016_b41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd30a02d_00e4_11e8_b78c_0025902b3cc1_GLV_017_b42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da0d7cab_00e4_11e8_b78c_0025902b3cc1_GLV_017_b43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37451d75_00ed_11e8_b78c_0025902b3cc1_GLV_011_b44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a063e5d4_00ef_11e8_b78c_0025902b3cc1_GLV_011_b45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cb92e2_2859_11e0_99a4_003048f27c5f_GLV_012_b46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f60bbc57_00ef_11e8_b78c_0025902b3cc1_GLV_012_b47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4792fa1e_1c3c_11e3_baa0_0025902b3cc1_GLV_013_b48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb24a622_ff90_11e0_833e_003048f27c5f_GLV_013_b49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8480bb9e_ff21_11e0_833e_003048f27c5f_GLV_014_b50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfb2c492_00f1_11e8_b78c_0025902b3cc1_GLV_014_b51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6876b7a_ff1f_11e0_833e_003048f27c5f_GLV_015_b52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f118232_00f2_11e8_b78c_0025902b3cc1_GLV_015_b53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09d9b287_bb65_11e1_a8e8_0025902b3cc1_GLV_016_b54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91753961_73e9_11e4_a300_0025902b3cc1_GLV_016_b55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea1502cd_ff93_11e0_833e_003048f27c5f_GLV_017_b56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e291e9a_c481_11e3_a2c8_0025902b3cc1_GLV_017_b57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb25_fea4_11df_b16f_003048d0c7fe_6E8A2261_7F80_4416_98BC_4FB7D83C3A1E58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff22d_c55b_11df_b729_003048d0c7fe_CAF553C9_5871_458F_A59A_3BA9AFBC023F59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d239a_0100_11e0_b16f_003048d0c7fe_B08D1D45_A27F_458A_BD55_13F26F0F4B9460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb28_fea4_11df_b16f_003048d0c7fe_9274CB7E_276B_49F7_8B17_1DAE6E10272261.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db30500_fdef_11df_b16f_003048d0c7fe_63D85E22_7A6E_4777_9EDE_6341BC5C806762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc79e03b_0100_11e0_b16f_003048d0c7fe_2C768075_AF53_49B8_955D_AC46C17E6A1863.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba787868_9af0_11ed_bd63_ac1f6b40b531_Frame-6-_1_64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81bfb42_9af0_11ed_bd63_ac1f6b40b531_GLS00690162565.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bffb279_9af1_11ed_bd63_ac1f6b40b531_GLS006901625_0166.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a83e_0427_11e0_99a4_003048f27c5f_72CBFA5E_FA3A_4AC1_A300_B75308D0335467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a841_0427_11e0_99a4_003048f27c5f_485A5F18_DBEB_46C0_94ED_26F86E0B22B468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d958_0427_11e0_99a4_003048f27c5f_30DFF48C_9CB3_42F7_92C8_9349AEC2B37E69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95b_0427_11e0_99a4_003048f27c5f_198B1A2B_B3D1_4B9E_A319_307E33CEC30270.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95e_0427_11e0_99a4_003048f27c5f_049A9C43_0C0D_4554_BE3C_11847DB5317E71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751772b9_0f25_11e0_99a4_003048f27c5f_F62201B6_AEDD_4F36_9786_A5EC509B949872.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b47fb77_1e1d_11e8_ade2_0025902b3cc1_F4C1CE77_1707_4881_947E_A5EA146CA48F73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6108ddb5_6068_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F374.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89a2724e_6068_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F375.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aafa01b8_09b8_11e9_8add_0025902b3cc1_2E63857B_B355_4E28_8BB4_D0B810828FCD76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD8777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB5078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db3050d_fdef_11df_b16f_003048d0c7fe_2EA372C8_BF20_4D9A_A391_ABA76B2005C879.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bb2_0100_11e0_b16f_003048d0c7fe_9A2D6A81_74BF_4C50_8429_809DBA79697C80.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e16ca61_9cab_11e9_80b7_0025902b3cc1_EA97CE90_9FAB_4698_A41E_88205852316481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d2a6dd_9cab_11e9_80b7_0025902b3cc1_2EA372C8_BF20_4D9A_A391_ABA76B2005C882.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8899_fdef_11df_b16f_003048d0c7fe_EA97CE90_9FAB_4698_A41E_88205852316483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ed_0100_11e0_b16f_003048d0c7fe_146FE058_C784_4AE7_A5B3_800757C1E60E84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445e2215_035a_11e0_b16f_003048d0c7fe_D2641C2F_8482_40A9_BFF1_1D25827CB92985.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7acfb_fdef_11df_b16f_003048d0c7fe_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8886.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f27_0427_11e0_99a4_003048f27c5f_C68A43EA_CF37_4207_BD17_D958C79815EA87.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4728799a_9cab_11e9_80b7_0025902b3cc1_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8888.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bb7b_246f_11e0_99a4_003048f27c5f_2E63857B_B355_4E28_8BB4_D0B810828FCD89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb05_fea4_11df_b16f_003048d0c7fe_8B87051B_047C_49D7_95DA_BA1CEBE1C6E790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84418dae_02ae_11e0_b16f_003048d0c7fe_995BC625_46D9_4A8D_B515_A5ECB51CE34991.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1a6_fdef_11df_b16f_003048d0c7fe_61F8EEC7_6CBE_442B_9AF2_1CA869D4CA5F92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b853735b_02ae_11e0_b16f_003048d0c7fe_B122710F_71AE_4A07_ADDF_197CB35FA39293.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8537360_02ae_11e0_b16f_003048d0c7fe_4F2ABB7E_101E_4C23_87D1_95079471E5F394.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc56914_3fe9_11e0_86e2_003048f27c5f_EBDC121D_0EBB_4D5C_BA2A_1BB49C46533C95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2615ca9_0b56_11e4_9ca4_0025902b3cc1_196.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3b6_638a_11e2_ab60_0025902b3cc1_3F9AF36A_1A14_49B9_B01D_2643AED478C097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3bb_638a_11e2_ab60_0025902b3cc1_0C874F51_299A_4199_8B5C_9277292334F498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c5_638a_11e2_ab60_0025902b3cc1_2F378B2A_B89B_4EFA_A53C_3EED64F10E5A99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c0_638a_11e2_ab60_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7d50e7_0b56_11e4_9ca4_0025902b3cc1_1CC00C8F_B1C2_4AAB_BB31_E1FBC6039F11101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb366069_0b56_11e4_9ca4_0025902b3cc1_C39A4958_C215_4603_8D6E_181C2D64B926102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19737151_0b57_11e4_9ca4_0025902b3cc1_B6A25171_39FB_4DE9_AC44_ECAE3AAC54CF103.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/669f6314_65e4_11e6_9c74_0025902b3cc0_7AFA0E51_C4FF_4690_B795_D457B0F2CA292.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f2938f9_65e5_11e6_9c74_0025902b3cc0_973C615D_C1DF_4FF2_B1F9_FB7FC7FD2F563.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3886713_65e5_11e6_9c74_0025902b3cc0_F06E2CBE_F37F_4457_875F_48CBCC1472854.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37ae4b15_65e6_11e6_9c74_0025902b3cc0_2D88BC48_FA23_484F_A885_60B367A7F0215.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82c1a7ec_65e6_11e6_9c74_0025902b3cc0_329A9C19_255C_4D68_B2CE_1A1F921396D66.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f7aa766_65e7_11e6_9c74_0025902b3cc0_9EEA80FBF1147.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47fa0b9b_65e7_11e6_9c74_0025902b3cc0_3D460521_F3B7_4E45_B477_B823A8B79F5F8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b296037_65e8_11e6_9c74_0025902b3cc0_A48CEDFB_2C69_4495_90FD_AD7CB21574899.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43048a3c_65e8_11e6_9c74_0025902b3cc0_05AB10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/228b12db_65ed_11e6_9c74_0025902b3cc0_DB9760C6_C5B5_47E6_A6C5_E755BC1EC27011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4709664e_65ee_11e6_9c74_0025902b3cc0_C4A398FF_F135_403B_9508_B9EE0F41E97C12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/802cf7aa_65ee_11e6_9c74_0025902b3cc0_2571CC9A_C66A_4A12_B559_2356C5C227E413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/babcbc9c_65ee_11e6_9c74_0025902b3cc0_15142B25_54A1_4B0D_8F25_79A36EF61CB814.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f09805dc_65ee_11e6_9c74_0025902b3cc0_9918F61B_EB2E_4E9D_8EB3_69FD40EAF85C15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7aa64ef_969a_11e1_8376_0025902b3cc1_805243FA_F8B8_4213_9808_EACCC1A40A8316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3817041e_96b5_11e1_8376_0025902b3cc1_0FF237FC_E8C7_4FC2_8C55_661074A7ACA617.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38170423_96b5_11e1_8376_0025902b3cc1_0F698568_2FA5_47ED_B258_BAEF29AE191218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e073dfa0_c362_11e5_a514_0025902b3cc0_AE9BDC35_C061_4B01_8300_3CD9B579E06D19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db304f7_fdef_11df_b16f_003048d0c7fe_B42A15EB_2CFF_41A2_8657_6187103D5E4120.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a3c2102_ff16_11e0_833e_003048f27c5f_9F98EDB9_4BCE_4B75_B34D_D8F47883ED9221.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afa54449_ff16_11e0_833e_003048f27c5f_9BAC8883_6F10_4DE8_BBFB_461DCC9241E822.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afa54455_ff16_11e0_833e_003048f27c5f_41EBCDE1_58A9_40D7_BCCB_EAC38341590624.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bccbd967_8356_11e0_afc8_003048f27c5f_4BCF8FE4_BA20_4837_A4A2_82490D01296825.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e8ed03_ff34_11e0_833e_003048f27c5f_10126.JPG"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9685b96c_ff18_11e0_833e_003048f27c5f_10127.JPG"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a8fb901_a79e_11e0_a476_003048f27c5f_101P28.JPG"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e8ed46_ff34_11e0_833e_003048f27c5f_101P29.JPG"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfb5c24a_00e1_11e8_b78c_0025902b3cc1_GLV_011_b30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f266a4_00e2_11e8_b78c_0025902b3cc1_GLV_011_b31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddec6499_00e2_11e8_b78c_0025902b3cc1_GLV_012_b32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/332ae01d_ff92_11e0_833e_003048f27c5f_GLV_012_b33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2830e77f_00e3_11e8_b78c_0025902b3cc1_GLV_013_b34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5940106e_00e3_11e8_b78c_0025902b3cc1_GLV_013_b35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8ca47d6_00e3_11e8_b78c_0025902b3cc1_GLV_014_b36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b3c0d50_00fa_11e8_b78c_0025902b3cc1_GLV_014_b37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6cd61ea_00e3_11e8_b78c_0025902b3cc1_GLV_015_b38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ece55c_00e4_11e8_b78c_0025902b3cc1_GLV_015_b39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/495b9526_00e4_11e8_b78c_0025902b3cc1_GLV_016_b40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/665763bc_00e4_11e8_b78c_0025902b3cc1_GLV_016_b41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd30a02d_00e4_11e8_b78c_0025902b3cc1_GLV_017_b42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da0d7cab_00e4_11e8_b78c_0025902b3cc1_GLV_017_b43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37451d75_00ed_11e8_b78c_0025902b3cc1_GLV_011_b44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a063e5d4_00ef_11e8_b78c_0025902b3cc1_GLV_011_b45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cb92e2_2859_11e0_99a4_003048f27c5f_GLV_012_b46.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f60bbc57_00ef_11e8_b78c_0025902b3cc1_GLV_012_b47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4792fa1e_1c3c_11e3_baa0_0025902b3cc1_GLV_013_b48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb24a622_ff90_11e0_833e_003048f27c5f_GLV_013_b49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8480bb9e_ff21_11e0_833e_003048f27c5f_GLV_014_b50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfb2c492_00f1_11e8_b78c_0025902b3cc1_GLV_014_b51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6876b7a_ff1f_11e0_833e_003048f27c5f_GLV_015_b52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f118232_00f2_11e8_b78c_0025902b3cc1_GLV_015_b53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09d9b287_bb65_11e1_a8e8_0025902b3cc1_GLV_016_b54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91753961_73e9_11e4_a300_0025902b3cc1_GLV_016_b55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea1502cd_ff93_11e0_833e_003048f27c5f_GLV_017_b56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e291e9a_c481_11e3_a2c8_0025902b3cc1_GLV_017_b57.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb25_fea4_11df_b16f_003048d0c7fe_6E8A2261_7F80_4416_98BC_4FB7D83C3A1E58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff22d_c55b_11df_b729_003048d0c7fe_CAF553C9_5871_458F_A59A_3BA9AFBC023F59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab7d239a_0100_11e0_b16f_003048d0c7fe_B08D1D45_A27F_458A_BD55_13F26F0F4B9460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb28_fea4_11df_b16f_003048d0c7fe_9274CB7E_276B_49F7_8B17_1DAE6E10272261.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db30500_fdef_11df_b16f_003048d0c7fe_63D85E22_7A6E_4777_9EDE_6341BC5C806762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc79e03b_0100_11e0_b16f_003048d0c7fe_2C768075_AF53_49B8_955D_AC46C17E6A1863.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba787868_9af0_11ed_bd63_ac1f6b40b531_Frame-6-_1_64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81bfb42_9af0_11ed_bd63_ac1f6b40b531_GLS00690162565.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bffb279_9af1_11ed_bd63_ac1f6b40b531_GLS006901625_0166.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a83e_0427_11e0_99a4_003048f27c5f_72CBFA5E_FA3A_4AC1_A300_B75308D0335467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7045a841_0427_11e0_99a4_003048f27c5f_485A5F18_DBEB_46C0_94ED_26F86E0B22B468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d958_0427_11e0_99a4_003048f27c5f_30DFF48C_9CB3_42F7_92C8_9349AEC2B37E69.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95b_0427_11e0_99a4_003048f27c5f_198B1A2B_B3D1_4B9E_A319_307E33CEC30270.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d70d95e_0427_11e0_99a4_003048f27c5f_049A9C43_0C0D_4554_BE3C_11847DB5317E71.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751772b9_0f25_11e0_99a4_003048f27c5f_F62201B6_AEDD_4F36_9786_A5EC509B949872.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b47fb77_1e1d_11e8_ade2_0025902b3cc1_F4C1CE77_1707_4881_947E_A5EA146CA48F73.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6108ddb5_6068_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F374.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89a2724e_6068_11eb_80bc_0025902b3cc1_8BCE05E3_B647_44A6_9F3E_8FD0DC8BA7F375.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aafa01b8_09b8_11e9_8add_0025902b3cc1_2E63857B_B355_4E28_8BB4_D0B810828FCD76.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e7_0100_11e0_b16f_003048d0c7fe_DA27D4B0_66ED_430F_BAFE_152DBE62DD8777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4e4_0100_11e0_b16f_003048d0c7fe_C688EDDE_D843_4E4F_BCC3_CAC4607DCB5078.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db3050d_fdef_11df_b16f_003048d0c7fe_2EA372C8_BF20_4D9A_A391_ABA76B2005C879.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e16ca61_9cab_11e9_80b7_0025902b3cc1_EA97CE90_9FAB_4698_A41E_88205852316480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25f0bb2_0100_11e0_b16f_003048d0c7fe_9A2D6A81_74BF_4C50_8429_809DBA79697C81.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d2a6dd_9cab_11e9_80b7_0025902b3cc1_2EA372C8_BF20_4D9A_A391_ABA76B2005C882.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732a8899_fdef_11df_b16f_003048d0c7fe_EA97CE90_9FAB_4698_A41E_88205852316483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb0b4ed_0100_11e0_b16f_003048d0c7fe_146FE058_C784_4AE7_A5B3_800757C1E60E84.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/445e2215_035a_11e0_b16f_003048d0c7fe_D2641C2F_8482_40A9_BFF1_1D25827CB92985.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7acfb_fdef_11df_b16f_003048d0c7fe_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8886.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4728799a_9cab_11e9_80b7_0025902b3cc1_F2641285_02DB_4CC8_B4CD_AB1D2DD8FB8887.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aaa5f27_0427_11e0_99a4_003048f27c5f_C68A43EA_CF37_4207_BD17_D958C79815EA88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bb7b_246f_11e0_99a4_003048f27c5f_2E63857B_B355_4E28_8BB4_D0B810828FCD89.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb05_fea4_11df_b16f_003048d0c7fe_8B87051B_047C_49D7_95DA_BA1CEBE1C6E790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84418dae_02ae_11e0_b16f_003048d0c7fe_995BC625_46D9_4A8D_B515_A5ECB51CE34991.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e0a1a6_fdef_11df_b16f_003048d0c7fe_61F8EEC7_6CBE_442B_9AF2_1CA869D4CA5F92.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b853735b_02ae_11e0_b16f_003048d0c7fe_B122710F_71AE_4A07_ADDF_197CB35FA39293.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8537360_02ae_11e0_b16f_003048d0c7fe_4F2ABB7E_101E_4C23_87D1_95079471E5F394.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebc56914_3fe9_11e0_86e2_003048f27c5f_EBDC121D_0EBB_4D5C_BA2A_1BB49C46533C95.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2615ca9_0b56_11e4_9ca4_0025902b3cc1_196.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3b6_638a_11e2_ab60_0025902b3cc1_3F9AF36A_1A14_49B9_B01D_2643AED478C097.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3bb_638a_11e2_ab60_0025902b3cc1_0C874F51_299A_4199_8B5C_9277292334F498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c5_638a_11e2_ab60_0025902b3cc1_2F378B2A_B89B_4EFA_A53C_3EED64F10E5A99.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/725fd3c0_638a_11e2_ab60_0025902b3cc1_21D882D2_217F_406B_8A34_29FF691C59DD100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7d50e7_0b56_11e4_9ca4_0025902b3cc1_1CC00C8F_B1C2_4AAB_BB31_E1FBC6039F11101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb366069_0b56_11e4_9ca4_0025902b3cc1_C39A4958_C215_4603_8D6E_181C2D64B926102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19737151_0b57_11e4_9ca4_0025902b3cc1_B6A25171_39FB_4DE9_AC44_ECAE3AAC54CF103.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -14386,143 +14386,143 @@
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="4"/>
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
-[...3 lines deleted...]
-Артикул: RTP.020.CH</t>
+            <t xml:space="preserve">R 112-K \ Кронштейн с крючками</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTP.056.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 48</t>
+Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">396.00</t>
+            <t xml:space="preserve">228.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C46" s="4"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R 112-K \ Кронштейн с крючками</t>
-[...3 lines deleted...]
-Артикул: RTP.056.CH</t>
+            <t xml:space="preserve">R 111 \ Кронштейн наклонный с шариками</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTP.020.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 50</t>
+Кол-во в упаковке, шт.: 48</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">228.00</t>
+            <t xml:space="preserve">396.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="4"/>
       <c r="B47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -14812,145 +14812,145 @@
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C49" s="4"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R 109 \ Кронштейн</t>
-[...3 lines deleted...]
-Артикул: RTP.019.CH</t>
+            <t xml:space="preserve">R 113-K \ Кронштейн прямой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTP.055.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 415</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 40</t>
+Глубина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">448.00</t>
+            <t xml:space="preserve">162.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="4"/>
       <c r="B50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R 113-K \ Кронштейн прямой</t>
-[...3 lines deleted...]
-Артикул: RTP.055.CH</t>
+            <t xml:space="preserve">R 109 \ Кронштейн</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: RTP.019.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 300</t>
-[...3 lines deleted...]
-Кол-во в упаковке, шт.: 50</t>
+Глубина, мм: 415</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Кол-во в упаковке, шт.: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">162.00</t>
+            <t xml:space="preserve">448.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C50" s="4"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>