--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">04.04.2024</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Вешала для одежды с полкой для обуви Cuadro (Италия)</t>
   </si>
   <si>
     <t>Вешала Cuadro представляют собой графичные конструкции из хромированной квадратной трубы 20х20 мм. Лаконичные и выразительные линии способствуют зрительному комфорту и превращают интерьер магазина в произведение современного искусства.  Вешала прекрасно дополняют систему Cuadro.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CUA 100 \ Вешало для одежды (с полкой для обуви или без)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CUA.010.N.CH</t>
     </r>
@@ -158,51 +158,51 @@
       <t xml:space="preserve">
 Ширина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Артикул поставщика: 01CUA105. Подиум в комплект не входит</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10603.00</t>
+      <t xml:space="preserve">10815.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CUA 200 \ Вешало-экспозитор для одежды (с полкой для обуви или без)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CUA.011.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -219,51 +219,51 @@
       <t xml:space="preserve">
 Ширина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: подиум в комплект не входит</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9108.00</t>
+      <t xml:space="preserve">9290.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">CUA 300 \ Вешало для ремней</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CUA.012.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -280,96 +280,96 @@
       <t xml:space="preserve">
 Ширина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: подиум в комплект не входит</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Италия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">16312.00</t>
+      <t xml:space="preserve">16638.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Подиум для вешал CUA 105 и CUA 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: CUA.204A.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 650х400х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">684.00</t>
+      <t xml:space="preserve">698.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -382,51 +382,51 @@
       <t xml:space="preserve">
 Артикул: CUA.204B.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 950х400х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">998.00</t>
+      <t xml:space="preserve">1018.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -439,51 +439,51 @@
       <t xml:space="preserve">
 Артикул: CUA.205.DSP</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ДСП</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размеры, мм: 400х450х25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">475.00</t>
+      <t xml:space="preserve">485.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
@@ -1139,51 +1139,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">04.04.2024</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1287,51 +1287,51 @@
             <t xml:space="preserve">
 Ширина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Артикул поставщика: 01CUA105. Подиум в комплект не входит</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10603.00</t>
+            <t xml:space="preserve">10815.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CUA 200 \ Вешало-экспозитор для одежды (с полкой для обуви или без)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -1353,51 +1353,51 @@
             <t xml:space="preserve">
 Ширина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: подиум в комплект не входит</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9108.00</t>
+            <t xml:space="preserve">9290.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">CUA 300 \ Вешало для ремней</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: CUA.012.CH</t>
           </r>
@@ -1417,101 +1417,101 @@
             <t xml:space="preserve">
 Ширина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: подиум в комплект не входит</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Италия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">16312.00</t>
+            <t xml:space="preserve">16638.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Подиум для вешал CUA 105 и CUA 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: CUA.204A.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 650х400х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">684.00</t>
+            <t xml:space="preserve">698.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -1527,51 +1527,51 @@
             <t xml:space="preserve">
 Артикул: CUA.204B.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 950х400х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">998.00</t>
+            <t xml:space="preserve">1018.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -1589,51 +1589,51 @@
             <t xml:space="preserve">
 Артикул: CUA.205.DSP</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ДСП</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размеры, мм: 400х450х25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">475.00</t>
+            <t xml:space="preserve">485.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>