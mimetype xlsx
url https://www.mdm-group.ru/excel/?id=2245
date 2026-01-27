--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">04.04.2024</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Cтойки для одежды на колесиках AVS (Собственное производство)</t>
   </si>
   <si>
     <t>Стойка для одежды напольная металлическая на колесах AVS – незаменимый атрибут магазина одежды. Простота использования, классический выдержанный дизайн позволяют стойкам вешалкам для одежды универсально вписываться в большинство магазинов.
 Использование стоек для одежды на колесиках позволяет в любой момент менять планировку зала и экспериментировать с дизайном. Также с помощью передвижных стоек вы можете перемещать одежду в необходимое место без особой затраты усилий.
 Напольные вешала стойки для одежды AVS производятся в России, оснащаются колесиками и по своей сути дополняют ассортимент вешал серии Италия, так как разработаны в едином стиле. Вешала из этих серий будут отлично смотреться в одном торговом зале.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">AVS 3-042 \  Вешало для головных уборов</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -99,51 +99,51 @@
       <t xml:space="preserve">
 Примечание: Можно устанавливать дополнительные держатели AVS 3-042-1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во мест: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4710.00</t>
+      <t xml:space="preserve">4804.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">AVS 3-042 \ Стойка для головных уборов на колесиках</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.098S.9016.25.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый/хром</t>
@@ -160,51 +160,51 @@
       <t xml:space="preserve">
 Примечание: Можно устанавливать дополнительные держатели AVS 3-042-1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во мест: 20</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4710.00</t>
+      <t xml:space="preserve">4804.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">AVS 3-042-1 \ Держатель к стойке для головных уборов</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.098S.200.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -274,51 +274,51 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 170</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">62.00</t>
+      <t xml:space="preserve">63.20</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -880,51 +880,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">04.04.2024</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -964,51 +964,51 @@
             <t xml:space="preserve">
 Примечание: Можно устанавливать дополнительные держатели AVS 3-042-1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во мест: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4710.00</t>
+            <t xml:space="preserve">4804.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">AVS 3-042 \ Стойка для головных уборов на колесиках</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VHL.098S.9016.25.CH</t>
           </r>
@@ -1028,51 +1028,51 @@
             <t xml:space="preserve">
 Примечание: Можно устанавливать дополнительные держатели AVS 3-042-1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во мест: 20</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4710.00</t>
+            <t xml:space="preserve">4804.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">AVS 3-042-1 \ Держатель к стойке для головных уборов</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -1150,51 +1150,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 170</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">62.00</t>
+            <t xml:space="preserve">63.20</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>