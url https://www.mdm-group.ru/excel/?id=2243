--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13.03.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Вешала и стойки настольные</t>
   </si>
   <si>
     <t>Вешала и стойки настольные – незаменимая часть торгового оборудования, когда необходимо эффективно разместить продукцию на прикассовой зоне, прилавках, столах или ресепшенах магазина.
 Как правило это настольные стойки для сумок, стойки для очков, вешала настольные, вертушки для бижутерии, прикассовые стойки для товара с крючками и многое другое. Разрабатываются чаще всего настольные стойки вращающимися и компактно умещающимися на столе или любом другом прилавке. Это необходимо для того, чтобы посетителю было удобно выбрать и купить продукцию небольших размеров, вроде бижутерии, брелков и других стоек для аксессуаров.
 Вы можете найти у нас в разделе очень удобные пластиковые чаши накопители, которые можно использовать для размещения конфет, косметики, медицинских препаратов и многого другого. Вы можете разместить их как на любой поверхности вроде стола, так и закрепить на любой полке с помощью струбцины.
 Практически все настольные стойки и вешала регулируются по высоте, отличаются элегантной формой и компактностью.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">HDA 11 \  Вертушка для бижутерии настольная</t>
     </r>
     <r>
@@ -88,51 +88,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1524.00</t>
+      <t xml:space="preserve">1554.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3-028 \ Стойка для брелков настольная</t>
@@ -198,51 +198,51 @@
       <t xml:space="preserve">
 Артикул: VHL.117.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 500-850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1589.00</t>
+      <t xml:space="preserve">1621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -255,51 +255,51 @@
       <t xml:space="preserve">
 Артикул: VHL.117.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 500-850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1788.00</t>
+      <t xml:space="preserve">1824.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -312,51 +312,51 @@
       <t xml:space="preserve">
 Артикул: VHL.136.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 500-850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1921.00</t>
+      <t xml:space="preserve">1959.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -369,51 +369,51 @@
       <t xml:space="preserve">
 Артикул: VHL.119.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 500-850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1589.00</t>
+      <t xml:space="preserve">1621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -426,51 +426,51 @@
       <t xml:space="preserve">
 Артикул: VHL.119.SA</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: сатин</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 500-850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1788.00</t>
+      <t xml:space="preserve">1824.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -483,51 +483,51 @@
       <t xml:space="preserve">
 Артикул: VHL.122.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 150-250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2517.00</t>
+      <t xml:space="preserve">2567.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -540,51 +540,51 @@
       <t xml:space="preserve">
 Артикул: VHL.123.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 510</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1589.00</t>
+      <t xml:space="preserve">1621.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -609,51 +609,51 @@
       <t xml:space="preserve">
 Высота, мм: 220</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">702.00</t>
+      <t xml:space="preserve">716.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Н 161 \ Подставка настольная для чаши d-200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.097.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -662,51 +662,51 @@
       <t xml:space="preserve">
 Высота, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">119.00</t>
+      <t xml:space="preserve">121.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">161 \ Полусфера пластиковая – чаша накопителя (d-200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.096.TR</t>
@@ -727,51 +727,51 @@
       <t xml:space="preserve">
 Толщина, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">207.00</t>
+      <t xml:space="preserve">211.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">162 \ Полусфера пластиковая – чаша накопителя  (d-300 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.365.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -792,51 +792,51 @@
       <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 349 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">278.00</t>
+      <t xml:space="preserve">284.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S161 \ Держатель-струбцина для чаши</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.364.9016.80-95</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -849,51 +849,51 @@
       <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Максимальная толщина полки, мм: 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">276.00</t>
+      <t xml:space="preserve">282.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S162 \ Держатель-струбцина для чаши</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.365.9016.80-95</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -906,96 +906,96 @@
       <t xml:space="preserve">
 Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Максимальная толщина полки, мм: 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">299.00</t>
+      <t xml:space="preserve">305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KDC-605 \ Стойка для очков настольная, с замком</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: NKO.002.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 820</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 10 оправ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4502.00</t>
+      <t xml:space="preserve">4592.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1008,51 +1008,51 @@
       <t xml:space="preserve">
 Артикул: NKO.048.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Вместимость: 24 оправы</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5827.00</t>
+      <t xml:space="preserve">5944.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -1085,51 +1085,51 @@
       <t xml:space="preserve">
 Ширина ячеек: 17 и 12 см</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
     </r>
     <r>
       <t xml:space="preserve">
 Количество ячеек, шт: 36</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4870.00</t>
+      <t xml:space="preserve">4967.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -2103,51 +2103,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13.03.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2175,51 +2175,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1524.00</t>
+            <t xml:space="preserve">1554.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2293,51 +2293,51 @@
             <t xml:space="preserve">
 Артикул: VHL.117.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 500-850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1589.00</t>
+            <t xml:space="preserve">1621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -2353,51 +2353,51 @@
             <t xml:space="preserve">
 Артикул: VHL.117.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 500-850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1788.00</t>
+            <t xml:space="preserve">1824.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -2415,51 +2415,51 @@
             <t xml:space="preserve">
 Артикул: VHL.136.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 500-850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1921.00</t>
+            <t xml:space="preserve">1959.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -2475,51 +2475,51 @@
             <t xml:space="preserve">
 Артикул: VHL.119.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 500-850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1589.00</t>
+            <t xml:space="preserve">1621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -2537,51 +2537,51 @@
             <t xml:space="preserve">
 Артикул: VHL.119.SA</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: сатин</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 500-850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1788.00</t>
+            <t xml:space="preserve">1824.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -2597,51 +2597,51 @@
             <t xml:space="preserve">
 Артикул: VHL.122.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 150-250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2517.00</t>
+            <t xml:space="preserve">2567.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -2659,51 +2659,51 @@
             <t xml:space="preserve">
 Артикул: VHL.123.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 510</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1589.00</t>
+            <t xml:space="preserve">1621.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -2731,51 +2731,51 @@
             <t xml:space="preserve">
 Высота, мм: 220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">702.00</t>
+            <t xml:space="preserve">716.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Н 161 \ Подставка настольная для чаши d-200</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2789,51 +2789,51 @@
             <t xml:space="preserve">
 Высота, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">119.00</t>
+            <t xml:space="preserve">121.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">161 \ Полусфера пластиковая – чаша накопителя (d-200 мм)</t>
           </r>
@@ -2857,51 +2857,51 @@
             <t xml:space="preserve">
 Толщина, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">207.00</t>
+            <t xml:space="preserve">211.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">162 \ Полусфера пластиковая – чаша накопителя  (d-300 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2927,51 +2927,51 @@
             <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 349 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">278.00</t>
+            <t xml:space="preserve">284.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S161 \ Держатель-струбцина для чаши</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.364.9016.80-95</t>
           </r>
@@ -2987,51 +2987,51 @@
             <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Максимальная толщина полки, мм: 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">276.00</t>
+            <t xml:space="preserve">282.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S162 \ Держатель-струбцина для чаши</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3049,99 +3049,99 @@
             <t xml:space="preserve">
 Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Максимальная толщина полки, мм: 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">299.00</t>
+            <t xml:space="preserve">305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">KDC-605 \ Стойка для очков настольная, с замком</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: NKO.002.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 820</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 10 оправ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4502.00</t>
+            <t xml:space="preserve">4592.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -3159,51 +3159,51 @@
             <t xml:space="preserve">
 Артикул: NKO.048.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Вместимость: 24 оправы</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5827.00</t>
+            <t xml:space="preserve">5944.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -3239,51 +3239,51 @@
             <t xml:space="preserve">
 Ширина ячеек: 17 и 12 см</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 20 штук</t>
           </r>
           <r>
             <t xml:space="preserve">
 Количество ячеек, шт: 36</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4870.00</t>
+            <t xml:space="preserve">4967.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>