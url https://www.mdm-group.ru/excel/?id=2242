--- v0 (2025-12-05)
+++ v1 (2026-01-20)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">06.02.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Вешала (рейлы) для одежды OMV (Собственное производство)</t>
   </si>
   <si>
     <t>Модели OMV-001, OMV-002 и OMV-003 необходимо использовать с опорами (резьба М10).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OMV-001.PR \ Вешало регулируемое L-1500 (без опор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.015.V2.CH.22450.4N100</t>
     </r>
@@ -97,51 +97,51 @@
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимо использовать с ножками или колесами (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5600.00</t>
+      <t xml:space="preserve">5712.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OMV-001.PR \ Вешало регулируемое L-1500 (без опор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.015.V2.CH.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар/хром</t>
@@ -162,51 +162,51 @@
       <t xml:space="preserve">
 Цвет: белый муар/хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимо использовать с ножками или колесами (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5600.00</t>
+      <t xml:space="preserve">5712.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OMV-002.PR \ Вешало регулируемое двурядное L-1500 (без опор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.016.V2.CH.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар/хром</t>
@@ -223,51 +223,51 @@
       <t xml:space="preserve">
 Глубина, мм: 730</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимо использовать с ножками или колесами (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9990.00</t>
+      <t xml:space="preserve">10190.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OMV-002.PR \ Вешало регулируемое двурядное L-1500 (без опор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.016.V2.CH.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар/хром</t>
@@ -284,51 +284,51 @@
       <t xml:space="preserve">
 Глубина, мм: 730</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимо использовать с ножками или колесами (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9990.00</t>
+      <t xml:space="preserve">10190.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OMV-003.PR \ Вешало регулируемое Т-образное (без опор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.017.V2.CH.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар/хром</t>
@@ -345,51 +345,51 @@
       <t xml:space="preserve">
 Глубина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимо использовать с ножками или колесами (резьба М10).</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3500.00</t>
+      <t xml:space="preserve">3570.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OMV-003.PR \ Вешало регулируемое Т-образное (без опор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.017.V2.CH.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар/хром</t>
@@ -402,51 +402,51 @@
       <t xml:space="preserve">
 Высота, мм: 1200-1750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 530</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3500.00</t>
+      <t xml:space="preserve">3570.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OMV-008.PR \ Вешало регулируемое 2-х рожковое (без опор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.OMV.008.CH.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар/хром</t>
@@ -467,177 +467,177 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимо использовать с ножками или колесами (резьба М10), в комплект не входят. Максимально допустимая, распределенная нагрузка 25кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5250.00</t>
+      <t xml:space="preserve">5355.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">OMV-007.PR \ Вешало регулируемое 4-х рожковое (без опор)</t>
-[...3 lines deleted...]
-Артикул: VHL.018.V2.CH.9016MU.25</t>
+      <t xml:space="preserve">OMV-008.PR \ Вешало регулируемое 2-х рожковое (без опор)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: VHL.OMV.008.CH.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар/хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1150</t>
-[...11 lines deleted...]
-Примечание: Необходимо использовать с ножками или колесами (резьба М10).</t>
+Ширина, мм: 925</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1200-1750</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 550</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Необходимо использовать с ножками или колесами (резьба М10), в комплект не входят. Максимально допустимая, распределенная нагрузка 25кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9990.00</t>
+      <t xml:space="preserve">5488.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">OMV-008.PR \ Вешало регулируемое 2-х рожковое (без опор)</t>
-[...3 lines deleted...]
-Артикул: VHL.OMV.008.CH.9016MU.25</t>
+      <t xml:space="preserve">OMV-007.PR \ Вешало регулируемое 4-х рожковое (без опор)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: VHL.018.V2.CH.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар/хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 925</t>
-[...15 lines deleted...]
-Примечание: Необходимо использовать с ножками или колесами (резьба М10), в комплект не входят. Максимально допустимая, распределенная нагрузка 25кг.</t>
+Ширина, мм: 1150</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1120-1750</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 1150</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Необходимо использовать с ножками или колесами (резьба М10).</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5380.00</t>
+      <t xml:space="preserve">10190.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OMV-007.PR \ Вешало регулируемое 4-х рожковое (без опор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.018.V2.CH.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар/хром</t>
@@ -654,51 +654,51 @@
       <t xml:space="preserve">
 Глубина, мм: 1150</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимо использовать с ножками или колесами (резьба М10).</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">9990.00</t>
+      <t xml:space="preserve">10190.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OMV-009.PR \ Вешало регулируемое Г-образное (без опор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.OMV.009.CH.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар/хром</t>
@@ -719,51 +719,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимо использовать с ножками или колесами (резьба М10), в комплект не входят. Максимально допустимая, распределенная нагрузка 12,5кг. Под заказ от 5штук.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3600.00</t>
+      <t xml:space="preserve">3672.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OMV-009.PR \ Вешало регулируемое Г-образное (без опор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.OMV.009.CH.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар/хром</t>
@@ -784,51 +784,51 @@
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Необходимо использовать с ножками или колесами (резьба М10), в комплект не входят. Максимально допустимая, распределенная нагрузка 12,5кг. Под заказ от 5штук.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3600.00</t>
+      <t xml:space="preserve">3672.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OMV-002.P \ Вешало регулируемое двухрядное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.016.CH.9005.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец/хром</t>
@@ -894,51 +894,51 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.76</t>
+      <t xml:space="preserve">91.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-14 c \ Ножка регулируемая (резьба М10)</t>
@@ -951,51 +951,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.52</t>
+      <t xml:space="preserve">27.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Jr-34 b \ Колесная опора (резьба М10)</t>
@@ -1012,51 +1012,51 @@
       <t xml:space="preserve">
 Высота, мм: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Нагрузка, кг: до 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">50.00</t>
+      <t xml:space="preserve">51.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-34 e \ Колесная опора (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034E.GR</t>
@@ -1077,51 +1077,51 @@
       <t xml:space="preserve">
 Нагрузка, кг: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: каркас – металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">172.00</t>
+      <t xml:space="preserve">175.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-34 et \ Колесная опора c тормозом (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034ET.CR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
@@ -1138,51 +1138,51 @@
       <t xml:space="preserve">
 Нагрузка, кг: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: каркас – металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">180.00</t>
+      <t xml:space="preserve">184.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-34 ic \ Колесная опора (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034IC.40.ZN.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк/черный</t>
@@ -1211,51 +1211,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 88 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.04</t>
+      <t xml:space="preserve">54.06</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-34 cn \ Колесная опора (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034CN.ZN.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк/серый</t>
@@ -1272,51 +1272,51 @@
       <t xml:space="preserve">
 Нагрузка, кг: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: опорный болт М10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">128.00</t>
+      <t xml:space="preserve">131.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-34 cnt \ Колесная опора c тормозом (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034CNT.ZN.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк/серый</t>
@@ -1333,51 +1333,51 @@
       <t xml:space="preserve">
 Нагрузка, кг: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: опорный болт М10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">194.00</t>
+      <t xml:space="preserve">198.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Jr-34 сn \ Колесная опора усиленная (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKR.034CN.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1390,51 +1390,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Нагрузка, кг: до 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: опорный болт М10 (длина 30 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">150.00</t>
+      <t xml:space="preserve">153.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-34 d \ Колесная опора Шар (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034D.40.CH.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/серый</t>
@@ -1451,51 +1451,51 @@
       <t xml:space="preserve">
 Нагрузка, кг: 15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Материал колеса серая резина</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">103.00</t>
+      <t xml:space="preserve">105.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -1555,51 +1555,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8e90bc0_f933_11ec_80ed_ac1f6b40b531_VHL015V2CH224504N1002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8127c1ae_f934_11ec_80ed_ac1f6b40b531_VHL015V2CH9016MU253.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9236afb_f934_11ec_80ed_ac1f6b40b531_VHL016V2CH9016MU254.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a0fc4a6_f934_11ec_80ed_ac1f6b40b531_VHL016V2CH224504N1005.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccf9ce5a_92e5_11ec_81b7_ac1f6b40b531_VHL017V2CH224504N1006.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaf88da2_f934_11ec_80ed_ac1f6b40b531_VHL017V2CH9016MU257.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0c0f4ac_5609_11ee_907c_ac1f6b40b531_VHLOMV008CH224504N1008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12467245_f935_11ec_80ed_ac1f6b40b531_VHL018V2CH9016MU259.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14fbb3a1_560a_11ee_907c_ac1f6b40b531_VHLOMV008CH9016MU2510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d653c80_f934_11ec_80ed_ac1f6b40b531_VHL018V2CH224504N10011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7246434a_560a_11ee_907c_ac1f6b40b531_VHLOMV009CH224504N10012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/973147f6_560a_11ee_907c_ac1f6b40b531_VHLOMV009CH9016MU2513.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a1be422_d554_11e5_ba27_0025902b3cc0_415A2CEE_4678_470F_9747_28038DE0265714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff261_c55b_11df_b729_003048d0c7fe_EE4043ED_30A2_4B38_969E_B3EE540E4D3F15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb3b15b3_4bfb_11e5_a10e_0025902b3cc1_B29CE6C5_F311_41B7_B4A4_19A3665E74CF17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9fcfec0_5755_11e8_ade2_0025902b3cc1_JOKR_034E_GR18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f5fd62b_5756_11e8_ade2_0025902b3cc1_JOKR_034ET_GR19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2976212b_b666_11e8_a710_0025902b3cc1_JR_34_IC20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6780455d_b666_11e8_a710_0025902b3cc1_JR_34_cn21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec711746_b666_11e8_a710_0025902b3cc1_JR_34_cnt22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4a22822_ec2e_11e5_ba27_0025902b3cc0_D5BE1AD7_51C1_4C25_B0C9_5F8CBC9A09C623.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08cfbe30_b667_11e8_a710_0025902b3cc1_J_34_d24.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8e90bc0_f933_11ec_80ed_ac1f6b40b531_VHL015V2CH224504N1002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8127c1ae_f934_11ec_80ed_ac1f6b40b531_VHL015V2CH9016MU253.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9236afb_f934_11ec_80ed_ac1f6b40b531_VHL016V2CH9016MU254.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a0fc4a6_f934_11ec_80ed_ac1f6b40b531_VHL016V2CH224504N1005.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccf9ce5a_92e5_11ec_81b7_ac1f6b40b531_VHL017V2CH224504N1006.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaf88da2_f934_11ec_80ed_ac1f6b40b531_VHL017V2CH9016MU257.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0c0f4ac_5609_11ee_907c_ac1f6b40b531_VHLOMV008CH224504N1008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14fbb3a1_560a_11ee_907c_ac1f6b40b531_VHLOMV008CH9016MU259.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12467245_f935_11ec_80ed_ac1f6b40b531_VHL018V2CH9016MU2510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d653c80_f934_11ec_80ed_ac1f6b40b531_VHL018V2CH224504N10011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7246434a_560a_11ee_907c_ac1f6b40b531_VHLOMV009CH224504N10012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/973147f6_560a_11ee_907c_ac1f6b40b531_VHLOMV009CH9016MU2513.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a1be422_d554_11e5_ba27_0025902b3cc0_415A2CEE_4678_470F_9747_28038DE0265714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff261_c55b_11df_b729_003048d0c7fe_EE4043ED_30A2_4B38_969E_B3EE540E4D3F15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb3b15b3_4bfb_11e5_a10e_0025902b3cc1_B29CE6C5_F311_41B7_B4A4_19A3665E74CF17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9fcfec0_5755_11e8_ade2_0025902b3cc1_JOKR_034E_GR18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f5fd62b_5756_11e8_ade2_0025902b3cc1_JOKR_034ET_GR19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2976212b_b666_11e8_a710_0025902b3cc1_JR_34_IC20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6780455d_b666_11e8_a710_0025902b3cc1_JR_34_cn21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec711746_b666_11e8_a710_0025902b3cc1_JR_34_cnt22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4a22822_ec2e_11e5_ba27_0025902b3cc0_D5BE1AD7_51C1_4C25_B0C9_5F8CBC9A09C623.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08cfbe30_b667_11e8_a710_0025902b3cc1_J_34_d24.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2619,51 +2619,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">06.02.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2703,51 +2703,51 @@
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимо использовать с ножками или колесами (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5600.00</t>
+            <t xml:space="preserve">5712.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OMV-001.PR \ Вешало регулируемое L-1500 (без опор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VHL.015.V2.CH.9016MU.25</t>
           </r>
@@ -2771,51 +2771,51 @@
             <t xml:space="preserve">
 Цвет: белый муар/хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимо использовать с ножками или колесами (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5600.00</t>
+            <t xml:space="preserve">5712.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OMV-002.PR \ Вешало регулируемое двурядное L-1500 (без опор)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2837,51 +2837,51 @@
             <t xml:space="preserve">
 Глубина, мм: 730</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимо использовать с ножками или колесами (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9990.00</t>
+            <t xml:space="preserve">10190.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OMV-002.PR \ Вешало регулируемое двурядное L-1500 (без опор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VHL.016.V2.CH.22450.4N100</t>
           </r>
@@ -2901,51 +2901,51 @@
             <t xml:space="preserve">
 Глубина, мм: 730</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимо использовать с ножками или колесами (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9990.00</t>
+            <t xml:space="preserve">10190.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OMV-003.PR \ Вешало регулируемое Т-образное (без опор)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2967,51 +2967,51 @@
             <t xml:space="preserve">
 Глубина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимо использовать с ножками или колесами (резьба М10).</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3500.00</t>
+            <t xml:space="preserve">3570.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OMV-003.PR \ Вешало регулируемое Т-образное (без опор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VHL.017.V2.CH.9016MU.25</t>
           </r>
@@ -3027,51 +3027,51 @@
             <t xml:space="preserve">
 Высота, мм: 1200-1750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 530</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3500.00</t>
+            <t xml:space="preserve">3570.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OMV-008.PR \ Вешало регулируемое 2-х рожковое (без опор)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3097,185 +3097,185 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимо использовать с ножками или колесами (резьба М10), в комплект не входят. Максимально допустимая, распределенная нагрузка 25кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5250.00</t>
+            <t xml:space="preserve">5355.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OMV-007.PR \ Вешало регулируемое 4-х рожковое (без опор)</t>
-[...3 lines deleted...]
-Артикул: VHL.018.V2.CH.9016MU.25</t>
+            <t xml:space="preserve">OMV-008.PR \ Вешало регулируемое 2-х рожковое (без опор)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: VHL.OMV.008.CH.9016MU.25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый муар/хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1150</t>
-[...11 lines deleted...]
-Примечание: Необходимо использовать с ножками или колесами (резьба М10).</t>
+Ширина, мм: 925</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1200-1750</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 550</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Необходимо использовать с ножками или колесами (резьба М10), в комплект не входят. Максимально допустимая, распределенная нагрузка 25кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9990.00</t>
+            <t xml:space="preserve">5488.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OMV-008.PR \ Вешало регулируемое 2-х рожковое (без опор)</t>
-[...3 lines deleted...]
-Артикул: VHL.OMV.008.CH.9016MU.25</t>
+            <t xml:space="preserve">OMV-007.PR \ Вешало регулируемое 4-х рожковое (без опор)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: VHL.018.V2.CH.9016MU.25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый муар/хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 925</t>
-[...15 lines deleted...]
-Примечание: Необходимо использовать с ножками или колесами (резьба М10), в комплект не входят. Максимально допустимая, распределенная нагрузка 25кг.</t>
+Ширина, мм: 1150</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1120-1750</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 1150</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Необходимо использовать с ножками или колесами (резьба М10).</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5380.00</t>
+            <t xml:space="preserve">10190.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OMV-007.PR \ Вешало регулируемое 4-х рожковое (без опор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VHL.018.V2.CH.22450.4N100</t>
           </r>
@@ -3295,51 +3295,51 @@
             <t xml:space="preserve">
 Глубина, мм: 1150</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимо использовать с ножками или колесами (резьба М10).</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">9990.00</t>
+            <t xml:space="preserve">10190.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OMV-009.PR \ Вешало регулируемое Г-образное (без опор)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3365,51 +3365,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимо использовать с ножками или колесами (резьба М10), в комплект не входят. Максимально допустимая, распределенная нагрузка 12,5кг. Под заказ от 5штук.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3600.00</t>
+            <t xml:space="preserve">3672.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OMV-009.PR \ Вешало регулируемое Г-образное (без опор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VHL.OMV.009.CH.9016MU.25</t>
           </r>
@@ -3433,51 +3433,51 @@
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Необходимо использовать с ножками или колесами (резьба М10), в комплект не входят. Максимально допустимая, распределенная нагрузка 12,5кг. Под заказ от 5штук.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3600.00</t>
+            <t xml:space="preserve">3672.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OMV-002.P \ Вешало регулируемое двухрядное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3551,51 +3551,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.76</t>
+            <t xml:space="preserve">91.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -3613,51 +3613,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.52</t>
+            <t xml:space="preserve">27.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -3677,51 +3677,51 @@
             <t xml:space="preserve">
 Высота, мм: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Нагрузка, кг: до 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50.00</t>
+            <t xml:space="preserve">51.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -3747,51 +3747,51 @@
             <t xml:space="preserve">
 Нагрузка, кг: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: каркас – металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">172.00</t>
+            <t xml:space="preserve">175.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-34 et \ Колесная опора c тормозом (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.034ET.CR</t>
           </r>
@@ -3811,51 +3811,51 @@
             <t xml:space="preserve">
 Нагрузка, кг: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: каркас – металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">180.00</t>
+            <t xml:space="preserve">184.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-34 ic \ Колесная опора (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -3889,51 +3889,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 88 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.04</t>
+            <t xml:space="preserve">54.06</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-34 cn \ Колесная опора (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.034CN.ZN.GR</t>
           </r>
@@ -3953,51 +3953,51 @@
             <t xml:space="preserve">
 Нагрузка, кг: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: опорный болт М10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">128.00</t>
+            <t xml:space="preserve">131.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-34 cnt \ Колесная опора c тормозом (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4019,51 +4019,51 @@
             <t xml:space="preserve">
 Нагрузка, кг: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: опорный болт М10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">194.00</t>
+            <t xml:space="preserve">198.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Jr-34 сn \ Колесная опора усиленная (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKR.034CN.CH</t>
           </r>
@@ -4079,51 +4079,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Нагрузка, кг: до 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: опорный болт М10 (длина 30 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">150.00</t>
+            <t xml:space="preserve">153.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-34 d \ Колесная опора Шар (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4145,51 +4145,51 @@
             <t xml:space="preserve">
 Нагрузка, кг: 15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Материал колеса серая резина</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">103.00</t>
+            <t xml:space="preserve">105.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>