--- v1 (2026-01-20)
+++ v2 (2026-03-06)
@@ -484,160 +484,160 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">5355.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">OMV-008.PR \ Вешало регулируемое 2-х рожковое (без опор)</t>
-[...3 lines deleted...]
-Артикул: VHL.OMV.008.CH.9016MU.25</t>
+      <t xml:space="preserve">OMV-007.PR \ Вешало регулируемое 4-х рожковое (без опор)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: VHL.018.V2.CH.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар/хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 925</t>
-[...15 lines deleted...]
-Примечание: Необходимо использовать с ножками или колесами (резьба М10), в комплект не входят. Максимально допустимая, распределенная нагрузка 25кг.</t>
+Ширина, мм: 1150</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1120-1750</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 1150</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Необходимо использовать с ножками или колесами (резьба М10).</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5488.00</t>
+      <t xml:space="preserve">10190.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">OMV-007.PR \ Вешало регулируемое 4-х рожковое (без опор)</t>
-[...3 lines deleted...]
-Артикул: VHL.018.V2.CH.9016MU.25</t>
+      <t xml:space="preserve">OMV-008.PR \ Вешало регулируемое 2-х рожковое (без опор)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: VHL.OMV.008.CH.9016MU.25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар/хром</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 1150</t>
-[...11 lines deleted...]
-Примечание: Необходимо использовать с ножками или колесами (резьба М10).</t>
+Ширина, мм: 925</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1200-1750</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 550</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Необходимо использовать с ножками или колесами (резьба М10), в комплект не входят. Максимально допустимая, распределенная нагрузка 25кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10190.00</t>
+      <t xml:space="preserve">5488.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OMV-007.PR \ Вешало регулируемое 4-х рожковое (без опор)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.018.V2.CH.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар/хром</t>
@@ -862,86 +862,86 @@
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">7590.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
-[...3 lines deleted...]
-Артикул: SEV.340.BL</t>
+      <t xml:space="preserve">Ножка на подвижном шарнире, M10x30, D-40, черная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.340.40.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 500</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">91.80</t>
+      <t xml:space="preserve">89.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-14 c \ Ножка регулируемая (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -1184,54 +1184,50 @@
 Артикул: JOKP.034IC.40.ZN.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк/черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Нагрузка, кг: 15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: опорный болт М10</t>
     </r>
     <r>
       <t xml:space="preserve">
  Дата и время: 07.10.2025 14:16:31</t>
-    </r>
-[...2 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 88 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">54.06</t>
     </r>
@@ -1555,51 +1551,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8e90bc0_f933_11ec_80ed_ac1f6b40b531_VHL015V2CH224504N1002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8127c1ae_f934_11ec_80ed_ac1f6b40b531_VHL015V2CH9016MU253.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9236afb_f934_11ec_80ed_ac1f6b40b531_VHL016V2CH9016MU254.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a0fc4a6_f934_11ec_80ed_ac1f6b40b531_VHL016V2CH224504N1005.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccf9ce5a_92e5_11ec_81b7_ac1f6b40b531_VHL017V2CH224504N1006.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaf88da2_f934_11ec_80ed_ac1f6b40b531_VHL017V2CH9016MU257.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0c0f4ac_5609_11ee_907c_ac1f6b40b531_VHLOMV008CH224504N1008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14fbb3a1_560a_11ee_907c_ac1f6b40b531_VHLOMV008CH9016MU259.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12467245_f935_11ec_80ed_ac1f6b40b531_VHL018V2CH9016MU2510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d653c80_f934_11ec_80ed_ac1f6b40b531_VHL018V2CH224504N10011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7246434a_560a_11ee_907c_ac1f6b40b531_VHLOMV009CH224504N10012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/973147f6_560a_11ee_907c_ac1f6b40b531_VHLOMV009CH9016MU2513.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a1be422_d554_11e5_ba27_0025902b3cc0_415A2CEE_4678_470F_9747_28038DE0265714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff261_c55b_11df_b729_003048d0c7fe_EE4043ED_30A2_4B38_969E_B3EE540E4D3F15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb3b15b3_4bfb_11e5_a10e_0025902b3cc1_B29CE6C5_F311_41B7_B4A4_19A3665E74CF17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9fcfec0_5755_11e8_ade2_0025902b3cc1_JOKR_034E_GR18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f5fd62b_5756_11e8_ade2_0025902b3cc1_JOKR_034ET_GR19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2976212b_b666_11e8_a710_0025902b3cc1_JR_34_IC20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6780455d_b666_11e8_a710_0025902b3cc1_JR_34_cn21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec711746_b666_11e8_a710_0025902b3cc1_JR_34_cnt22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4a22822_ec2e_11e5_ba27_0025902b3cc0_D5BE1AD7_51C1_4C25_B0C9_5F8CBC9A09C623.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08cfbe30_b667_11e8_a710_0025902b3cc1_J_34_d24.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8e90bc0_f933_11ec_80ed_ac1f6b40b531_VHL015V2CH224504N1002.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8127c1ae_f934_11ec_80ed_ac1f6b40b531_VHL015V2CH9016MU253.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9236afb_f934_11ec_80ed_ac1f6b40b531_VHL016V2CH9016MU254.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a0fc4a6_f934_11ec_80ed_ac1f6b40b531_VHL016V2CH224504N1005.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccf9ce5a_92e5_11ec_81b7_ac1f6b40b531_VHL017V2CH224504N1006.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaf88da2_f934_11ec_80ed_ac1f6b40b531_VHL017V2CH9016MU257.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0c0f4ac_5609_11ee_907c_ac1f6b40b531_VHLOMV008CH224504N1008.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12467245_f935_11ec_80ed_ac1f6b40b531_VHL018V2CH9016MU259.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14fbb3a1_560a_11ee_907c_ac1f6b40b531_VHLOMV008CH9016MU2510.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d653c80_f934_11ec_80ed_ac1f6b40b531_VHL018V2CH224504N10011.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7246434a_560a_11ee_907c_ac1f6b40b531_VHLOMV009CH224504N10012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/973147f6_560a_11ee_907c_ac1f6b40b531_VHLOMV009CH9016MU2513.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a1be422_d554_11e5_ba27_0025902b3cc0_415A2CEE_4678_470F_9747_28038DE0265714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c01353e_b894_11ef_8ec3_0050569cf81d_SEV340-40-BL15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb3b15b3_4bfb_11e5_a10e_0025902b3cc1_B29CE6C5_F311_41B7_B4A4_19A3665E74CF17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9fcfec0_5755_11e8_ade2_0025902b3cc1_JOKR_034E_GR18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f5fd62b_5756_11e8_ade2_0025902b3cc1_JOKR_034ET_GR19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2976212b_b666_11e8_a710_0025902b3cc1_JR_34_IC20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6780455d_b666_11e8_a710_0025902b3cc1_JR_34_cn21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec711746_b666_11e8_a710_0025902b3cc1_JR_34_cnt22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4a22822_ec2e_11e5_ba27_0025902b3cc0_D5BE1AD7_51C1_4C25_B0C9_5F8CBC9A09C623.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08cfbe30_b667_11e8_a710_0025902b3cc1_J_34_d24.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3117,165 +3113,165 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5355.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OMV-008.PR \ Вешало регулируемое 2-х рожковое (без опор)</t>
-[...3 lines deleted...]
-Артикул: VHL.OMV.008.CH.9016MU.25</t>
+            <t xml:space="preserve">OMV-007.PR \ Вешало регулируемое 4-х рожковое (без опор)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: VHL.018.V2.CH.9016MU.25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый муар/хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 925</t>
-[...15 lines deleted...]
-Примечание: Необходимо использовать с ножками или колесами (резьба М10), в комплект не входят. Максимально допустимая, распределенная нагрузка 25кг.</t>
+Ширина, мм: 1150</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1120-1750</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 1150</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Необходимо использовать с ножками или колесами (резьба М10).</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5488.00</t>
+            <t xml:space="preserve">10190.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">OMV-007.PR \ Вешало регулируемое 4-х рожковое (без опор)</t>
-[...3 lines deleted...]
-Артикул: VHL.018.V2.CH.9016MU.25</t>
+            <t xml:space="preserve">OMV-008.PR \ Вешало регулируемое 2-х рожковое (без опор)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: VHL.OMV.008.CH.9016MU.25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый муар/хром</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 1150</t>
-[...11 lines deleted...]
-Примечание: Необходимо использовать с ножками или колесами (резьба М10).</t>
+Ширина, мм: 925</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1200-1750</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 550</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Необходимо использовать с ножками или колесами (резьба М10), в комплект не входят. Максимально допустимая, распределенная нагрузка 25кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10190.00</t>
+            <t xml:space="preserve">5488.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OMV-007.PR \ Вешало регулируемое 4-х рожковое (без опор)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VHL.018.V2.CH.22450.4N100</t>
           </r>
@@ -3519,86 +3515,86 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">7590.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
-[...3 lines deleted...]
-Артикул: SEV.340.BL</t>
+            <t xml:space="preserve">Ножка на подвижном шарнире, M10x30, D-40, черная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.340.40.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 500</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">91.80</t>
+            <t xml:space="preserve">89.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
@@ -3862,54 +3858,50 @@
 Артикул: JOKP.034IC.40.ZN.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: цинк/черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Нагрузка, кг: 15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: опорный болт М10</t>
           </r>
           <r>
             <t xml:space="preserve">
  Дата и время: 07.10.2025 14:16:31</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 88 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">54.06</t>
           </r>