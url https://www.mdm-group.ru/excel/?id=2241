--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">20.08.2025</t>
+      <t xml:space="preserve">14.01.2026</t>
     </r>
   </si>
   <si>
     <t>Стойки и вешала напольные для одежды Китай (Тайвань)</t>
   </si>
   <si>
     <t>Стойки и вешала напольные для одежды Китай (Тайвань) – мобильное торговое оборудование для магазинов. Вешала легко перемещать, что позволяет быстро менять планировку зала.
 Вешала китайского производства удобны и практичны в использовании. Много лет они пользуются спросом у магазинов самого широкого круга. 
 Данные напольные вешала хорошо зарекомендовали себя в магазинах одежды небольшой площади. 
 Широкий ассортимент позволяет подобрать и купить лучший вариант вешала для одежды конкретного типа и стиля.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1-008 \ Вешало напольное</t>
     </r>
     <r>
@@ -104,51 +104,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Колеса д-50мм, 2 колеса с тормозом</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3470.00</t>
+      <t xml:space="preserve">3539.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST010R75 \ Вешало для одежды</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.050.V2.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -169,51 +169,51 @@
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: колеса д- 75мм, 2 колеса с тормозом</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7140.00</t>
+      <t xml:space="preserve">7283.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1-002 \ Вешало напольное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.025.CH.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
@@ -226,51 +226,51 @@
       <t xml:space="preserve">
 Высота, мм: 750-1570</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 440</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Тайвань</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3485.00</t>
+      <t xml:space="preserve">3555.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MQ74C (20557) \ Вешало напольное 4-х рожковое</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.087.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -279,100 +279,100 @@
       <t xml:space="preserve">
 Высота, мм: 1300-1830</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 8670 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7599.00</t>
+      <t xml:space="preserve">7751.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MQ74S (20558) \ Вешало напольное 4-х рожковое</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.088.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1300-1830</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8670.00</t>
+      <t xml:space="preserve">8843.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -393,161 +393,161 @@
       <t xml:space="preserve">
 Ширина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1920</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Тайвань</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8089.00</t>
+      <t xml:space="preserve">8251.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3-062 \  Вешало напольное 3-х рожковое</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.095.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500-1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Картинка анонса: 8224205</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Старая цена: 4950 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4199.00</t>
+      <t xml:space="preserve">4283.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">42501 \ Вешало с крючками, напольное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.092.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 640</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1670</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3794.00</t>
+      <t xml:space="preserve">3870.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1-003 \ Вешало напольное, двухъярусное</t>
@@ -568,51 +568,51 @@
       <t xml:space="preserve">
 Высота, мм: 1300-1900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Тайвань</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5477.00</t>
+      <t xml:space="preserve">5587.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KY 158 G (2-007) \ Стойка для одежды двойная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.034.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
@@ -625,51 +625,51 @@
       <t xml:space="preserve">
 Высота, мм: 1300-1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 510</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Тайвань</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5876.00</t>
+      <t xml:space="preserve">5994.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KY 160 A (3-026) \ Стойка вращающаяся напольная с крючками</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: VHL.046.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
@@ -902,51 +902,51 @@
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.60</t>
+      <t xml:space="preserve">5.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Присоска - \ Присоска для стекла</t>
@@ -959,51 +959,51 @@
       <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5.90</t>
+      <t xml:space="preserve">6.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1925,51 +1925,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">20.08.2025</t>
+            <t xml:space="preserve">14.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -2013,51 +2013,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Колеса д-50мм, 2 колеса с тормозом</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3470.00</t>
+            <t xml:space="preserve">3539.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ST010R75 \ Вешало для одежды</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VHL.050.V2.CH</t>
           </r>
@@ -2081,51 +2081,51 @@
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: колеса д- 75мм, 2 колеса с тормозом</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7140.00</t>
+            <t xml:space="preserve">7283.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1-002 \ Вешало напольное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2143,51 +2143,51 @@
             <t xml:space="preserve">
 Высота, мм: 750-1570</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 440</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Тайвань</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3485.00</t>
+            <t xml:space="preserve">3555.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MQ74C (20557) \ Вешало напольное 4-х рожковое</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VHL.087.CH</t>
           </r>
@@ -2199,51 +2199,51 @@
             <t xml:space="preserve">
 Высота, мм: 1300-1830</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 8670 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7599.00</t>
+            <t xml:space="preserve">7751.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -2253,51 +2253,51 @@
             <t xml:space="preserve">
 Артикул: VHL.088.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1300-1830</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8670.00</t>
+            <t xml:space="preserve">8843.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -2321,169 +2321,169 @@
             <t xml:space="preserve">
 Ширина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1920</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Тайвань</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8089.00</t>
+            <t xml:space="preserve">8251.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3-062 \  Вешало напольное 3-х рожковое</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VHL.095.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром/черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500-1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Картинка анонса: 8224205</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Старая цена: 4950 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4199.00</t>
+            <t xml:space="preserve">4283.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">42501 \ Вешало с крючками, напольное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VHL.092.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 640</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1670</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3794.00</t>
+            <t xml:space="preserve">3870.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -2509,51 +2509,51 @@
             <t xml:space="preserve">
 Высота, мм: 1300-1900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Тайвань</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5477.00</t>
+            <t xml:space="preserve">5587.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">KY 158 G (2-007) \ Стойка для одежды двойная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: VHL.034.CH</t>
           </r>
@@ -2569,51 +2569,51 @@
             <t xml:space="preserve">
 Высота, мм: 1300-1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 510</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Тайвань</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5876.00</t>
+            <t xml:space="preserve">5994.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">KY 160 A (3-026) \ Стойка вращающаяся напольная с крючками</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -2867,51 +2867,51 @@
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 23</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.60</t>
+            <t xml:space="preserve">5.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -2927,51 +2927,51 @@
             <t xml:space="preserve">
 Диаметр (под нагрузкой), мм: 12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 10000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5.90</t>
+            <t xml:space="preserve">6.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>