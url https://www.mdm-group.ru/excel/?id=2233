--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="7">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22.03.2024</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Зеркала для обуви</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VT 3148 \  Зеркало для примерки обуви</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSH.012.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -86,51 +86,51 @@
       <t xml:space="preserve">
 Глубина, мм: 385</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 720</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2958.00</t>
+      <t xml:space="preserve">3017.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 295 S \ Зеркало для примерки обуви</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSH.006.CH</t>
@@ -147,169 +147,169 @@
       <t xml:space="preserve">
 Ширина, мм: 420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: регулируемый угол наклона</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3456.00</t>
+      <t xml:space="preserve">3525.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MIR 002 \ Зеркало для примерки обуви</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: MSH.004.V0009.80</t>
-[...3 lines deleted...]
-Цвет: серебряный глянец</t>
+Артикул: MSH.004.22450.4N100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 264</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 390</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 518</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Картинка анонса: 8231038</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3290.00</t>
+      <t xml:space="preserve">3356.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MIR 002 \ Зеркало для примерки обуви</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: MSH.004.22450.4N100</t>
-[...3 lines deleted...]
-Цвет: черный шагрень</t>
+Артикул: MSH.004.V0009.80</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: серебряный глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 264</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 390</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 518</t>
-    </r>
-[...2 lines deleted...]
-Картинка анонса: 8231038</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3290.00</t>
+      <t xml:space="preserve">3356.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -369,51 +369,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97aaca71_91cc_11e5_a43a_0025902b3cc1_557D0E62_E574_41C3_9E6A_0D1E38BD166D2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/023b1112_0c08_11e0_99a4_003048f27c5f_0C6D2F99_05DF_4960_853E_0524D87DFA0F3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1afb6c79_0427_11e0_99a4_003048f27c5f_8BCFABF9_3C7A_4D1B_9348_88DB8062CE7B4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mirrow_2-_1_5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97aaca71_91cc_11e5_a43a_0025902b3cc1_557D0E62_E574_41C3_9E6A_0D1E38BD166D2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/023b1112_0c08_11e0_99a4_003048f27c5f_0C6D2F99_05DF_4960_853E_0524D87DFA0F3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mirrow_2-_1_4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1afb6c79_0427_11e0_99a4_003048f27c5f_8BCFABF9_3C7A_4D1B_9348_88DB8062CE7B5.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -863,51 +863,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22.03.2024</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>2</v>
       </c>
     </row>
@@ -939,51 +939,51 @@
             <t xml:space="preserve">
 Глубина, мм: 385</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 720</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2958.00</t>
+            <t xml:space="preserve">3017.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ST 295 S \ Зеркало для примерки обуви</t>
           </r>
@@ -1003,177 +1003,177 @@
             <t xml:space="preserve">
 Ширина, мм: 420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: регулируемый угол наклона</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3456.00</t>
+            <t xml:space="preserve">3525.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MIR 002 \ Зеркало для примерки обуви</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: MSH.004.V0009.80</t>
-[...3 lines deleted...]
-Цвет: серебряный глянец</t>
+Артикул: MSH.004.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 264</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 390</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 518</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Картинка анонса: 8231038</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3290.00</t>
+            <t xml:space="preserve">3356.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MIR 002 \ Зеркало для примерки обуви</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: MSH.004.22450.4N100</t>
-[...3 lines deleted...]
-Цвет: черный шагрень</t>
+Артикул: MSH.004.V0009.80</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: серебряный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 264</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 390</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 518</t>
-          </r>
-[...2 lines deleted...]
-Картинка анонса: 8231038</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3290.00</t>
+            <t xml:space="preserve">3356.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>