--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -168,128 +168,128 @@
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3525.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MIR 002 \ Зеркало для примерки обуви</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: MSH.004.22450.4N100</t>
-[...3 lines deleted...]
-Цвет: черный шагрень</t>
+Артикул: MSH.004.V0009.80</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: серебряный глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 264</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 390</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 518</t>
-    </r>
-[...2 lines deleted...]
-Картинка анонса: 8231038</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3356.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MIR 002 \ Зеркало для примерки обуви</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: MSH.004.V0009.80</t>
-[...3 lines deleted...]
-Цвет: серебряный глянец</t>
+Артикул: MSH.004.22450.4N100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный шагрень</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 264</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 390</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 518</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Картинка анонса: 8231038</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3356.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
@@ -369,51 +369,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97aaca71_91cc_11e5_a43a_0025902b3cc1_557D0E62_E574_41C3_9E6A_0D1E38BD166D2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/023b1112_0c08_11e0_99a4_003048f27c5f_0C6D2F99_05DF_4960_853E_0524D87DFA0F3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mirrow_2-_1_4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1afb6c79_0427_11e0_99a4_003048f27c5f_8BCFABF9_3C7A_4D1B_9348_88DB8062CE7B5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97aaca71_91cc_11e5_a43a_0025902b3cc1_557D0E62_E574_41C3_9E6A_0D1E38BD166D2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/023b1112_0c08_11e0_99a4_003048f27c5f_0C6D2F99_05DF_4960_853E_0524D87DFA0F3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1afb6c79_0427_11e0_99a4_003048f27c5f_8BCFABF9_3C7A_4D1B_9348_88DB8062CE7B4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mirrow_2-_1_5.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1029,131 +1029,131 @@
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MIR 002 \ Зеркало для примерки обуви</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: MSH.004.22450.4N100</t>
-[...3 lines deleted...]
-Цвет: черный шагрень</t>
+Артикул: MSH.004.V0009.80</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: серебряный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 264</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 390</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 518</t>
-          </r>
-[...2 lines deleted...]
-Картинка анонса: 8231038</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3356.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MIR 002 \ Зеркало для примерки обуви</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: MSH.004.V0009.80</t>
-[...3 lines deleted...]
-Цвет: серебряный глянец</t>
+Артикул: MSH.004.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный шагрень</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 264</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 390</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 518</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Картинка анонса: 8231038</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3356.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>