--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">21.03.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Настенные и напольные зеркала для магазина</t>
   </si>
   <si>
     <t>Ни один магазин одежды или обуви не обходится без такого важного элемента, как зеркало напольное или настенное. В ассортименте нашей компании представлены зеркала различных типов, производителей, цветов и размеров.
 Зеркало напольное – идеально подходит в качестве зеркала для магазина одежды. Высота зеркала напольного в полный рост человека, что позволяет покупателю комфортно примерять одежду и видеть свое отражение целиком.
 Зеркала настенные – имеют размеры, как и напольные зеркала в полный рост человека, но крепятся к стене. Используются чаще всего в торговых залах или примерочных.
 Зеркала на колесиках – напольное зеркало передвижное, оборудованное колесиками для простоты транспортировки и универсальности использования. Могут удобно использоваться в магазинах с ограниченным пространством, где нет постоянного места для стационарного напольного зеркала.
 Зеркала для магазинов обуви – напольные зеркала небольших размеров, предназначенные для удобной примерки и обзора обуви.
 Практически все зеркала имеют регулировку наклона и колёсные опоры.
 Зеркала ОММ-003 рекомендуется использовать с опорами (резьба М10). Для быстрого и удобного передвижения в торговом зале зеркало можно установить на колесные опоры J 34. Если планируется стационарное использование зеркала, то его можно установить на ножки J 14 c или 11221060.HL.
 Указаны габаритные размеры изделий.
 Также смотрите в нашем каталоге плечики, вешала, манекены.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
@@ -105,51 +105,51 @@
       <t xml:space="preserve">
 Высота, мм: 1480</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 4386 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3947.00</t>
+      <t xml:space="preserve">4026.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VT 3080 \ Зеркало напольное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSH.011.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -166,51 +166,51 @@
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 4845 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4366.00</t>
+      <t xml:space="preserve">4453.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VT 3140 \ Зеркало напольное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSH.009.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -227,51 +227,51 @@
       <t xml:space="preserve">
 Высота, мм: 1550</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 4998 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4498.00</t>
+      <t xml:space="preserve">4588.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 294 \ Зеркало напольное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MIR.011.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -280,242 +280,242 @@
       <t xml:space="preserve">
 Глубина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 510</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7153.00</t>
+      <t xml:space="preserve">7296.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OMMP 001 \ Зеркало напольное</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: OMMP.001.V2.9003.25</t>
-[...3 lines deleted...]
-Цвет: белый</t>
+Артикул: OMMP.001.V2.22450.4N100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 390</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Видимая часть зеркала 450 мм х 1550 мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Нет</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6850.00</t>
+      <t xml:space="preserve">6987.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OMMP 001 \ Зеркало напольное</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: OMMP.001.V2.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: OMMP.001.V2.9003.25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 390</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Видимая часть зеркала 450 мм х 1550 мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7300.00</t>
+      <t xml:space="preserve">6850.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OMMP 001 \ Зеркало напольное</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: OMMP.001.V2.22450.4N100</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: OMMP.001.V2.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 390</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Видимая часть зеркала 450 мм х 1550 мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6850.00</t>
+      <t xml:space="preserve">7446.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ОММ-003 \ Зеркало напольное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMM.003.V4.9016.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -597,51 +597,51 @@
       <t xml:space="preserve">
 Ширина, мм: 706</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1645</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Видимая часть зеркала  482 мм х 1515 мм. Необходимо использовать с ножками или колесами (резьба М10).</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11870.00</t>
+      <t xml:space="preserve">12107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ОММ-003 \ Зеркало напольное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMM.003.V4.9005.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -662,51 +662,51 @@
       <t xml:space="preserve">
 Высота, мм: 1645</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Видимая часть зеркала  482 мм х 1515 мм. Необходимо использовать с ножками или колесами (резьба М10).</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11870.00</t>
+      <t xml:space="preserve">12107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 027 \ Зеркало настенное вращающееся</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MIR.007-3.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
@@ -740,213 +740,213 @@
       <t xml:space="preserve">8690.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OMMP 002 \ Зеркало настенное</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: OMMP.002.V2.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: OMMP.002.V2.22450.4N100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Видимая часть зеркала 450 мм х 1550 мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5900.00</t>
+      <t xml:space="preserve">4172.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OMMP 002 \ Зеркало настенное</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: OMMP.002.V2.22450.4N100</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: OMMP.002.V2.9016.MU</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Видимая часть зеркала 450 мм х 1550 мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4090.00</t>
+      <t xml:space="preserve">4172.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">OMMP 002 \ Зеркало настенное</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: OMMP.002.V2.9016.MU</t>
-[...3 lines deleted...]
-Цвет: белый муар</t>
+Артикул: OMMP.002.V2.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 25</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Видимая часть зеркала 450 мм х 1550 мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4090.00</t>
+      <t xml:space="preserve">6018.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ОММ-001 \ Зеркало настенное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMM.001.V3.9016.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -1040,51 +1040,51 @@
       <t xml:space="preserve">
 Высота, мм: 1605</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: видимая часть зеркала 482 мм х 1515 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8500.00</t>
+      <t xml:space="preserve">8670.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ОММ-002 \ Зеркало настенное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: OMM.002.V3.9016.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -1093,50 +1093,54 @@
       <t xml:space="preserve">
 Материал: металл окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: видимая часть зеркала  480 мм х 1530 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Старая цена: 10300 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">7209.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -1174,112 +1178,116 @@
       <t xml:space="preserve">
 Высота, мм: 1650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: видимая часть зеркала  480 мм х 1530 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">10300.00</t>
+      <t xml:space="preserve">10506.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Зеркало в раме 450х2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 22-0985.1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металл окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Картинка анонса: 8214754</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Нет</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Старая цена: 7828 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5480.00</t>
+      <t xml:space="preserve">5590.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> Зеркало в раме 650х2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 22-0985.2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металл окрашенный</t>
@@ -1292,51 +1300,51 @@
       <t xml:space="preserve">
 Ширина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 10143 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7100.00</t>
+      <t xml:space="preserve">7242.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Зеркало в раме 850х2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 22-0985.3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металл окрашенный</t>
@@ -1349,51 +1357,51 @@
       <t xml:space="preserve">
 Ширина, мм: 850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 12428 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8700.00</t>
+      <t xml:space="preserve">8874.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Зеркало в раме 800х2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: 22-0985.4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металл окрашенный</t>
@@ -1406,51 +1414,51 @@
       <t xml:space="preserve">
 Ширина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 11857 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8300.00</t>
+      <t xml:space="preserve">8466.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">VT 3148 \  Зеркало для примерки обуви</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSH.012.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
@@ -1459,51 +1467,51 @@
       <t xml:space="preserve">
 Глубина, мм: 385</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 720</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2958.00</t>
+      <t xml:space="preserve">3017.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST 295 S \ Зеркало для примерки обуви</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSH.006.CH</t>
@@ -1520,51 +1528,51 @@
       <t xml:space="preserve">
 Ширина, мм: 420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: регулируемый угол наклона</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3456.00</t>
+      <t xml:space="preserve">3525.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MIR 002 \ Зеркало для примерки обуви</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSH.004.V0009.80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серебряный глянец</t>
@@ -1577,51 +1585,51 @@
       <t xml:space="preserve">
 Ширина, мм: 390</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 518</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3290.00</t>
+      <t xml:space="preserve">3356.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MIR 002 \ Зеркало для примерки обуви</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSH.004.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный шагрень</t>
@@ -1638,100 +1646,100 @@
       <t xml:space="preserve">
 Высота, мм: 518</t>
     </r>
     <r>
       <t xml:space="preserve">
 Картинка анонса: 8231038</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3290.00</t>
+      <t xml:space="preserve">3356.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-14 c \ Ножка регулируемая (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.014C.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">26.52</t>
+      <t xml:space="preserve">27.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
@@ -1744,51 +1752,51 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">89.76</t>
+      <t xml:space="preserve">91.80</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Jr-34 b \ Колесная опора (резьба М10)</t>
@@ -1805,51 +1813,51 @@
       <t xml:space="preserve">
 Высота, мм: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Нагрузка, кг: до 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">50.00</t>
+      <t xml:space="preserve">51.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-34 e \ Колесная опора (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034E.GR</t>
@@ -1870,51 +1878,51 @@
       <t xml:space="preserve">
 Нагрузка, кг: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: каркас – металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">172.00</t>
+      <t xml:space="preserve">175.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-34 et \ Колесная опора c тормозом (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034ET.CR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: серый</t>
@@ -1931,51 +1939,51 @@
       <t xml:space="preserve">
 Нагрузка, кг: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: каркас – металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">180.00</t>
+      <t xml:space="preserve">184.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-34 ic \ Колесная опора (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034IC.40.ZN.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк/черный</t>
@@ -2004,51 +2012,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 88 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">53.04</t>
+      <t xml:space="preserve">54.06</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-34 cn \ Колесная опора (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034CN.ZN.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк/серый</t>
@@ -2065,51 +2073,51 @@
       <t xml:space="preserve">
 Нагрузка, кг: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: опорный болт М10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">128.00</t>
+      <t xml:space="preserve">131.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-34 cnt \ Колесная опора c тормозом (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034CNT.ZN.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк/серый</t>
@@ -2126,51 +2134,51 @@
       <t xml:space="preserve">
 Нагрузка, кг: 30</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: опорный болт М10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">194.00</t>
+      <t xml:space="preserve">198.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Jr-34 сn \ Колесная опора усиленная (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKR.034CN.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -2183,51 +2191,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Нагрузка, кг: до 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: опорный болт М10 (длина 30 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">150.00</t>
+      <t xml:space="preserve">153.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">J-34 d \ Колесная опора Шар (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034D.40.CH.GR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/серый</t>
@@ -2244,51 +2252,51 @@
       <t xml:space="preserve">
 Нагрузка, кг: 15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Материал колеса серая резина</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">103.00</t>
+      <t xml:space="preserve">105.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -2348,51 +2356,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2126311d_91cc_11e5_a43a_0025902b3cc1_598A4A1D_0C7B_456F_A153_BC2D96732DCA2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/750eef9d_91cc_11e5_a43a_0025902b3cc1_4F381BC1_4DD2_4779_9776_6DCBA4F0209F3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42348503_91cc_11e5_a43a_0025902b3cc1_VT_31404.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4c60b_fea3_11df_b16f_003048d0c7fe_AC3F5C53_C63B_4141_B0F2_F194CE40C3975.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02fa5b16_6be4_11e8_ade2_0025902b3cc1_OMMP-001_wh6.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dcd34b4_6be3_11e8_ade2_0025902b3cc1_C5AF4BBB_A54C_4EA2_BA63_DEB6FFE816C37.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9ef435a_6be3_11e8_ade2_0025902b3cc1_OMMP-001_bl8.JPG"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e68af003_5fbe_11e7_ae67_0025902b3cc1_75B3560F_1998_4917_B13E_1CADA481200B9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/831bf79c_f306_11ed_907c_ac1f6b40b531_OMM003V49016MU10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b5568d_5fc0_11e7_ae67_0025902b3cc1_3FE361FA_31E4_4150_9861_FEBC956ED86511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c416a3e7_b53d_11e6_822f_0025b3ab7bf6_98A4F2FC_73E8_41B9_9D9D_35A70417CC5D12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc8ad048_6be3_11e8_ade2_0025902b3cc1_15C02BF5_C280_40E9_AE46_A06057813C5D13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b702786_6be4_11e8_ade2_0025902b3cc1_OMMP-002_bl14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fadec51a_f305_11ed_907c_ac1f6b40b531_OMMP-002_wh15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f98e819d_a9dd_11e7_93ca_0025902b3cc1_30F69286_FF78_4F76_AC8A_71A4BC7F0A7D16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18a8f320_a9de_11e7_93ca_0025902b3cc1_BF70EAE4_7C4D_4D35_8250_763C8AD2BAFD17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54feefa3_157b_11e8_b78c_0025902b3cc1_69E575D6_DFFE_4560_A67A_D06DCCB1F2E218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd360fa3_4d8d_11e6_bd09_0025902b3cc0_DEA92AF9_DAFA_4C53_99BE_221BFF50C14C19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zerkalo20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e82ae6dd_1882_11ed_9d13_ac1f6b40b531_zerkalo21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee6ce6da_1882_11ed_9d13_ac1f6b40b531_zerkalo22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee6ce6df_1882_11ed_9d13_ac1f6b40b531_zerkalo23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97aaca71_91cc_11e5_a43a_0025902b3cc1_557D0E62_E574_41C3_9E6A_0D1E38BD166D24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/023b1112_0c08_11e0_99a4_003048f27c5f_0C6D2F99_05DF_4960_853E_0524D87DFA0F25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1afb6c79_0427_11e0_99a4_003048f27c5f_8BCFABF9_3C7A_4D1B_9348_88DB8062CE7B26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mirrow_2-_1_27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff261_c55b_11df_b729_003048d0c7fe_EE4043ED_30A2_4B38_969E_B3EE540E4D3F29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb3b15b3_4bfb_11e5_a10e_0025902b3cc1_B29CE6C5_F311_41B7_B4A4_19A3665E74CF30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9fcfec0_5755_11e8_ade2_0025902b3cc1_JOKR_034E_GR31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f5fd62b_5756_11e8_ade2_0025902b3cc1_JOKR_034ET_GR32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2976212b_b666_11e8_a710_0025902b3cc1_JR_34_IC33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6780455d_b666_11e8_a710_0025902b3cc1_JR_34_cn34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec711746_b666_11e8_a710_0025902b3cc1_JR_34_cnt35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4a22822_ec2e_11e5_ba27_0025902b3cc0_D5BE1AD7_51C1_4C25_B0C9_5F8CBC9A09C636.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08cfbe30_b667_11e8_a710_0025902b3cc1_J_34_d37.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2126311d_91cc_11e5_a43a_0025902b3cc1_598A4A1D_0C7B_456F_A153_BC2D96732DCA2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/750eef9d_91cc_11e5_a43a_0025902b3cc1_4F381BC1_4DD2_4779_9776_6DCBA4F0209F3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42348503_91cc_11e5_a43a_0025902b3cc1_VT_31404.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4c60b_fea3_11df_b16f_003048d0c7fe_AC3F5C53_C63B_4141_B0F2_F194CE40C3975.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9ef435a_6be3_11e8_ade2_0025902b3cc1_OMMP-001_bl6.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02fa5b16_6be4_11e8_ade2_0025902b3cc1_OMMP-001_wh7.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dcd34b4_6be3_11e8_ade2_0025902b3cc1_C5AF4BBB_A54C_4EA2_BA63_DEB6FFE816C38.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e68af003_5fbe_11e7_ae67_0025902b3cc1_75B3560F_1998_4917_B13E_1CADA481200B9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/831bf79c_f306_11ed_907c_ac1f6b40b531_OMM003V49016MU10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b5568d_5fc0_11e7_ae67_0025902b3cc1_3FE361FA_31E4_4150_9861_FEBC956ED86511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c416a3e7_b53d_11e6_822f_0025b3ab7bf6_98A4F2FC_73E8_41B9_9D9D_35A70417CC5D12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b702786_6be4_11e8_ade2_0025902b3cc1_OMMP-002_bl13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fadec51a_f305_11ed_907c_ac1f6b40b531_OMMP-002_wh14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc8ad048_6be3_11e8_ade2_0025902b3cc1_15C02BF5_C280_40E9_AE46_A06057813C5D15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f98e819d_a9dd_11e7_93ca_0025902b3cc1_30F69286_FF78_4F76_AC8A_71A4BC7F0A7D16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18a8f320_a9de_11e7_93ca_0025902b3cc1_BF70EAE4_7C4D_4D35_8250_763C8AD2BAFD17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54feefa3_157b_11e8_b78c_0025902b3cc1_69E575D6_DFFE_4560_A67A_D06DCCB1F2E218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd360fa3_4d8d_11e6_bd09_0025902b3cc0_DEA92AF9_DAFA_4C53_99BE_221BFF50C14C19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zerkalo20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e82ae6dd_1882_11ed_9d13_ac1f6b40b531_zerkalo21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee6ce6da_1882_11ed_9d13_ac1f6b40b531_zerkalo22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee6ce6df_1882_11ed_9d13_ac1f6b40b531_zerkalo23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97aaca71_91cc_11e5_a43a_0025902b3cc1_557D0E62_E574_41C3_9E6A_0D1E38BD166D24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/023b1112_0c08_11e0_99a4_003048f27c5f_0C6D2F99_05DF_4960_853E_0524D87DFA0F25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1afb6c79_0427_11e0_99a4_003048f27c5f_8BCFABF9_3C7A_4D1B_9348_88DB8062CE7B26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mirrow_2-_1_27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff261_c55b_11df_b729_003048d0c7fe_EE4043ED_30A2_4B38_969E_B3EE540E4D3F29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb3b15b3_4bfb_11e5_a10e_0025902b3cc1_B29CE6C5_F311_41B7_B4A4_19A3665E74CF30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9fcfec0_5755_11e8_ade2_0025902b3cc1_JOKR_034E_GR31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f5fd62b_5756_11e8_ade2_0025902b3cc1_JOKR_034ET_GR32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2976212b_b666_11e8_a710_0025902b3cc1_JR_34_IC33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6780455d_b666_11e8_a710_0025902b3cc1_JR_34_cn34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec711746_b666_11e8_a710_0025902b3cc1_JR_34_cnt35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4a22822_ec2e_11e5_ba27_0025902b3cc0_D5BE1AD7_51C1_4C25_B0C9_5F8CBC9A09C636.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08cfbe30_b667_11e8_a710_0025902b3cc1_J_34_d37.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3802,51 +3810,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">21.03.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -3886,51 +3894,51 @@
             <t xml:space="preserve">
 Высота, мм: 1480</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 4386 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3947.00</t>
+            <t xml:space="preserve">4026.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VT 3080 \ Зеркало напольное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MSH.011.BL</t>
           </r>
@@ -3950,51 +3958,51 @@
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 4845 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4366.00</t>
+            <t xml:space="preserve">4453.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VT 3140 \ Зеркало напольное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4016,51 +4024,51 @@
             <t xml:space="preserve">
 Высота, мм: 1550</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 4998 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4498.00</t>
+            <t xml:space="preserve">4588.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ST 294 \ Зеркало напольное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MIR.011.CH</t>
           </r>
@@ -4072,255 +4080,255 @@
             <t xml:space="preserve">
 Глубина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 510</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7153.00</t>
+            <t xml:space="preserve">7296.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OMMP 001 \ Зеркало напольное</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: OMMP.001.V2.9003.25</t>
-[...3 lines deleted...]
-Цвет: белый</t>
+Артикул: OMMP.001.V2.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 390</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Видимая часть зеркала 450 мм х 1550 мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Нет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6850.00</t>
+            <t xml:space="preserve">6987.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OMMP 001 \ Зеркало напольное</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: OMMP.001.V2.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: OMMP.001.V2.9003.25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 390</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Видимая часть зеркала 450 мм х 1550 мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7300.00</t>
+            <t xml:space="preserve">6850.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OMMP 001 \ Зеркало напольное</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: OMMP.001.V2.22450.4N100</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: OMMP.001.V2.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 390</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Видимая часть зеркала 450 мм х 1550 мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6850.00</t>
+            <t xml:space="preserve">7446.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ОММ-003 \ Зеркало напольное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OMM.003.V4.9016.90</t>
           </r>
@@ -4410,51 +4418,51 @@
             <t xml:space="preserve">
 Ширина, мм: 706</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1645</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Видимая часть зеркала  482 мм х 1515 мм. Необходимо использовать с ножками или колесами (резьба М10).</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11870.00</t>
+            <t xml:space="preserve">12107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ОММ-003 \ Зеркало напольное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: OMM.003.V4.9005.90</t>
           </r>
@@ -4478,51 +4486,51 @@
             <t xml:space="preserve">
 Высота, мм: 1645</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Видимая часть зеркала  482 мм х 1515 мм. Необходимо использовать с ножками или колесами (резьба М10).</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11870.00</t>
+            <t xml:space="preserve">12107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ST 027 \ Зеркало настенное вращающееся</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4564,221 +4572,221 @@
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OMMP 002 \ Зеркало настенное</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: OMMP.002.V2.CH</t>
-[...3 lines deleted...]
-Цвет: хром</t>
+Артикул: OMMP.002.V2.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Видимая часть зеркала 450 мм х 1550 мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5900.00</t>
+            <t xml:space="preserve">4172.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OMMP 002 \ Зеркало настенное</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: OMMP.002.V2.22450.4N100</t>
-[...3 lines deleted...]
-Цвет: черный</t>
+Артикул: OMMP.002.V2.9016.MU</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Видимая часть зеркала 450 мм х 1550 мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4090.00</t>
+            <t xml:space="preserve">4172.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">OMMP 002 \ Зеркало настенное</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: OMMP.002.V2.9016.MU</t>
-[...3 lines deleted...]
-Цвет: белый муар</t>
+Артикул: OMMP.002.V2.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 25</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Видимая часть зеркала 450 мм х 1550 мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4090.00</t>
+            <t xml:space="preserve">6018.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ОММ-001 \ Зеркало настенное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4880,51 +4888,51 @@
             <t xml:space="preserve">
 Высота, мм: 1605</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: видимая часть зеркала 482 мм х 1515 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8500.00</t>
+            <t xml:space="preserve">8670.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ОММ-002 \ Зеркало настенное</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -4938,50 +4946,54 @@
             <t xml:space="preserve">
 Материал: металл окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: видимая часть зеркала  480 мм х 1530 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Старая цена: 10300 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">7209.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
@@ -5022,117 +5034,121 @@
             <t xml:space="preserve">
 Высота, мм: 1650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: видимая часть зеркала  480 мм х 1530 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">10300.00</t>
+            <t xml:space="preserve">10506.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Зеркало в раме 450х2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: 22-0985.1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Картинка анонса: 8214754</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Нет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Старая цена: 7828 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5480.00</t>
+            <t xml:space="preserve">5590.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> Зеркало в раме 650х2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: 22-0985.2</t>
           </r>
@@ -5148,51 +5164,51 @@
             <t xml:space="preserve">
 Ширина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 10143 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7100.00</t>
+            <t xml:space="preserve">7242.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Зеркало в раме 850х2000</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5210,51 +5226,51 @@
             <t xml:space="preserve">
 Ширина, мм: 850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 12428 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8700.00</t>
+            <t xml:space="preserve">8874.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Зеркало в раме 800х2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: 22-0985.4</t>
           </r>
@@ -5270,51 +5286,51 @@
             <t xml:space="preserve">
 Ширина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 11857 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8300.00</t>
+            <t xml:space="preserve">8466.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VT 3148 \  Зеркало для примерки обуви</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5328,51 +5344,51 @@
             <t xml:space="preserve">
 Глубина, мм: 385</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 720</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2958.00</t>
+            <t xml:space="preserve">3017.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">ST 295 S \ Зеркало для примерки обуви</t>
           </r>
@@ -5392,51 +5408,51 @@
             <t xml:space="preserve">
 Ширина, мм: 420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: регулируемый угол наклона</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3456.00</t>
+            <t xml:space="preserve">3525.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MIR 002 \ Зеркало для примерки обуви</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5454,51 +5470,51 @@
             <t xml:space="preserve">
 Ширина, мм: 390</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 518</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3290.00</t>
+            <t xml:space="preserve">3356.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MIR 002 \ Зеркало для примерки обуви</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MSH.004.22450.4N100</t>
           </r>
@@ -5518,51 +5534,51 @@
             <t xml:space="preserve">
 Высота, мм: 518</t>
           </r>
           <r>
             <t xml:space="preserve">
 Картинка анонса: 8231038</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3290.00</t>
+            <t xml:space="preserve">3356.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-14 c \ Ножка регулируемая (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5572,51 +5588,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26.52</t>
+            <t xml:space="preserve">27.54</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5632,51 +5648,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">89.76</t>
+            <t xml:space="preserve">91.80</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5698,51 +5714,51 @@
             <t xml:space="preserve">
 Высота, мм: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Нагрузка, кг: до 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">50.00</t>
+            <t xml:space="preserve">51.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-34 e \ Колесная опора (резьба М10)</t>
           </r>
@@ -5766,51 +5782,51 @@
             <t xml:space="preserve">
 Нагрузка, кг: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: каркас – металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">172.00</t>
+            <t xml:space="preserve">175.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-34 et \ Колесная опора c тормозом (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5832,51 +5848,51 @@
             <t xml:space="preserve">
 Нагрузка, кг: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: каркас – металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">180.00</t>
+            <t xml:space="preserve">184.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-34 ic \ Колесная опора (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.034IC.40.ZN.BL</t>
           </r>
@@ -5908,51 +5924,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 88 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">53.04</t>
+            <t xml:space="preserve">54.06</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-34 cn \ Колесная опора (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5974,51 +5990,51 @@
             <t xml:space="preserve">
 Нагрузка, кг: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: опорный болт М10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">128.00</t>
+            <t xml:space="preserve">131.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-34 cnt \ Колесная опора c тормозом (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.034CNT.ZN.GR</t>
           </r>
@@ -6038,51 +6054,51 @@
             <t xml:space="preserve">
 Нагрузка, кг: 30</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: опорный болт М10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">194.00</t>
+            <t xml:space="preserve">198.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Jr-34 сn \ Колесная опора усиленная (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6100,51 +6116,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Нагрузка, кг: до 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: опорный болт М10 (длина 30 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">150.00</t>
+            <t xml:space="preserve">153.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J-34 d \ Колесная опора Шар (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.034D.40.CH.GR</t>
           </r>
@@ -6164,51 +6180,51 @@
             <t xml:space="preserve">
 Нагрузка, кг: 15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Материал колеса серая резина</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">103.00</t>
+            <t xml:space="preserve">105.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>