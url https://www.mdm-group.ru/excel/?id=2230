--- v1 (2026-01-27)
+++ v2 (2026-03-14)
@@ -85,54 +85,50 @@
       </rPr>
       <t xml:space="preserve">VT 3041 \  Зеркало напольное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSH.008.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 460</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1480</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 4386 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4026.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -146,54 +142,50 @@
       </rPr>
       <t xml:space="preserve">VT 3080 \ Зеркало напольное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSH.011.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1600</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 4845 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4453.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -207,54 +199,50 @@
       </rPr>
       <t xml:space="preserve">VT 3140 \ Зеркало напольное</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: MSH.009.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 405</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 435</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1550</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 4998 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4588.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -333,54 +321,50 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 390</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Видимая часть зеркала 450 мм х 1550 мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">6987.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
@@ -955,54 +939,50 @@
       <t xml:space="preserve">
 Материал: металл окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 28</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 570</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1605</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: видимая часть зеркала 482 мм х 1515 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 8500 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">5909.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -1093,54 +1073,50 @@
       <t xml:space="preserve">
 Материал: металл окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: видимая часть зеркала  480 мм х 1530 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 10300 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">7209.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -1223,54 +1199,50 @@
       <t xml:space="preserve">
 Артикул: 22-0985.1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металл окрашенный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 450</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 2000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Картинка анонса: 8214754</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 7828 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">5590.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -1720,86 +1692,86 @@
       <t xml:space="preserve">27.54</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
-[...3 lines deleted...]
-Артикул: SEV.340.BL</t>
+      <t xml:space="preserve">Ножка на подвижном шарнире, M10x30, D-40, черная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SEV.340.40.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: пластик</t>
     </r>
     <r>
       <t xml:space="preserve">
-Кол-во в упаковке, шт.: 500</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">91.80</t>
+      <t xml:space="preserve">89.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Jr-34 b \ Колесная опора (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -1981,58 +1953,50 @@
       <t xml:space="preserve">J-34 ic \ Колесная опора (резьба М10)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: JOKP.034IC.40.ZN.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк/черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 70</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Нагрузка, кг: 15</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: опорный болт М10</t>
-    </r>
-[...6 lines deleted...]
-Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 88 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">54.06</t>
     </r>
@@ -2356,51 +2320,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2126311d_91cc_11e5_a43a_0025902b3cc1_598A4A1D_0C7B_456F_A153_BC2D96732DCA2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/750eef9d_91cc_11e5_a43a_0025902b3cc1_4F381BC1_4DD2_4779_9776_6DCBA4F0209F3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42348503_91cc_11e5_a43a_0025902b3cc1_VT_31404.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4c60b_fea3_11df_b16f_003048d0c7fe_AC3F5C53_C63B_4141_B0F2_F194CE40C3975.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9ef435a_6be3_11e8_ade2_0025902b3cc1_OMMP-001_bl6.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02fa5b16_6be4_11e8_ade2_0025902b3cc1_OMMP-001_wh7.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dcd34b4_6be3_11e8_ade2_0025902b3cc1_C5AF4BBB_A54C_4EA2_BA63_DEB6FFE816C38.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e68af003_5fbe_11e7_ae67_0025902b3cc1_75B3560F_1998_4917_B13E_1CADA481200B9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/831bf79c_f306_11ed_907c_ac1f6b40b531_OMM003V49016MU10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b5568d_5fc0_11e7_ae67_0025902b3cc1_3FE361FA_31E4_4150_9861_FEBC956ED86511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c416a3e7_b53d_11e6_822f_0025b3ab7bf6_98A4F2FC_73E8_41B9_9D9D_35A70417CC5D12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b702786_6be4_11e8_ade2_0025902b3cc1_OMMP-002_bl13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fadec51a_f305_11ed_907c_ac1f6b40b531_OMMP-002_wh14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc8ad048_6be3_11e8_ade2_0025902b3cc1_15C02BF5_C280_40E9_AE46_A06057813C5D15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f98e819d_a9dd_11e7_93ca_0025902b3cc1_30F69286_FF78_4F76_AC8A_71A4BC7F0A7D16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18a8f320_a9de_11e7_93ca_0025902b3cc1_BF70EAE4_7C4D_4D35_8250_763C8AD2BAFD17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54feefa3_157b_11e8_b78c_0025902b3cc1_69E575D6_DFFE_4560_A67A_D06DCCB1F2E218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd360fa3_4d8d_11e6_bd09_0025902b3cc0_DEA92AF9_DAFA_4C53_99BE_221BFF50C14C19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zerkalo20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e82ae6dd_1882_11ed_9d13_ac1f6b40b531_zerkalo21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee6ce6da_1882_11ed_9d13_ac1f6b40b531_zerkalo22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee6ce6df_1882_11ed_9d13_ac1f6b40b531_zerkalo23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97aaca71_91cc_11e5_a43a_0025902b3cc1_557D0E62_E574_41C3_9E6A_0D1E38BD166D24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/023b1112_0c08_11e0_99a4_003048f27c5f_0C6D2F99_05DF_4960_853E_0524D87DFA0F25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1afb6c79_0427_11e0_99a4_003048f27c5f_8BCFABF9_3C7A_4D1B_9348_88DB8062CE7B26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mirrow_2-_1_27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14ff261_c55b_11df_b729_003048d0c7fe_EE4043ED_30A2_4B38_969E_B3EE540E4D3F29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb3b15b3_4bfb_11e5_a10e_0025902b3cc1_B29CE6C5_F311_41B7_B4A4_19A3665E74CF30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9fcfec0_5755_11e8_ade2_0025902b3cc1_JOKR_034E_GR31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f5fd62b_5756_11e8_ade2_0025902b3cc1_JOKR_034ET_GR32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2976212b_b666_11e8_a710_0025902b3cc1_JR_34_IC33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6780455d_b666_11e8_a710_0025902b3cc1_JR_34_cn34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec711746_b666_11e8_a710_0025902b3cc1_JR_34_cnt35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4a22822_ec2e_11e5_ba27_0025902b3cc0_D5BE1AD7_51C1_4C25_B0C9_5F8CBC9A09C636.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08cfbe30_b667_11e8_a710_0025902b3cc1_J_34_d37.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2126311d_91cc_11e5_a43a_0025902b3cc1_598A4A1D_0C7B_456F_A153_BC2D96732DCA2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/750eef9d_91cc_11e5_a43a_0025902b3cc1_4F381BC1_4DD2_4779_9776_6DCBA4F0209F3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42348503_91cc_11e5_a43a_0025902b3cc1_VT_31404.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4c60b_fea3_11df_b16f_003048d0c7fe_AC3F5C53_C63B_4141_B0F2_F194CE40C3975.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9ef435a_6be3_11e8_ade2_0025902b3cc1_OMMP-001_bl6.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02fa5b16_6be4_11e8_ade2_0025902b3cc1_OMMP-001_wh7.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dcd34b4_6be3_11e8_ade2_0025902b3cc1_C5AF4BBB_A54C_4EA2_BA63_DEB6FFE816C38.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e68af003_5fbe_11e7_ae67_0025902b3cc1_75B3560F_1998_4917_B13E_1CADA481200B9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/831bf79c_f306_11ed_907c_ac1f6b40b531_OMM003V49016MU10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b5568d_5fc0_11e7_ae67_0025902b3cc1_3FE361FA_31E4_4150_9861_FEBC956ED86511.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c416a3e7_b53d_11e6_822f_0025b3ab7bf6_98A4F2FC_73E8_41B9_9D9D_35A70417CC5D12.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b702786_6be4_11e8_ade2_0025902b3cc1_OMMP-002_bl13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fadec51a_f305_11ed_907c_ac1f6b40b531_OMMP-002_wh14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc8ad048_6be3_11e8_ade2_0025902b3cc1_15C02BF5_C280_40E9_AE46_A06057813C5D15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f98e819d_a9dd_11e7_93ca_0025902b3cc1_30F69286_FF78_4F76_AC8A_71A4BC7F0A7D16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18a8f320_a9de_11e7_93ca_0025902b3cc1_BF70EAE4_7C4D_4D35_8250_763C8AD2BAFD17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54feefa3_157b_11e8_b78c_0025902b3cc1_69E575D6_DFFE_4560_A67A_D06DCCB1F2E218.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd360fa3_4d8d_11e6_bd09_0025902b3cc0_DEA92AF9_DAFA_4C53_99BE_221BFF50C14C19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/zerkalo20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e82ae6dd_1882_11ed_9d13_ac1f6b40b531_zerkalo21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee6ce6da_1882_11ed_9d13_ac1f6b40b531_zerkalo22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee6ce6df_1882_11ed_9d13_ac1f6b40b531_zerkalo23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97aaca71_91cc_11e5_a43a_0025902b3cc1_557D0E62_E574_41C3_9E6A_0D1E38BD166D24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/023b1112_0c08_11e0_99a4_003048f27c5f_0C6D2F99_05DF_4960_853E_0524D87DFA0F25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1afb6c79_0427_11e0_99a4_003048f27c5f_8BCFABF9_3C7A_4D1B_9348_88DB8062CE7B26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/mirrow_2-_1_27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44af22f5_fdef_11df_b16f_003048d0c7fe_A2502C797F0F28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c01353e_b894_11ef_8ec3_0050569cf81d_SEV340-40-BL29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb3b15b3_4bfb_11e5_a10e_0025902b3cc1_B29CE6C5_F311_41B7_B4A4_19A3665E74CF30.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9fcfec0_5755_11e8_ade2_0025902b3cc1_JOKR_034E_GR31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f5fd62b_5756_11e8_ade2_0025902b3cc1_JOKR_034ET_GR32.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2976212b_b666_11e8_a710_0025902b3cc1_JR_34_IC33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6780455d_b666_11e8_a710_0025902b3cc1_JR_34_cn34.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec711746_b666_11e8_a710_0025902b3cc1_JR_34_cnt35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4a22822_ec2e_11e5_ba27_0025902b3cc0_D5BE1AD7_51C1_4C25_B0C9_5F8CBC9A09C636.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08cfbe30_b667_11e8_a710_0025902b3cc1_J_34_d37.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3874,54 +3838,50 @@
             </rPr>
             <t xml:space="preserve">VT 3041 \  Зеркало напольное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MSH.008.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 460</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1480</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 4386 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4026.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
@@ -3935,54 +3895,50 @@
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">VT 3080 \ Зеркало напольное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MSH.011.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1600</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 4845 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4453.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
@@ -4004,54 +3960,50 @@
             </rPr>
             <t xml:space="preserve">VT 3140 \ Зеркало напольное</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: MSH.009.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 405</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 435</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1550</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 4998 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">4588.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
@@ -4138,54 +4090,50 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 390</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Видимая часть зеркала 450 мм х 1550 мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">6987.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
@@ -4800,54 +4748,50 @@
             <t xml:space="preserve">
 Материал: металл окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 28</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 570</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1605</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: видимая часть зеркала 482 мм х 1515 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 8500 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5909.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
@@ -4946,54 +4890,50 @@
             <t xml:space="preserve">
 Материал: металл окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: видимая часть зеркала  480 мм х 1530 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 10300 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">7209.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
@@ -5084,54 +5024,50 @@
             <t xml:space="preserve">
 Артикул: 22-0985.1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл окрашенный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 450</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 2000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Картинка анонса: 8214754</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Нет</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Старая цена: 7828 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">5590.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
@@ -5616,86 +5552,86 @@
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11221060.HL \ Ножка регулируемая М10</t>
-[...3 lines deleted...]
-Артикул: SEV.340.BL</t>
+            <t xml:space="preserve">Ножка на подвижном шарнире, M10x30, D-40, черная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SEV.340.40.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: пластик</t>
           </r>
           <r>
             <t xml:space="preserve">
-Кол-во в упаковке, шт.: 500</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">91.80</t>
+            <t xml:space="preserve">89.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
@@ -5893,58 +5829,50 @@
             <t xml:space="preserve">J-34 ic \ Колесная опора (резьба М10)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: JOKP.034IC.40.ZN.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: цинк/черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 70</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Нагрузка, кг: 15</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: опорный болт М10</t>
-          </r>
-[...6 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 88 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">54.06</t>
           </r>