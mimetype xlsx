--- v0 (2025-12-05)
+++ v1 (2025-12-06)
@@ -2775,151 +2775,151 @@
       <t xml:space="preserve">362.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">P 162 \ Подставка настольная для чаши d-300</t>
-[...19 lines deleted...]
-Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
+      <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.201.800.RD</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: красный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">702.00</t>
+      <t xml:space="preserve">380.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
-[...11 lines deleted...]
-Высота, мм: 800</t>
+      <t xml:space="preserve">P 162 \ Подставка настольная для чаши d-300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.113.9016.90</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый глянец</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: металл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 220</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">380.00</t>
+      <t xml:space="preserve">702.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S162 \ Держатель-струбцина для чаши</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.365.9016.80-95</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -3090,51 +3090,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37a5051a_e654_11e7_b78c_0025902b3cc1_244_l_1_2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1774b3b_7345_11e5_81c1_0025902b3cc1_B0BC5CED_0BAC_49D1_8342_9F2F066DB5AB3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5798b70_7347_11e5_81c1_0025902b3cc1_SKR_330_TL_BL4.JPG"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c0e5c4e_734a_11e5_81c1_0025902b3cc1_SKR_903_CH5.JPG"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acd78100_734c_11e5_81c1_0025902b3cc1_SKR_904_CH_chern6.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68f46a0d_734e_11e5_81c1_0025902b3cc1_SKR_902_CH7.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a9d53d0_734d_11e5_81c1_0025902b3cc1_SKR_901_CH8.JPG"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/085c9ce8_734a_11e5_81c1_0025902b3cc1_SKR_900_CH9.JPG"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab243_b38e_11e0_a476_003048f27c5f_49334838_895A_48D5_B3D4_DF9225A7D5BF10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae517e28_2c3d_11e4_9ca4_0025902b3cc1_D0046A5E_6BDE_4A22_99CF_37DBCFA1F55611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab23e_b38e_11e0_a476_003048f27c5f_E02CA846_2D8F_4259_B7A0_F6D0710F608012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69984443_6e34_11e4_a300_0025902b3cc1_FF316579_8AC7_4DCD_AAFD_18C773E8655E13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6b2c6a_0a59_11e3_b453_0025902b3cc1_E73F0DCC_5750_46ED_A974_D2BD4DC02DCD14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcd9631b_c2e6_11e2_b453_0025902b3cc1_71BFDAD2_A02B_4F15_A914_894C6DA59B3615.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fa7ce89_8f81_11e6_9c74_0025902b3cc0_0BBB355A_175C_4F5F_9849_42EC39DF478A16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7036714e_9765_11e5_a43a_0025902b3cc1_79E45234_D926_4B27_8FF2_06CD73B915C317.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb497036_9765_11e5_a43a_0025902b3cc1_A1201C5A_5558_4923_A5A0_D9AC583B549918.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c7b88e0_9765_11e5_a43a_0025902b3cc1_F465DD8A_8455_42B7_BBE5_0BE27B05187219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04589ee4_9766_11e5_a43a_0025902b3cc1_F1EB0735_73E7_4F62_B83B_2E88218D2BE420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb5d8505_9765_11e5_a43a_0025902b3cc1_B2F0E055_0C6E_4F93_B7BA_1F786E06E2A821.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14756c93_9ce7_11e6_9f4a_0025902b3cc0_D6D04962_567D_42B4_B110_F06ADD2D4BE922.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b880737_9d11_11e6_9f4a_0025902b3cc0_2439252B_7BA1_4132_AAAB_6CC1DD6D776123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd3b8d84_6c71_11e3_baa0_0025902b3cc1_2C1F4680_E726_4253_8316_82A85FE02C4324.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c14282e_4318_11e4_9ca4_0025902b3cc1_B8CDD980_83BD_435F_980E_A2AAB2BA539D25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebf7659e_6c71_11e3_baa0_0025902b3cc1_6FB29B5C_5536_4DBA_AEE9_7610376C17CE26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d0e94a_bc05_11e4_afdc_0025902b3cc1_F90DAE14_74C3_4078_AE09_41CA9DC1443827.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ba02500_857a_11e6_9c74_0025902b3cc0_SKR_4500_95_V2_CH28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf945402_9d11_11e6_9f4a_0025902b3cc0_66E64043_A666_4C7C_8E63_3F2FDEEFA61229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f645d911_9ce7_11e6_9f4a_0025902b3cc0_9171559F_4E59_4C43_AFA1_CFB6F6C4E77130.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91353071_9d11_11e6_9f4a_0025902b3cc0_60E1ED26_46D5_4F3F_9A14_14C5DCCB36C531.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/527661f8_29f6_11ee_907c_ac1f6b40b531_SKROS40090059032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2451bd_4d3e_11e4_9ca4_0025902b3cc1_DBA2B7AE_CD77_49D7_B429_F2A00529522333.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc3c542f_59ec_11e4_a300_0025902b3cc1_DA24C031_4F36_47BA_A4C2_CD003E2AC69134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2359b961_09a5_11e0_99a4_003048f27c5f_4D0CEE1F_C56C_4548_A09D_66677ECA39F835.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0179_13e9_11e0_99a4_003048f27c5f_298F072E_D601_4C9B_8A7F_7C91386B20E036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ac219c8_35b1_11e0_af9a_d3dd3d98c32b_A1224806_1052_46E5_860B_312E057368F937.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116f3_0100_11e0_b16f_003048d0c7fe_32C48CE7_E932_42C3_96BD_7FBB25C48B0D38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a4ce6_3b26_11e0_83b2_003048f27c5f_F5A39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896b721a_7cd6_11e2_952b_0025902b3cc1_B7221859_05BF_4931_9B8D_767D8364FE8940.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cadf817_89e9_11e1_8376_0025902b3cc1_80D01D20_3E7F_4AC0_8197_7A7B2C2C6CF341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116e8_0100_11e0_b16f_003048d0c7fe_761F196E_CD65_433C_8BD2_D5D5B6D6D08042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed83b75_0ac9_11e5_a10e_0025902b3cc1_5E9296FE_6115_4FF6_9922_F01ED97CE3C743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116de_0100_11e0_b16f_003048d0c7fe_5E3B8037_91B8_40C1_84AD_D1E2975B1F9B44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/668144aa_5cd5_11e0_afc8_003048f27c5f_F6F4DB3E_D020_421B_8717_9417E15EDB2245.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68859c5a_f29e_11e2_b453_0025902b3cc1_1AC5DE42_3C50_4711_B34F_7451CA2B88A246.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/919252d3_f9fe_11e0_833e_003048f27c5f_83E8DA4A_3546_4BBC_8505_2C5BD0ED8B5247.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b89dcca_f29e_11e2_b453_0025902b3cc1_E66C7A67_3C13_4E46_825C_1DC3BA6C99B148.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5d93a73_3b5f_11e5_a10e_0025902b3cc1_6C501BE6_9CF5_4214_B4A7_BAC13E31922449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adcf62aa_f29e_11e2_b453_0025902b3cc1_565674B6_30FE_459A_8971_DF9A7ABC93BC50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8333eb6f_d9f2_11e4_afdc_0025902b3cc1_F9ECA8CD_31C5_4AE1_AD5B_37532C7291E551.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6afdac9e_68dc_11e5_a10e_0025902b3cc1_944AA5E1_B003_43E0_AD15_74E003ED895C52.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37a5051a_e654_11e7_b78c_0025902b3cc1_244_l_1_2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1774b3b_7345_11e5_81c1_0025902b3cc1_B0BC5CED_0BAC_49D1_8342_9F2F066DB5AB3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5798b70_7347_11e5_81c1_0025902b3cc1_SKR_330_TL_BL4.JPG"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c0e5c4e_734a_11e5_81c1_0025902b3cc1_SKR_903_CH5.JPG"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acd78100_734c_11e5_81c1_0025902b3cc1_SKR_904_CH_chern6.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68f46a0d_734e_11e5_81c1_0025902b3cc1_SKR_902_CH7.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a9d53d0_734d_11e5_81c1_0025902b3cc1_SKR_901_CH8.JPG"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/085c9ce8_734a_11e5_81c1_0025902b3cc1_SKR_900_CH9.JPG"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab243_b38e_11e0_a476_003048f27c5f_49334838_895A_48D5_B3D4_DF9225A7D5BF10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae517e28_2c3d_11e4_9ca4_0025902b3cc1_D0046A5E_6BDE_4A22_99CF_37DBCFA1F55611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab23e_b38e_11e0_a476_003048f27c5f_E02CA846_2D8F_4259_B7A0_F6D0710F608012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69984443_6e34_11e4_a300_0025902b3cc1_FF316579_8AC7_4DCD_AAFD_18C773E8655E13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6b2c6a_0a59_11e3_b453_0025902b3cc1_E73F0DCC_5750_46ED_A974_D2BD4DC02DCD14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcd9631b_c2e6_11e2_b453_0025902b3cc1_71BFDAD2_A02B_4F15_A914_894C6DA59B3615.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fa7ce89_8f81_11e6_9c74_0025902b3cc0_0BBB355A_175C_4F5F_9849_42EC39DF478A16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7036714e_9765_11e5_a43a_0025902b3cc1_79E45234_D926_4B27_8FF2_06CD73B915C317.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb497036_9765_11e5_a43a_0025902b3cc1_A1201C5A_5558_4923_A5A0_D9AC583B549918.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c7b88e0_9765_11e5_a43a_0025902b3cc1_F465DD8A_8455_42B7_BBE5_0BE27B05187219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04589ee4_9766_11e5_a43a_0025902b3cc1_F1EB0735_73E7_4F62_B83B_2E88218D2BE420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb5d8505_9765_11e5_a43a_0025902b3cc1_B2F0E055_0C6E_4F93_B7BA_1F786E06E2A821.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14756c93_9ce7_11e6_9f4a_0025902b3cc0_D6D04962_567D_42B4_B110_F06ADD2D4BE922.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b880737_9d11_11e6_9f4a_0025902b3cc0_2439252B_7BA1_4132_AAAB_6CC1DD6D776123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd3b8d84_6c71_11e3_baa0_0025902b3cc1_2C1F4680_E726_4253_8316_82A85FE02C4324.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c14282e_4318_11e4_9ca4_0025902b3cc1_B8CDD980_83BD_435F_980E_A2AAB2BA539D25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebf7659e_6c71_11e3_baa0_0025902b3cc1_6FB29B5C_5536_4DBA_AEE9_7610376C17CE26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d0e94a_bc05_11e4_afdc_0025902b3cc1_F90DAE14_74C3_4078_AE09_41CA9DC1443827.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ba02500_857a_11e6_9c74_0025902b3cc0_SKR_4500_95_V2_CH28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf945402_9d11_11e6_9f4a_0025902b3cc0_66E64043_A666_4C7C_8E63_3F2FDEEFA61229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f645d911_9ce7_11e6_9f4a_0025902b3cc0_9171559F_4E59_4C43_AFA1_CFB6F6C4E77130.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91353071_9d11_11e6_9f4a_0025902b3cc0_60E1ED26_46D5_4F3F_9A14_14C5DCCB36C531.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/527661f8_29f6_11ee_907c_ac1f6b40b531_SKROS40090059032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2451bd_4d3e_11e4_9ca4_0025902b3cc1_DBA2B7AE_CD77_49D7_B429_F2A00529522333.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc3c542f_59ec_11e4_a300_0025902b3cc1_DA24C031_4F36_47BA_A4C2_CD003E2AC69134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2359b961_09a5_11e0_99a4_003048f27c5f_4D0CEE1F_C56C_4548_A09D_66677ECA39F835.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0179_13e9_11e0_99a4_003048f27c5f_298F072E_D601_4C9B_8A7F_7C91386B20E036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ac219c8_35b1_11e0_af9a_d3dd3d98c32b_A1224806_1052_46E5_860B_312E057368F937.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116f3_0100_11e0_b16f_003048d0c7fe_32C48CE7_E932_42C3_96BD_7FBB25C48B0D38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a4ce6_3b26_11e0_83b2_003048f27c5f_F5A39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896b721a_7cd6_11e2_952b_0025902b3cc1_B7221859_05BF_4931_9B8D_767D8364FE8940.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cadf817_89e9_11e1_8376_0025902b3cc1_80D01D20_3E7F_4AC0_8197_7A7B2C2C6CF341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116e8_0100_11e0_b16f_003048d0c7fe_761F196E_CD65_433C_8BD2_D5D5B6D6D08042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed83b75_0ac9_11e5_a10e_0025902b3cc1_5E9296FE_6115_4FF6_9922_F01ED97CE3C743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116de_0100_11e0_b16f_003048d0c7fe_5E3B8037_91B8_40C1_84AD_D1E2975B1F9B44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/668144aa_5cd5_11e0_afc8_003048f27c5f_F6F4DB3E_D020_421B_8717_9417E15EDB2245.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68859c5a_f29e_11e2_b453_0025902b3cc1_1AC5DE42_3C50_4711_B34F_7451CA2B88A246.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/919252d3_f9fe_11e0_833e_003048f27c5f_83E8DA4A_3546_4BBC_8505_2C5BD0ED8B5247.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b89dcca_f29e_11e2_b453_0025902b3cc1_E66C7A67_3C13_4E46_825C_1DC3BA6C99B148.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adcf62aa_f29e_11e2_b453_0025902b3cc1_565674B6_30FE_459A_8971_DF9A7ABC93BC49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5d93a73_3b5f_11e5_a10e_0025902b3cc1_6C501BE6_9CF5_4214_B4A7_BAC13E31922450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8333eb6f_d9f2_11e4_afdc_0025902b3cc1_F9ECA8CD_31C5_4AE1_AD5B_37532C7291E551.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6afdac9e_68dc_11e5_a10e_0025902b3cc1_944AA5E1_B003_43E0_AD15_74E003ED895C52.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4542,81 +4542,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="457200" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="49" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="457200" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="50" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -7940,156 +7940,156 @@
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P 162 \ Подставка настольная для чаши d-300</t>
-[...19 lines deleted...]
-Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
+            <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.201.800.RD</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: красный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">702.00</t>
+            <t xml:space="preserve">380.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
-[...11 lines deleted...]
-Высота, мм: 800</t>
+            <t xml:space="preserve">P 162 \ Подставка настольная для чаши d-300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.113.9016.90</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 220</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">380.00</t>
+            <t xml:space="preserve">702.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S162 \ Держатель-струбцина для чаши</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.365.9016.80-95</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>