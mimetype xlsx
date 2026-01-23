--- v1 (2025-12-06)
+++ v2 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22.05.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Накопители с пластиковыми чашами</t>
   </si>
   <si>
     <t xml:space="preserve">Накопители с чашами пластиковыми для распродаж – конструктор для создания накопителей. С помощью элементов торгового оборудования данной серии можно собрать множество различных накопителей с разными характеристиками: одно- и многоуровневые, вместительные накопители с большими чашами d-500мм для крупных товаров и с маленькими чашами d-200 мм и d-300 мм для более мелких изделий. Разборная конструкция накопителя делает его удобным при хранении и транспортировке.
 Полусферы пластиковые прозрачные или чаши накопителя для распродаж устанавливаются на стойки. Также их можно дополнить надставками стоек и различными держателями чаш. Все элементы имеют несколько вариантов размеров. Стандартные металлические изделия представлены в цветах черный глянец и хром. Под заказ они могут покрашены в любой цвет по RAL.
 Вы можете купить стойки для распродаж в виде готовых сборок, либо же приобрести отдельно элементы и собрать накопители с необходимым набором характеристик торгового оборудования.
 </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">244А \  Накопитель 244А</t>
     </r>
     <r>
@@ -88,51 +88,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3598.00</t>
+      <t xml:space="preserve">3670.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4500 \ Накопитель 4500</t>
@@ -145,51 +145,51 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3861.00</t>
+      <t xml:space="preserve">3938.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">4500 \ Накопитель 4500 наклонный</t>
@@ -202,51 +202,51 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3861.00</t>
+      <t xml:space="preserve">3938.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">903 \ Накопитель 903</t>
@@ -263,51 +263,51 @@
       <t xml:space="preserve">
 Высота, мм: 1180</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Высота указана без информационного держателя</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5557.49</t>
+      <t xml:space="preserve">5668.09</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">904 \Накопитель 904</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.904.BL</t>
@@ -320,51 +320,51 @@
       <t xml:space="preserve">
 Высота, мм: 1280</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Высота указана без информационного держателя</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8641.99</t>
+      <t xml:space="preserve">8814.19</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">902 \ Накопитель 902</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.902.BL</t>
@@ -377,100 +377,100 @@
       <t xml:space="preserve">
 Высота, мм: 1520</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Высота указана без информационного держателя</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8312.89</t>
+      <t xml:space="preserve">8477.79</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">901 \ Накопитель 901</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.901.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8804.00</t>
+      <t xml:space="preserve">8979.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -487,51 +487,51 @@
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1560</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Высота указана без информационного держателя</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8698.89</t>
+      <t xml:space="preserve">8875.79</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">161 \ Полусфера пластиковая – чаша накопителя (d-200 мм)</t>
@@ -556,51 +556,51 @@
       <t xml:space="preserve">
 Толщина, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">207.00</t>
+      <t xml:space="preserve">211.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">162 \ Полусфера пластиковая – чаша накопителя  (d-300 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.365.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -621,51 +621,51 @@
       <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 349 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">278.00</t>
+      <t xml:space="preserve">284.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">163 \ Полусфера пластиковая – чаша накопителя (d-500 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.095.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -678,51 +678,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1599.00</t>
+      <t xml:space="preserve">1631.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">162 HD \ Чаша накопителя (d-300) с отверстием</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.300.01.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -739,51 +739,51 @@
       <t xml:space="preserve">
 Толщина, мм: 2,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">501.00</t>
+      <t xml:space="preserve">511.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">163 HD \ Чаша накопителя (d-500) с отверстием</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.100.01.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный акрил</t>
@@ -800,51 +800,51 @@
       <t xml:space="preserve">
 Толщина, мм: 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1620.00</t>
+      <t xml:space="preserve">1652.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">163 HS \ Чаша накопителя (d-500) с отверстием наклонная</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.100.01.TL.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный акрил</t>
@@ -865,96 +865,96 @@
       <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1620.00</t>
+      <t xml:space="preserve">1652.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SKR 150 \ Разделитель чаши круглой d-500 мм (комплект)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.150.V3.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный акрил</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1990.00</t>
+      <t xml:space="preserve">2030.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -979,51 +979,51 @@
       <t xml:space="preserve">
 Примечание: возможна окраска по RAL.          Нагрузка на каждую чашу не более 3,5 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">890.00</t>
+      <t xml:space="preserve">908.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SKR 753 \ Держатель трех чаш</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.4500.75.V2.0005.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром глянец</t>
@@ -1036,51 +1036,51 @@
       <t xml:space="preserve">
 Примечание: возможна окраска по RAL.          Нагрузка на каждую чашу не более 3,5 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">990.00</t>
+      <t xml:space="preserve">1010.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SKR 704 \ Держатель четырех чаш</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.4500.70-4.V2.0005.9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром глянец</t>
@@ -1093,51 +1093,51 @@
       <t xml:space="preserve">
 Примечание: возможна окраска по RAL.          Нагрузка на каждую чашу не более 3,5 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1090.00</t>
+      <t xml:space="preserve">1112.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SKR 754 \ Держатель четырех чаш</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.4500.75-4.V2.0005.9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром глянец</t>
@@ -1150,51 +1150,51 @@
       <t xml:space="preserve">
 Примечание: возможна окраска по RAL.          Нагрузка на каждую чашу не более 3,5 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1190.00</t>
+      <t xml:space="preserve">1214.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SKR 705 \ Держатель пяти чаш</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.4500.70-5.V2.0005.9</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром глянец</t>
@@ -1207,51 +1207,51 @@
       <t xml:space="preserve">
 Примечание: возможна окраска по RAL.          Нагрузка на каждую чашу не более 3,5 кг</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1250.00</t>
+      <t xml:space="preserve">1275.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SKR 20 CH \ Стойка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.4500.20.V2.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1264,51 +1264,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1104.00</t>
+      <t xml:space="preserve">1126.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SKR 10 BL \ Стойка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.4500.10.V2.9005.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -1321,51 +1321,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">851.00</t>
+      <t xml:space="preserve">868.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SKR 40 CH \ Надставка стойки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.4500.40.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1378,51 +1378,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по RAL. Используется со стойками SKR 10 BL и SKR 20 CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1081.00</t>
+      <t xml:space="preserve">1103.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SKR 30 BL \ Надставка стойки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.4500.30.9005.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -1435,51 +1435,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по RAL. Используется со стойками SKR 10 BL и SKR 20 CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">782.00</t>
+      <t xml:space="preserve">798.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SKR 60 CH \ Надставка стойки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.4500.60.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1492,51 +1492,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по RAL. Используется со стойками SKR 10 BL и SKR 20 CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1369.00</t>
+      <t xml:space="preserve">1396.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SKR 50 BL \ Надставка стойки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.4500.50.9005.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -1549,51 +1549,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по RAL. Используется со стойками SKR 10 BL и SKR 20 CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1057.00</t>
+      <t xml:space="preserve">1078.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SKR 95 CH \ Стойка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.4500.95.V2.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1610,51 +1610,51 @@
       <t xml:space="preserve">
 Примечание: возможна окраска по RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1199.00</t>
+      <t xml:space="preserve">1223.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SKR 85 BL \ Стойка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.4500.85.V2.9005.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -1671,108 +1671,112 @@
       <t xml:space="preserve">
 Примечание: возможна окраска по RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1199.00</t>
+      <t xml:space="preserve">1223.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SKR 90 CH \ Стойка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.4500.90.V2.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 50</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: возможна окраска по RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
+Скидка: Нет</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1299.00</t>
+      <t xml:space="preserve">1325.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SKR 80 BL \ Стойка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.4500.80.V2.9005.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
@@ -1789,100 +1793,100 @@
       <t xml:space="preserve">
 Примечание: возможна окраска по RAL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Нет</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1299.00</t>
+      <t xml:space="preserve">1325.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SKR-OS 400 BL \ Основание круглое, плоское (d-400мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.OS.400.9005.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр основания, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1390.00</t>
+      <t xml:space="preserve">1418.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SKR 101 \ Держатель трубки рекламной рамки</t>
@@ -1895,51 +1899,51 @@
       <t xml:space="preserve">
 Цвет: под хром глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: отверстие необходимо для удобного закручивания держателя. Возможна окраска по RAL.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">201.00</t>
+      <t xml:space="preserve">205.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SKR 101 BL \ Держатель трубки рекламной рамки</t>
@@ -1952,51 +1956,51 @@
       <t xml:space="preserve">
 Цвет: черный глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: отверстие необходимо для удобного закручивания держателя. Возможна окраска по RAL.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">201.00</t>
+      <t xml:space="preserve">205.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">IT-300 \ Трубка</t>
@@ -2009,51 +2013,51 @@
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">64.40</t>
+      <t xml:space="preserve">65.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">IT-500 \ Трубка</t>
@@ -2066,51 +2070,51 @@
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">80.50</t>
+      <t xml:space="preserve">82.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">IT-800 \ Трубка</t>
@@ -2123,51 +2127,51 @@
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">105.00</t>
+      <t xml:space="preserve">107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">IT-1200 \ Трубка</t>
@@ -2180,51 +2184,51 @@
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">137.00</t>
+      <t xml:space="preserve">140.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">IT-1500 \ Трубка</t>
@@ -2237,51 +2241,51 @@
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">161.00</t>
+      <t xml:space="preserve">164.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SXT317 RD \ Т-держатель рамки</t>
@@ -2404,51 +2408,51 @@
       <t xml:space="preserve">
 Артикул: DT.009.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер информационного поля: А4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">56.00</t>
+      <t xml:space="preserve">57.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2461,51 +2465,51 @@
       <t xml:space="preserve">
 Артикул: DT.010.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер информационного поля: А4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">56.00</t>
+      <t xml:space="preserve">57.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2518,51 +2522,51 @@
       <t xml:space="preserve">
 Артикул: DT.002.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер информационного поля: A4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23.00</t>
+      <t xml:space="preserve">23.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2583,51 +2587,51 @@
       <t xml:space="preserve">
 Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 2346 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1999.00</t>
+      <t xml:space="preserve">2039.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.201.400.RD</t>
@@ -2636,51 +2640,51 @@
       <t xml:space="preserve">
 Цвет: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">345.00</t>
+      <t xml:space="preserve">352.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Н 161 \ Подставка настольная для чаши d-200</t>
@@ -2697,51 +2701,51 @@
       <t xml:space="preserve">
 Высота, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">119.00</t>
+      <t xml:space="preserve">121.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.201.600.RD</t>
@@ -2750,176 +2754,176 @@
       <t xml:space="preserve">
 Цвет: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">362.00</t>
+      <t xml:space="preserve">369.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
-[...11 lines deleted...]
-Высота, мм: 800</t>
+      <t xml:space="preserve">P 162 \ Подставка настольная для чаши d-300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.113.9016.90</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый глянец</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: металл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 220</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">380.00</t>
+      <t xml:space="preserve">716.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">P 162 \ Подставка настольная для чаши d-300</t>
-[...19 lines deleted...]
-Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
+      <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.201.800.RD</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: красный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">702.00</t>
+      <t xml:space="preserve">388.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S162 \ Держатель-струбцина для чаши</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.365.9016.80-95</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -2929,51 +2933,51 @@
       <t xml:space="preserve">
 Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Максимальная толщина полки, мм: 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">299.00</t>
+      <t xml:space="preserve">305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S161 \ Держатель-струбцина для чаши</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.364.9016.80-95</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -2986,51 +2990,51 @@
       <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Максимальная толщина полки, мм: 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">276.00</t>
+      <t xml:space="preserve">282.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -3090,51 +3094,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37a5051a_e654_11e7_b78c_0025902b3cc1_244_l_1_2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1774b3b_7345_11e5_81c1_0025902b3cc1_B0BC5CED_0BAC_49D1_8342_9F2F066DB5AB3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5798b70_7347_11e5_81c1_0025902b3cc1_SKR_330_TL_BL4.JPG"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c0e5c4e_734a_11e5_81c1_0025902b3cc1_SKR_903_CH5.JPG"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acd78100_734c_11e5_81c1_0025902b3cc1_SKR_904_CH_chern6.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68f46a0d_734e_11e5_81c1_0025902b3cc1_SKR_902_CH7.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a9d53d0_734d_11e5_81c1_0025902b3cc1_SKR_901_CH8.JPG"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/085c9ce8_734a_11e5_81c1_0025902b3cc1_SKR_900_CH9.JPG"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab243_b38e_11e0_a476_003048f27c5f_49334838_895A_48D5_B3D4_DF9225A7D5BF10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae517e28_2c3d_11e4_9ca4_0025902b3cc1_D0046A5E_6BDE_4A22_99CF_37DBCFA1F55611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab23e_b38e_11e0_a476_003048f27c5f_E02CA846_2D8F_4259_B7A0_F6D0710F608012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69984443_6e34_11e4_a300_0025902b3cc1_FF316579_8AC7_4DCD_AAFD_18C773E8655E13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6b2c6a_0a59_11e3_b453_0025902b3cc1_E73F0DCC_5750_46ED_A974_D2BD4DC02DCD14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcd9631b_c2e6_11e2_b453_0025902b3cc1_71BFDAD2_A02B_4F15_A914_894C6DA59B3615.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fa7ce89_8f81_11e6_9c74_0025902b3cc0_0BBB355A_175C_4F5F_9849_42EC39DF478A16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7036714e_9765_11e5_a43a_0025902b3cc1_79E45234_D926_4B27_8FF2_06CD73B915C317.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb497036_9765_11e5_a43a_0025902b3cc1_A1201C5A_5558_4923_A5A0_D9AC583B549918.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c7b88e0_9765_11e5_a43a_0025902b3cc1_F465DD8A_8455_42B7_BBE5_0BE27B05187219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04589ee4_9766_11e5_a43a_0025902b3cc1_F1EB0735_73E7_4F62_B83B_2E88218D2BE420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb5d8505_9765_11e5_a43a_0025902b3cc1_B2F0E055_0C6E_4F93_B7BA_1F786E06E2A821.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14756c93_9ce7_11e6_9f4a_0025902b3cc0_D6D04962_567D_42B4_B110_F06ADD2D4BE922.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b880737_9d11_11e6_9f4a_0025902b3cc0_2439252B_7BA1_4132_AAAB_6CC1DD6D776123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd3b8d84_6c71_11e3_baa0_0025902b3cc1_2C1F4680_E726_4253_8316_82A85FE02C4324.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c14282e_4318_11e4_9ca4_0025902b3cc1_B8CDD980_83BD_435F_980E_A2AAB2BA539D25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebf7659e_6c71_11e3_baa0_0025902b3cc1_6FB29B5C_5536_4DBA_AEE9_7610376C17CE26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d0e94a_bc05_11e4_afdc_0025902b3cc1_F90DAE14_74C3_4078_AE09_41CA9DC1443827.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ba02500_857a_11e6_9c74_0025902b3cc0_SKR_4500_95_V2_CH28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf945402_9d11_11e6_9f4a_0025902b3cc0_66E64043_A666_4C7C_8E63_3F2FDEEFA61229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f645d911_9ce7_11e6_9f4a_0025902b3cc0_9171559F_4E59_4C43_AFA1_CFB6F6C4E77130.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91353071_9d11_11e6_9f4a_0025902b3cc0_60E1ED26_46D5_4F3F_9A14_14C5DCCB36C531.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/527661f8_29f6_11ee_907c_ac1f6b40b531_SKROS40090059032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2451bd_4d3e_11e4_9ca4_0025902b3cc1_DBA2B7AE_CD77_49D7_B429_F2A00529522333.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc3c542f_59ec_11e4_a300_0025902b3cc1_DA24C031_4F36_47BA_A4C2_CD003E2AC69134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2359b961_09a5_11e0_99a4_003048f27c5f_4D0CEE1F_C56C_4548_A09D_66677ECA39F835.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0179_13e9_11e0_99a4_003048f27c5f_298F072E_D601_4C9B_8A7F_7C91386B20E036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ac219c8_35b1_11e0_af9a_d3dd3d98c32b_A1224806_1052_46E5_860B_312E057368F937.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116f3_0100_11e0_b16f_003048d0c7fe_32C48CE7_E932_42C3_96BD_7FBB25C48B0D38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a4ce6_3b26_11e0_83b2_003048f27c5f_F5A39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896b721a_7cd6_11e2_952b_0025902b3cc1_B7221859_05BF_4931_9B8D_767D8364FE8940.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cadf817_89e9_11e1_8376_0025902b3cc1_80D01D20_3E7F_4AC0_8197_7A7B2C2C6CF341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116e8_0100_11e0_b16f_003048d0c7fe_761F196E_CD65_433C_8BD2_D5D5B6D6D08042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed83b75_0ac9_11e5_a10e_0025902b3cc1_5E9296FE_6115_4FF6_9922_F01ED97CE3C743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116de_0100_11e0_b16f_003048d0c7fe_5E3B8037_91B8_40C1_84AD_D1E2975B1F9B44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/668144aa_5cd5_11e0_afc8_003048f27c5f_F6F4DB3E_D020_421B_8717_9417E15EDB2245.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68859c5a_f29e_11e2_b453_0025902b3cc1_1AC5DE42_3C50_4711_B34F_7451CA2B88A246.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/919252d3_f9fe_11e0_833e_003048f27c5f_83E8DA4A_3546_4BBC_8505_2C5BD0ED8B5247.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b89dcca_f29e_11e2_b453_0025902b3cc1_E66C7A67_3C13_4E46_825C_1DC3BA6C99B148.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adcf62aa_f29e_11e2_b453_0025902b3cc1_565674B6_30FE_459A_8971_DF9A7ABC93BC49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5d93a73_3b5f_11e5_a10e_0025902b3cc1_6C501BE6_9CF5_4214_B4A7_BAC13E31922450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8333eb6f_d9f2_11e4_afdc_0025902b3cc1_F9ECA8CD_31C5_4AE1_AD5B_37532C7291E551.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6afdac9e_68dc_11e5_a10e_0025902b3cc1_944AA5E1_B003_43E0_AD15_74E003ED895C52.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37a5051a_e654_11e7_b78c_0025902b3cc1_244_l_1_2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1774b3b_7345_11e5_81c1_0025902b3cc1_B0BC5CED_0BAC_49D1_8342_9F2F066DB5AB3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5798b70_7347_11e5_81c1_0025902b3cc1_SKR_330_TL_BL4.JPG"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c0e5c4e_734a_11e5_81c1_0025902b3cc1_SKR_903_CH5.JPG"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acd78100_734c_11e5_81c1_0025902b3cc1_SKR_904_CH_chern6.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68f46a0d_734e_11e5_81c1_0025902b3cc1_SKR_902_CH7.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a9d53d0_734d_11e5_81c1_0025902b3cc1_SKR_901_CH8.JPG"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/085c9ce8_734a_11e5_81c1_0025902b3cc1_SKR_900_CH9.JPG"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab243_b38e_11e0_a476_003048f27c5f_49334838_895A_48D5_B3D4_DF9225A7D5BF10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae517e28_2c3d_11e4_9ca4_0025902b3cc1_D0046A5E_6BDE_4A22_99CF_37DBCFA1F55611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab23e_b38e_11e0_a476_003048f27c5f_E02CA846_2D8F_4259_B7A0_F6D0710F608012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69984443_6e34_11e4_a300_0025902b3cc1_FF316579_8AC7_4DCD_AAFD_18C773E8655E13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6b2c6a_0a59_11e3_b453_0025902b3cc1_E73F0DCC_5750_46ED_A974_D2BD4DC02DCD14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcd9631b_c2e6_11e2_b453_0025902b3cc1_71BFDAD2_A02B_4F15_A914_894C6DA59B3615.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fa7ce89_8f81_11e6_9c74_0025902b3cc0_0BBB355A_175C_4F5F_9849_42EC39DF478A16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7036714e_9765_11e5_a43a_0025902b3cc1_79E45234_D926_4B27_8FF2_06CD73B915C317.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb497036_9765_11e5_a43a_0025902b3cc1_A1201C5A_5558_4923_A5A0_D9AC583B549918.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c7b88e0_9765_11e5_a43a_0025902b3cc1_F465DD8A_8455_42B7_BBE5_0BE27B05187219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04589ee4_9766_11e5_a43a_0025902b3cc1_F1EB0735_73E7_4F62_B83B_2E88218D2BE420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb5d8505_9765_11e5_a43a_0025902b3cc1_B2F0E055_0C6E_4F93_B7BA_1F786E06E2A821.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14756c93_9ce7_11e6_9f4a_0025902b3cc0_D6D04962_567D_42B4_B110_F06ADD2D4BE922.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b880737_9d11_11e6_9f4a_0025902b3cc0_2439252B_7BA1_4132_AAAB_6CC1DD6D776123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd3b8d84_6c71_11e3_baa0_0025902b3cc1_2C1F4680_E726_4253_8316_82A85FE02C4324.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c14282e_4318_11e4_9ca4_0025902b3cc1_B8CDD980_83BD_435F_980E_A2AAB2BA539D25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebf7659e_6c71_11e3_baa0_0025902b3cc1_6FB29B5C_5536_4DBA_AEE9_7610376C17CE26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d0e94a_bc05_11e4_afdc_0025902b3cc1_F90DAE14_74C3_4078_AE09_41CA9DC1443827.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ba02500_857a_11e6_9c74_0025902b3cc0_SKR_4500_95_V2_CH28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf945402_9d11_11e6_9f4a_0025902b3cc0_66E64043_A666_4C7C_8E63_3F2FDEEFA61229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f645d911_9ce7_11e6_9f4a_0025902b3cc0_9171559F_4E59_4C43_AFA1_CFB6F6C4E77130.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91353071_9d11_11e6_9f4a_0025902b3cc0_60E1ED26_46D5_4F3F_9A14_14C5DCCB36C531.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/527661f8_29f6_11ee_907c_ac1f6b40b531_SKROS40090059032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2451bd_4d3e_11e4_9ca4_0025902b3cc1_DBA2B7AE_CD77_49D7_B429_F2A00529522333.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc3c542f_59ec_11e4_a300_0025902b3cc1_DA24C031_4F36_47BA_A4C2_CD003E2AC69134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2359b961_09a5_11e0_99a4_003048f27c5f_4D0CEE1F_C56C_4548_A09D_66677ECA39F835.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0179_13e9_11e0_99a4_003048f27c5f_298F072E_D601_4C9B_8A7F_7C91386B20E036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ac219c8_35b1_11e0_af9a_d3dd3d98c32b_A1224806_1052_46E5_860B_312E057368F937.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116f3_0100_11e0_b16f_003048d0c7fe_32C48CE7_E932_42C3_96BD_7FBB25C48B0D38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a4ce6_3b26_11e0_83b2_003048f27c5f_F5A39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896b721a_7cd6_11e2_952b_0025902b3cc1_B7221859_05BF_4931_9B8D_767D8364FE8940.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cadf817_89e9_11e1_8376_0025902b3cc1_80D01D20_3E7F_4AC0_8197_7A7B2C2C6CF341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116e8_0100_11e0_b16f_003048d0c7fe_761F196E_CD65_433C_8BD2_D5D5B6D6D08042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed83b75_0ac9_11e5_a10e_0025902b3cc1_5E9296FE_6115_4FF6_9922_F01ED97CE3C743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116de_0100_11e0_b16f_003048d0c7fe_5E3B8037_91B8_40C1_84AD_D1E2975B1F9B44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/668144aa_5cd5_11e0_afc8_003048f27c5f_F6F4DB3E_D020_421B_8717_9417E15EDB2245.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68859c5a_f29e_11e2_b453_0025902b3cc1_1AC5DE42_3C50_4711_B34F_7451CA2B88A246.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/919252d3_f9fe_11e0_833e_003048f27c5f_83E8DA4A_3546_4BBC_8505_2C5BD0ED8B5247.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b89dcca_f29e_11e2_b453_0025902b3cc1_E66C7A67_3C13_4E46_825C_1DC3BA6C99B148.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5d93a73_3b5f_11e5_a10e_0025902b3cc1_6C501BE6_9CF5_4214_B4A7_BAC13E31922449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adcf62aa_f29e_11e2_b453_0025902b3cc1_565674B6_30FE_459A_8971_DF9A7ABC93BC50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8333eb6f_d9f2_11e4_afdc_0025902b3cc1_F9ECA8CD_31C5_4AE1_AD5B_37532C7291E551.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6afdac9e_68dc_11e5_a10e_0025902b3cc1_944AA5E1_B003_43E0_AD15_74E003ED895C52.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4542,81 +4546,81 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="457200" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="49" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="457200" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="50" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -4994,51 +4998,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22.05.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -5066,51 +5070,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3598.00</t>
+            <t xml:space="preserve">3670.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5126,51 +5130,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3861.00</t>
+            <t xml:space="preserve">3938.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5188,51 +5192,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3861.00</t>
+            <t xml:space="preserve">3938.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -5252,51 +5256,51 @@
             <t xml:space="preserve">
 Высота, мм: 1180</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Высота указана без информационного держателя</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5557.49</t>
+            <t xml:space="preserve">5668.09</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5314,51 +5318,51 @@
             <t xml:space="preserve">
 Высота, мм: 1280</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Высота указана без информационного держателя</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8641.99</t>
+            <t xml:space="preserve">8814.19</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">902 \ Накопитель 902</t>
           </r>
@@ -5374,51 +5378,51 @@
             <t xml:space="preserve">
 Высота, мм: 1520</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Высота указана без информационного держателя</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8312.89</t>
+            <t xml:space="preserve">8477.79</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -5428,51 +5432,51 @@
             <t xml:space="preserve">
 Артикул: SKR.901.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8804.00</t>
+            <t xml:space="preserve">8979.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -5492,51 +5496,51 @@
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1560</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Высота указана без информационного держателя</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8698.89</t>
+            <t xml:space="preserve">8875.79</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -5566,51 +5570,51 @@
             <t xml:space="preserve">
 Толщина, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">207.00</t>
+            <t xml:space="preserve">211.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">162 \ Полусфера пластиковая – чаша накопителя  (d-300 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.365.TR</t>
           </r>
@@ -5634,51 +5638,51 @@
             <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 349 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">278.00</t>
+            <t xml:space="preserve">284.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">163 \ Полусфера пластиковая – чаша накопителя (d-500 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5696,51 +5700,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1599.00</t>
+            <t xml:space="preserve">1631.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">162 HD \ Чаша накопителя (d-300) с отверстием</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.300.01.TR</t>
           </r>
@@ -5760,51 +5764,51 @@
             <t xml:space="preserve">
 Толщина, мм: 2,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">501.00</t>
+            <t xml:space="preserve">511.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">163 HD \ Чаша накопителя (d-500) с отверстием</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -5826,51 +5830,51 @@
             <t xml:space="preserve">
 Толщина, мм: 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1620.00</t>
+            <t xml:space="preserve">1652.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">163 HS \ Чаша накопителя (d-500) с отверстием наклонная</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.100.01.TL.TR</t>
           </r>
@@ -5894,101 +5898,101 @@
             <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1620.00</t>
+            <t xml:space="preserve">1652.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SKR 150 \ Разделитель чаши круглой d-500 мм (комплект)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.150.V3.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный акрил</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1990.00</t>
+            <t xml:space="preserve">2030.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -6016,51 +6020,51 @@
             <t xml:space="preserve">
 Примечание: возможна окраска по RAL.          Нагрузка на каждую чашу не более 3,5 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">890.00</t>
+            <t xml:space="preserve">908.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SKR 753 \ Держатель трех чаш</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6078,51 +6082,51 @@
             <t xml:space="preserve">
 Примечание: возможна окраска по RAL.          Нагрузка на каждую чашу не более 3,5 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">990.00</t>
+            <t xml:space="preserve">1010.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SKR 704 \ Держатель четырех чаш</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.4500.70-4.V2.0005.9</t>
           </r>
@@ -6138,51 +6142,51 @@
             <t xml:space="preserve">
 Примечание: возможна окраска по RAL.          Нагрузка на каждую чашу не более 3,5 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1090.00</t>
+            <t xml:space="preserve">1112.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SKR 754 \ Держатель четырех чаш</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6200,51 +6204,51 @@
             <t xml:space="preserve">
 Примечание: возможна окраска по RAL.          Нагрузка на каждую чашу не более 3,5 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1190.00</t>
+            <t xml:space="preserve">1214.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SKR 705 \ Держатель пяти чаш</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.4500.70-5.V2.0005.9</t>
           </r>
@@ -6260,51 +6264,51 @@
             <t xml:space="preserve">
 Примечание: возможна окраска по RAL.          Нагрузка на каждую чашу не более 3,5 кг</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1250.00</t>
+            <t xml:space="preserve">1275.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SKR 20 CH \ Стойка</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6322,51 +6326,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по RAL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1104.00</t>
+            <t xml:space="preserve">1126.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SKR 10 BL \ Стойка</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.4500.10.V2.9005.90</t>
           </r>
@@ -6382,51 +6386,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по RAL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">851.00</t>
+            <t xml:space="preserve">868.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SKR 40 CH \ Надставка стойки</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6444,51 +6448,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по RAL. Используется со стойками SKR 10 BL и SKR 20 CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1081.00</t>
+            <t xml:space="preserve">1103.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SKR 30 BL \ Надставка стойки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.4500.30.9005.90</t>
           </r>
@@ -6504,51 +6508,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по RAL. Используется со стойками SKR 10 BL и SKR 20 CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">782.00</t>
+            <t xml:space="preserve">798.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SKR 60 CH \ Надставка стойки</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6566,51 +6570,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по RAL. Используется со стойками SKR 10 BL и SKR 20 CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1369.00</t>
+            <t xml:space="preserve">1396.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SKR 50 BL \ Надставка стойки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.4500.50.9005.90</t>
           </r>
@@ -6626,51 +6630,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по RAL. Используется со стойками SKR 10 BL и SKR 20 CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1057.00</t>
+            <t xml:space="preserve">1078.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SKR 95 CH \ Стойка</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6692,51 +6696,51 @@
             <t xml:space="preserve">
 Примечание: возможна окраска по RAL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1199.00</t>
+            <t xml:space="preserve">1223.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SKR 85 BL \ Стойка</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.4500.85.V2.9005.90</t>
           </r>
@@ -6756,113 +6760,117 @@
             <t xml:space="preserve">
 Примечание: возможна окраска по RAL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1199.00</t>
+            <t xml:space="preserve">1223.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SKR 90 CH \ Стойка</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.4500.90.V2.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 50</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: возможна окраска по RAL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
+Скидка: Нет</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1299.00</t>
+            <t xml:space="preserve">1325.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SKR 80 BL \ Стойка</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.4500.80.V2.9005.90</t>
           </r>
@@ -6882,51 +6890,51 @@
             <t xml:space="preserve">
 Примечание: возможна окраска по RAL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Нет</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1299.00</t>
+            <t xml:space="preserve">1325.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SKR-OS 400 BL \ Основание круглое, плоское (d-400мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6936,51 +6944,51 @@
             <t xml:space="preserve">
 Цвет: черный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр основания, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1390.00</t>
+            <t xml:space="preserve">1418.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -6996,51 +7004,51 @@
             <t xml:space="preserve">
 Цвет: под хром глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: отверстие необходимо для удобного закручивания держателя. Возможна окраска по RAL.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">201.00</t>
+            <t xml:space="preserve">205.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7058,51 +7066,51 @@
             <t xml:space="preserve">
 Цвет: черный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: отверстие необходимо для удобного закручивания держателя. Возможна окраска по RAL.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">201.00</t>
+            <t xml:space="preserve">205.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7118,51 +7126,51 @@
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">64.40</t>
+            <t xml:space="preserve">65.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7180,51 +7188,51 @@
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">80.50</t>
+            <t xml:space="preserve">82.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7240,51 +7248,51 @@
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">105.00</t>
+            <t xml:space="preserve">107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7302,51 +7310,51 @@
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">137.00</t>
+            <t xml:space="preserve">140.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7362,51 +7370,51 @@
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">161.00</t>
+            <t xml:space="preserve">164.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7542,51 +7550,51 @@
             <t xml:space="preserve">
 Артикул: DT.009.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер информационного поля: А4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">56.00</t>
+            <t xml:space="preserve">57.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -7602,51 +7610,51 @@
             <t xml:space="preserve">
 Артикул: DT.010.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер информационного поля: А4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">56.00</t>
+            <t xml:space="preserve">57.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -7664,51 +7672,51 @@
             <t xml:space="preserve">
 Артикул: DT.002.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер информационного поля: A4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23.00</t>
+            <t xml:space="preserve">23.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -7732,51 +7740,51 @@
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 2346 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1999.00</t>
+            <t xml:space="preserve">2039.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7790,51 +7798,51 @@
             <t xml:space="preserve">
 Цвет: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">345.00</t>
+            <t xml:space="preserve">352.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -7854,51 +7862,51 @@
             <t xml:space="preserve">
 Высота, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">119.00</t>
+            <t xml:space="preserve">121.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -7912,184 +7920,184 @@
             <t xml:space="preserve">
 Цвет: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">362.00</t>
+            <t xml:space="preserve">369.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
-[...11 lines deleted...]
-Высота, мм: 800</t>
+            <t xml:space="preserve">P 162 \ Подставка настольная для чаши d-300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.113.9016.90</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 220</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">380.00</t>
+            <t xml:space="preserve">716.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P 162 \ Подставка настольная для чаши d-300</t>
-[...19 lines deleted...]
-Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
+            <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.201.800.RD</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: красный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">702.00</t>
+            <t xml:space="preserve">388.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S162 \ Держатель-струбцина для чаши</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.365.9016.80-95</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -8102,51 +8110,51 @@
             <t xml:space="preserve">
 Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Максимальная толщина полки, мм: 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">299.00</t>
+            <t xml:space="preserve">305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S161 \ Держатель-струбцина для чаши</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8164,51 +8172,51 @@
             <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Максимальная толщина полки, мм: 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">276.00</t>
+            <t xml:space="preserve">282.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>