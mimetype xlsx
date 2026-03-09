--- v2 (2026-01-23)
+++ v3 (2026-03-09)
@@ -15,3026 +15,3616 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Накопители с пластиковыми чашами</t>
   </si>
   <si>
     <t xml:space="preserve">Накопители с чашами пластиковыми для распродаж – конструктор для создания накопителей. С помощью элементов торгового оборудования данной серии можно собрать множество различных накопителей с разными характеристиками: одно- и многоуровневые, вместительные накопители с большими чашами d-500мм для крупных товаров и с маленькими чашами d-200 мм и d-300 мм для более мелких изделий. Разборная конструкция накопителя делает его удобным при хранении и транспортировке.
 Полусферы пластиковые прозрачные или чаши накопителя для распродаж устанавливаются на стойки. Также их можно дополнить надставками стоек и различными держателями чаш. Все элементы имеют несколько вариантов размеров. Стандартные металлические изделия представлены в цветах черный глянец и хром. Под заказ они могут покрашены в любой цвет по RAL.
 Вы можете купить стойки для распродаж в виде готовых сборок, либо же приобрести отдельно элементы и собрать накопители с необходимым набором характеристик торгового оборудования.
 </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">244А \  Накопитель 244А</t>
-[...11 lines deleted...]
-Высота, мм: 750</t>
+      <t xml:space="preserve">SKR 500 BL \ Накопитель</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.500.3.32.BL.MU.TR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный муар/прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 810</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3670.00</t>
+      <t xml:space="preserve">3682.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4500 \ Накопитель 4500</t>
-[...11 lines deleted...]
-Высота, мм: 850</t>
+      <t xml:space="preserve">SKR 500 TLBL \ Накопитель наклонный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.500.3.32.TL.BL.MU.TR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный муар/прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3938.00</t>
+      <t xml:space="preserve">3682.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4500 \ Накопитель 4500 наклонный</t>
-[...11 lines deleted...]
-Высота, мм: 1000</t>
+      <t xml:space="preserve">SKR 500 WH \ Накопитель</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.500.3.32.WH.MU.TR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый муар/прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 810</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3938.00</t>
+      <t xml:space="preserve">3682.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">903 \ Накопитель 903</t>
-[...11 lines deleted...]
-Высота, мм: 1180</t>
+      <t xml:space="preserve">SKR 500 TLWH \ Накопитель наклонный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.500.3.32.TL.WH.MU.TR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый муар/прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Высота указана без информационного держателя</t>
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5668.09</t>
+      <t xml:space="preserve">3682.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">904 \Накопитель 904</t>
-[...3 lines deleted...]
-Артикул: SKR.904.BL</t>
+      <t xml:space="preserve">4500 \ Накопитель 4500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.330.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 1280</t>
+Высота, мм: 850</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Высота указана без информационного держателя</t>
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8814.19</t>
+      <t xml:space="preserve">3938.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">902 \ Накопитель 902</t>
-[...3 lines deleted...]
-Артикул: SKR.902.BL</t>
+      <t xml:space="preserve">4500 \ Накопитель 4500 наклонный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.330.TL.BL</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 1520</t>
+Высота, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: Высота указана без информационного держателя</t>
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8477.79</t>
+      <t xml:space="preserve">3938.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">901 \ Накопитель 901</t>
-[...11 lines deleted...]
-Высота, мм: 1420</t>
+      <t xml:space="preserve">244А \  Накопитель 244А</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.244A.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 750</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8979.00</t>
+      <t xml:space="preserve">3670.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">900 \ Накопитель 900</t>
-[...15 lines deleted...]
-Примечание: Высота указана без информационного держателя</t>
+      <t xml:space="preserve">SKR 500 MDF \ Накопитель с опорой из ЛМДФ</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.500.MDF.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый/прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 760</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 530</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">8875.79</t>
+      <t xml:space="preserve">3521.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">161 \ Полусфера пластиковая – чаша накопителя (d-200 мм)</t>
-[...27 lines deleted...]
-Примечание: отлично держит форму, не деформируется</t>
+      <t xml:space="preserve">903 \ Накопитель 903</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.903.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1180</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Высота указана без информационного держателя</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">211.00</t>
+      <t xml:space="preserve">5668.09</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">162 \ Полусфера пластиковая – чаша накопителя  (d-300 мм)</t>
-[...31 lines deleted...]
-Старая цена: 349 руб.</t>
+      <t xml:space="preserve">904 \Накопитель 904</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.904.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1280</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Высота указана без информационного держателя</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">284.00</t>
+      <t xml:space="preserve">8814.19</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">163 \ Полусфера пластиковая – чаша накопителя (d-500 мм)</t>
-[...11 lines deleted...]
-Материал: поликарбонат</t>
+      <t xml:space="preserve">902 \ Накопитель 902</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.902.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1520</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
-Толщина, мм: 3</t>
-[...3 lines deleted...]
-Примечание: отлично держит форму, не деформируется</t>
+Примечание: Высота указана без информационного держателя</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1631.00</t>
+      <t xml:space="preserve">8477.79</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">162 HD \ Чаша накопителя (d-300) с отверстием</t>
-[...23 lines deleted...]
-Примечание: отлично держит форму, не деформируется</t>
+      <t xml:space="preserve">901 \ Накопитель 901</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.901.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">511.00</t>
+      <t xml:space="preserve">8979.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">163 HD \ Чаша накопителя (d-500) с отверстием</t>
-[...23 lines deleted...]
-Примечание: отлично держит форму, не деформируется</t>
+      <t xml:space="preserve">900 \ Накопитель 900</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.900.BL</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1560</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Высота указана без информационного держателя</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1652.00</t>
+      <t xml:space="preserve">8875.79</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">163 HS \ Чаша накопителя (d-500) с отверстием наклонная</t>
-[...19 lines deleted...]
-Толщина, мм: 3</t>
+      <t xml:space="preserve">161 \ Полусфера пластиковая – чаша накопителя (d-200 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.096.TR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: ударопрочный полистирол</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Толщина, мм: 2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
-Собственное производство: Да</t>
-[...6 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1652.00</t>
+      <t xml:space="preserve">211.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SKR 150 \ Разделитель чаши круглой d-500 мм (комплект)</t>
-[...11 lines deleted...]
-Собственное производство: Да</t>
+      <t xml:space="preserve">162 \ Полусфера пластиковая – чаша накопителя  (d-300 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.365.TR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: ударопрочный полистирол</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Толщина, мм: 2,5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: отлично держит форму, не деформируется</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 355 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2030.00</t>
+      <t xml:space="preserve">284.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...10 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SKR 703 \ Держатель трех чаш</t>
-[...23 lines deleted...]
-Скидка: Нет</t>
+      <t xml:space="preserve">162 HD \ Чаша накопителя (d-300) с отверстием</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.300.01.TR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: ударопрочный полистирол</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Толщина, мм: 2,5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: отлично держит форму, не деформируется</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">908.00</t>
+      <t xml:space="preserve">511.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SKR 753 \ Держатель трех чаш</t>
-[...23 lines deleted...]
-Скидка: Нет</t>
+      <t xml:space="preserve">163 \ Полусфера пластиковая – чаша накопителя (d-500 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.095.TR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: поликарбонат</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Толщина, мм: 3</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1010.00</t>
+      <t xml:space="preserve">1631.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SKR 704 \ Держатель четырех чаш</t>
-[...23 lines deleted...]
-Скидка: Нет</t>
+      <t xml:space="preserve">163 HD \ Чаша накопителя (d-500) с отверстием</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.100.01.TR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный акрил</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: поликарбонат</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Толщина, мм: 3</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: отлично держит форму, не деформируется</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1112.00</t>
+      <t xml:space="preserve">1652.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SKR 754 \ Держатель четырех чаш</t>
-[...23 lines deleted...]
-Скидка: Нет</t>
+      <t xml:space="preserve">163 HS \ Чаша накопителя (d-500) с отверстием наклонная</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.100.01.TL.TR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный акрил</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: поликарбонат</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Толщина, мм: 3</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: отлично держит форму, не деформируется</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1214.00</t>
+      <t xml:space="preserve">1652.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SKR 705 \ Держатель пяти чаш</t>
-[...23 lines deleted...]
-Скидка: Нет</t>
+      <t xml:space="preserve">SKR 150 \ Разделитель чаши круглой d-500 мм (комплект)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.150.V3.TR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный акрил</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1275.00</t>
+      <t xml:space="preserve">2030.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SKR 20 CH \ Стойка</t>
-[...19 lines deleted...]
-Примечание: возможна окраска по RAL</t>
+      <t xml:space="preserve">SKR 703 \ Держатель трех чаш</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.4500.70.V2.0005.90</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: под хром глянец</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.). Нагрузка на каждую чашу не более 3,5 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1126.00</t>
+      <t xml:space="preserve">908.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SKR 10 BL \ Стойка</t>
-[...19 lines deleted...]
-Примечание: возможна окраска по RAL</t>
+      <t xml:space="preserve">SKR 753 \ Держатель трех чаш</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.4500.75.V2.0005.90</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: под хром глянец</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.). Нагрузка на каждую чашу не более 3,5 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">868.00</t>
+      <t xml:space="preserve">1010.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SKR 40 CH \ Надставка стойки</t>
-[...19 lines deleted...]
-Примечание: возможна окраска по RAL. Используется со стойками SKR 10 BL и SKR 20 CH</t>
+      <t xml:space="preserve">SKR 704 \ Держатель четырех чаш</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.4500.70-4.V2.0005.9</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: под хром глянец</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.). Нагрузка на каждую чашу не более 3,5 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1103.00</t>
+      <t xml:space="preserve">1112.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SKR 30 BL \ Надставка стойки</t>
-[...19 lines deleted...]
-Примечание: возможна окраска по RAL. Используется со стойками SKR 10 BL и SKR 20 CH</t>
+      <t xml:space="preserve">SKR 754 \ Держатель четырех чаш</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.4500.75-4.V2.0005.9</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: под хром глянец</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.). Нагрузка на каждую чашу не более 3,5 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">798.00</t>
+      <t xml:space="preserve">1214.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SKR 60 CH \ Надставка стойки</t>
-[...19 lines deleted...]
-Примечание: возможна окраска по RAL. Используется со стойками SKR 10 BL и SKR 20 CH</t>
+      <t xml:space="preserve">SKR 705 \ Держатель пяти чаш</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.4500.70-5.V2.0005.9</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: под хром глянец</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.). Нагрузка на каждую чашу не более 3,5 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1396.00</t>
+      <t xml:space="preserve">1275.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SKR 50 BL \ Надставка стойки</t>
-[...19 lines deleted...]
-Примечание: возможна окраска по RAL. Используется со стойками SKR 10 BL и SKR 20 CH</t>
+      <t xml:space="preserve">SKR-OS 400.3 BL \ Основание круглое, плоское</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.OS.400.3.22450.4N100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный муар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Толщина, мм: 3</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: металл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20шт.). В комплект входят фетровые подпятники. Используется совместно с полусферой SKR.100.01.TR и стойкой SKR.4500.10.32.22450.4N100.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1078.00</t>
+      <t xml:space="preserve">1320.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SKR 95 CH \ Стойка</t>
-[...27 lines deleted...]
-Скидка: Нет</t>
+      <t xml:space="preserve">SKR-OS 400.3 WH \ Основание круглое, плоское</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.OS.400.3.9016.MU25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый муар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Толщина, мм: 3</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: металл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.). В комплект входят фетровые подпятники. Используется совместно с полусферой SKR.100.01.TR и стойкой SKR.4500.10.32.9016.MU25.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1223.00</t>
+      <t xml:space="preserve">1320.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SKR 85 BL \ Стойка</t>
-[...3 lines deleted...]
-Артикул: SKR.4500.85.V2.9005.90</t>
+      <t xml:space="preserve">SKR-OS 400 BL \ Основание круглое, плоское (d-400мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.OS.400.9005.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 1200</t>
-[...15 lines deleted...]
-Скидка: Нет</t>
+Диаметр, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Толщина, мм: 4</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1223.00</t>
+      <t xml:space="preserve">1418.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SKR 90 CH \ Стойка</t>
-[...27 lines deleted...]
-Скидка: Нет</t>
+      <t xml:space="preserve">SKR 10.32 BL \ Стойка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.4500.10.32.22450.4N100</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный муар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 560</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 32</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: металл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.). В комплект входит крепеж и ключ. Используется совместно с полусферами SKR.100.01.TR и SKR.100.01.TL.TR, а также с основанием SKR.OS.400.3.22450.4N100.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1325.00</t>
+      <t xml:space="preserve">710.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SKR 80 BL \ Стойка</t>
-[...27 lines deleted...]
-Скидка: Нет</t>
+      <t xml:space="preserve">SKR 10.32 WH \ Стойка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.4500.10.32.9016.MU25</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый муар</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 560</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 32</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: металл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.). В комплект входит крепеж и ключ. Используется совместно с полусферами  SKR.100.01.TR и SKR.100.01.TL.TR, а также с основанием SKR.OS.400.3.9016.MU25.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1325.00</t>
+      <t xml:space="preserve">710.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SKR-OS 400 BL \ Основание круглое, плоское (d-400мм)</t>
-[...15 lines deleted...]
-Толщина, мм: 4</t>
+      <t xml:space="preserve">SKR 20 CH \ Стойка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.4500.20.V2.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 560</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.).</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1418.00</t>
+      <t xml:space="preserve">1126.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SKR 101 \ Держатель трубки рекламной рамки</t>
-[...11 lines deleted...]
-Примечание: отверстие необходимо для удобного закручивания держателя. Возможна окраска по RAL.</t>
+      <t xml:space="preserve">SKR 10 BL \ Стойка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.4500.10.V2.9005.90</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный глянец</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 560</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.).</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">205.00</t>
+      <t xml:space="preserve">868.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SKR 101 BL \ Держатель трубки рекламной рамки</t>
-[...11 lines deleted...]
-Примечание: отверстие необходимо для удобного закручивания держателя. Возможна окраска по RAL.</t>
+      <t xml:space="preserve">SKR 40 CH \ Надставка стойки</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.4500.40.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.). Используется со стойками SKR 10 BL и SKR 20 CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">205.00</t>
+      <t xml:space="preserve">1103.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">IT-300 \ Трубка</t>
-[...15 lines deleted...]
-Диаметр, мм: 10</t>
+      <t xml:space="preserve">SKR 30 BL \ Надставка стойки</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.4500.30.9005.90</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный глянец</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.). Используется со стойками SKR 10 BL и SKR 20 CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">65.70</t>
+      <t xml:space="preserve">798.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">IT-500 \ Трубка</t>
-[...15 lines deleted...]
-Диаметр, мм: 10</t>
+      <t xml:space="preserve">SKR 60 CH \ Надставка стойки</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.4500.60.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 900</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.). Используется со стойками SKR 10 BL и SKR 20 CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">82.10</t>
+      <t xml:space="preserve">1396.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">IT-800 \ Трубка</t>
-[...15 lines deleted...]
-Диаметр, мм: 10</t>
+      <t xml:space="preserve">SKR 50 BL \ Надставка стойки</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.4500.50.9005.90</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный глянец</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 900</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.). Используется со стойками SKR 10 BL и SKR 20 CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">107.00</t>
+      <t xml:space="preserve">1078.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">IT-1200 \ Трубка</t>
-[...15 lines deleted...]
-Диаметр, мм: 10</t>
+      <t xml:space="preserve">SKR 95 CH \ Стойка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.4500.95.V2.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">140.00</t>
+      <t xml:space="preserve">1223.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">IT-1500 \ Трубка</t>
-[...15 lines deleted...]
-Диаметр, мм: 10</t>
+      <t xml:space="preserve">SKR 85 BL \ Стойка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.4500.85.V2.9005.90</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный глянец</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">164.00</t>
+      <t xml:space="preserve">1223.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SXT317 RD \ Т-держатель рамки</t>
-[...11 lines deleted...]
-Примечание: для трубки д-10мм</t>
+      <t xml:space="preserve">SKR 90 CH \ Стойка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.4500.90.V2.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.49</t>
+      <t xml:space="preserve">1325.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...10 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SXT317 TR \ Т-держатель рамки</t>
-[...11 lines deleted...]
-Примечание: для трубки д-10мм</t>
+      <t xml:space="preserve">SKR 80 BL \ Стойка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.4500.80.V2.9005.90</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный глянец</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 50</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22.00</t>
+      <t xml:space="preserve">1325.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...10 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ST15–А4RD \ Рамка</t>
-[...11 lines deleted...]
-Размер информационного поля: А4</t>
+      <t xml:space="preserve">SKR 101 \ Держатель трубки рекламной рамки</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.101.00.0005.90</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: под хром глянец</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Отверстие необходимо для удобного закручивания держателя. Возможна окраска по RAL (от 20 шт.).</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">57.10</t>
+      <t xml:space="preserve">205.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ST15–А4ТR \ Рамка</t>
-[...11 lines deleted...]
-Размер информационного поля: А4</t>
+      <t xml:space="preserve">SKR 101 BL \ Держатель трубки рекламной рамки</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.101.00.9005.90</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: черный глянец</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Отверстие необходимо для удобного закручивания держателя. Возможна окраска по RAL (от 20 шт.).</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">57.10</t>
+      <t xml:space="preserve">205.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SD4-A4 \ Протектор для рамки</t>
-[...11 lines deleted...]
-Размер информационного поля: A4</t>
+      <t xml:space="preserve">IT-300 \ Трубка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.10.300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: металл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23.50</t>
+      <t xml:space="preserve">65.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">244 (А) \ Каркас накопителя</t>
-[...19 lines deleted...]
-Старая цена: 2346 руб.</t>
+      <t xml:space="preserve">IT-500 \ Трубка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.10.500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: металл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2039.00</t>
+      <t xml:space="preserve">82.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
-[...11 lines deleted...]
-Высота, мм: 400</t>
+      <t xml:space="preserve">IT-800 \ Трубка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.10.800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: металл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">352.00</t>
+      <t xml:space="preserve">107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Н 161 \ Подставка настольная для чаши d-200</t>
-[...19 lines deleted...]
-Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
+      <t xml:space="preserve">IT-1200 \ Трубка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.10.1200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: металл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 1200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">121.00</t>
+      <t xml:space="preserve">140.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
-[...11 lines deleted...]
-Высота, мм: 600</t>
+      <t xml:space="preserve">IT-1500 \ Трубка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.10.1500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: металл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 1500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">369.00</t>
+      <t xml:space="preserve">164.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">P 162 \ Подставка настольная для чаши d-300</t>
-[...23 lines deleted...]
-Собственное производство: Да</t>
+      <t xml:space="preserve">SD4-A4 \ Протектор для рамки</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.002.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Размер информационного поля: A4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">716.00</t>
+      <t xml:space="preserve">23.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
-[...3 lines deleted...]
-Артикул: SKR.201.800.RD</t>
+      <t xml:space="preserve">ST15–А4RD \ Рамка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.009.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 800</t>
-[...3 lines deleted...]
-Собственное производство: Да</t>
+Размер информационного поля: А4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">388.00</t>
+      <t xml:space="preserve">57.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">S162 \ Держатель-струбцина для чаши</t>
-[...23 lines deleted...]
-Максимальная толщина полки, мм: 45</t>
+      <t xml:space="preserve">ST15–А4ТR \ Рамка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.010.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Размер информационного поля: А4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">305.00</t>
+      <t xml:space="preserve">57.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
+      <t xml:space="preserve">SXT317 RD \ Т-держатель рамки</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HETA006000460010RD00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: красный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: для трубки д-10мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цена: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">28.49</t>
+    </r>
+    <r>
+      <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="10"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">SXT317 TR \ Т-держатель рамки</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HETA006000460010TR00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: для трубки д-10мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цена: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">22.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="10"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">P 163 \ Опора чаши d-500мм из ламинированного МДФ</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.163.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 530</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 760</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: каркас - ЛМДФ, ножки - сталь</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: В комплект входят металлические защитные отбойники. Используется с полусферой SKR.095.TR (полусфера в комплект не входит).</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цена: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">1890.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve"> руб.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="10"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">244 (А) \ Каркас накопителя</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: K.SKR.002.0000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 750</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Используется с чашей SKR.095.TR (чаша в комплект не входит)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 2398 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цена: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2039.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve"> руб.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="10"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.201.400.RD</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: красный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цена: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">352.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="10"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.201.600.RD</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: красный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 600</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цена: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">369.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="10"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.201.800.RD</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: красный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цена: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">388.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="10"/>
+        <u val="none"/>
+      </rPr>
       <t xml:space="preserve">S161 \ Держатель-струбцина для чаши</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.364.9016.80-95</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Максимальная толщина полки, мм: 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">282.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve"> руб.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="10"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">S162 \ Держатель-струбцина для чаши</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.365.9016.80-95</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый глянец</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Максимальная толщина полки, мм: 45</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цена: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">305.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve"> руб.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="10"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Н 161 \ Подставка настольная для чаши d-200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.097.ZN</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: цинк</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Используется с чашей SKR.096.TR (чаша в комплект не входит)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цена: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">121.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Arial"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="10"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">P 162 \ Подставка настольная для чаши d-300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.113.9016.90</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый глянец</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: металл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 220</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Используется с чашей SKR.365.TR (чаша в комплект не входит)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цена: </t>
+    </r>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="true"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">716.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -3094,51 +3684,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37a5051a_e654_11e7_b78c_0025902b3cc1_244_l_1_2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1774b3b_7345_11e5_81c1_0025902b3cc1_B0BC5CED_0BAC_49D1_8342_9F2F066DB5AB3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5798b70_7347_11e5_81c1_0025902b3cc1_SKR_330_TL_BL4.JPG"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c0e5c4e_734a_11e5_81c1_0025902b3cc1_SKR_903_CH5.JPG"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acd78100_734c_11e5_81c1_0025902b3cc1_SKR_904_CH_chern6.JPG"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68f46a0d_734e_11e5_81c1_0025902b3cc1_SKR_902_CH7.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a9d53d0_734d_11e5_81c1_0025902b3cc1_SKR_901_CH8.JPG"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/085c9ce8_734a_11e5_81c1_0025902b3cc1_SKR_900_CH9.JPG"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab243_b38e_11e0_a476_003048f27c5f_49334838_895A_48D5_B3D4_DF9225A7D5BF10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae517e28_2c3d_11e4_9ca4_0025902b3cc1_D0046A5E_6BDE_4A22_99CF_37DBCFA1F55611.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab23e_b38e_11e0_a476_003048f27c5f_E02CA846_2D8F_4259_B7A0_F6D0710F608012.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69984443_6e34_11e4_a300_0025902b3cc1_FF316579_8AC7_4DCD_AAFD_18C773E8655E13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6b2c6a_0a59_11e3_b453_0025902b3cc1_E73F0DCC_5750_46ED_A974_D2BD4DC02DCD14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcd9631b_c2e6_11e2_b453_0025902b3cc1_71BFDAD2_A02B_4F15_A914_894C6DA59B3615.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fa7ce89_8f81_11e6_9c74_0025902b3cc0_0BBB355A_175C_4F5F_9849_42EC39DF478A16.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7036714e_9765_11e5_a43a_0025902b3cc1_79E45234_D926_4B27_8FF2_06CD73B915C317.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb497036_9765_11e5_a43a_0025902b3cc1_A1201C5A_5558_4923_A5A0_D9AC583B549918.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c7b88e0_9765_11e5_a43a_0025902b3cc1_F465DD8A_8455_42B7_BBE5_0BE27B05187219.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04589ee4_9766_11e5_a43a_0025902b3cc1_F1EB0735_73E7_4F62_B83B_2E88218D2BE420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb5d8505_9765_11e5_a43a_0025902b3cc1_B2F0E055_0C6E_4F93_B7BA_1F786E06E2A821.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14756c93_9ce7_11e6_9f4a_0025902b3cc0_D6D04962_567D_42B4_B110_F06ADD2D4BE922.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b880737_9d11_11e6_9f4a_0025902b3cc0_2439252B_7BA1_4132_AAAB_6CC1DD6D776123.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd3b8d84_6c71_11e3_baa0_0025902b3cc1_2C1F4680_E726_4253_8316_82A85FE02C4324.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c14282e_4318_11e4_9ca4_0025902b3cc1_B8CDD980_83BD_435F_980E_A2AAB2BA539D25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebf7659e_6c71_11e3_baa0_0025902b3cc1_6FB29B5C_5536_4DBA_AEE9_7610376C17CE26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d0e94a_bc05_11e4_afdc_0025902b3cc1_F90DAE14_74C3_4078_AE09_41CA9DC1443827.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ba02500_857a_11e6_9c74_0025902b3cc0_SKR_4500_95_V2_CH28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf945402_9d11_11e6_9f4a_0025902b3cc0_66E64043_A666_4C7C_8E63_3F2FDEEFA61229.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f645d911_9ce7_11e6_9f4a_0025902b3cc0_9171559F_4E59_4C43_AFA1_CFB6F6C4E77130.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91353071_9d11_11e6_9f4a_0025902b3cc0_60E1ED26_46D5_4F3F_9A14_14C5DCCB36C531.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/527661f8_29f6_11ee_907c_ac1f6b40b531_SKROS40090059032.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2451bd_4d3e_11e4_9ca4_0025902b3cc1_DBA2B7AE_CD77_49D7_B429_F2A00529522333.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc3c542f_59ec_11e4_a300_0025902b3cc1_DA24C031_4F36_47BA_A4C2_CD003E2AC69134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2359b961_09a5_11e0_99a4_003048f27c5f_4D0CEE1F_C56C_4548_A09D_66677ECA39F835.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0179_13e9_11e0_99a4_003048f27c5f_298F072E_D601_4C9B_8A7F_7C91386B20E036.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ac219c8_35b1_11e0_af9a_d3dd3d98c32b_A1224806_1052_46E5_860B_312E057368F937.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116f3_0100_11e0_b16f_003048d0c7fe_32C48CE7_E932_42C3_96BD_7FBB25C48B0D38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a4ce6_3b26_11e0_83b2_003048f27c5f_F5A39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896b721a_7cd6_11e2_952b_0025902b3cc1_B7221859_05BF_4931_9B8D_767D8364FE8940.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cadf817_89e9_11e1_8376_0025902b3cc1_80D01D20_3E7F_4AC0_8197_7A7B2C2C6CF341.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116e8_0100_11e0_b16f_003048d0c7fe_761F196E_CD65_433C_8BD2_D5D5B6D6D08042.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed83b75_0ac9_11e5_a10e_0025902b3cc1_5E9296FE_6115_4FF6_9922_F01ED97CE3C743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116de_0100_11e0_b16f_003048d0c7fe_5E3B8037_91B8_40C1_84AD_D1E2975B1F9B44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/668144aa_5cd5_11e0_afc8_003048f27c5f_F6F4DB3E_D020_421B_8717_9417E15EDB2245.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68859c5a_f29e_11e2_b453_0025902b3cc1_1AC5DE42_3C50_4711_B34F_7451CA2B88A246.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/919252d3_f9fe_11e0_833e_003048f27c5f_83E8DA4A_3546_4BBC_8505_2C5BD0ED8B5247.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b89dcca_f29e_11e2_b453_0025902b3cc1_E66C7A67_3C13_4E46_825C_1DC3BA6C99B148.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5d93a73_3b5f_11e5_a10e_0025902b3cc1_6C501BE6_9CF5_4214_B4A7_BAC13E31922449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adcf62aa_f29e_11e2_b453_0025902b3cc1_565674B6_30FE_459A_8971_DF9A7ABC93BC50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8333eb6f_d9f2_11e4_afdc_0025902b3cc1_F9ECA8CD_31C5_4AE1_AD5B_37532C7291E551.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6afdac9e_68dc_11e5_a10e_0025902b3cc1_944AA5E1_B003_43E0_AD15_74E003ED895C52.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61785262_ff5d_11ef_8ec3_0050569cf81d_SKR-500-3-32-BL-MU-TR-12.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ce4f42_c918_11f0_8ec3_0050569cf81d_SKR-500-3-32-TL-BL-MU-TR-13.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c84528d5_ff5d_11ef_8ec3_0050569cf81d_SKR-500-3-32-WH-MU-TR-14.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d09a85d0_c919_11f0_8ec3_0050569cf81d_SKR-500-3-32-TL-WH-MU-TR-15.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1774b3b_7345_11e5_81c1_0025902b3cc1_B0BC5CED_0BAC_49D1_8342_9F2F066DB5AB6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5798b70_7347_11e5_81c1_0025902b3cc1_SKR_330_TL_BL7.JPG"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37a5051a_e654_11e7_b78c_0025902b3cc1_244_l_1_8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ccc791d_ff5e_11ef_8ec3_0050569cf81d_SKR-500-MDF-WH9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c0e5c4e_734a_11e5_81c1_0025902b3cc1_SKR_903_CH10.JPG"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acd78100_734c_11e5_81c1_0025902b3cc1_SKR_904_CH_chern11.JPG"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68f46a0d_734e_11e5_81c1_0025902b3cc1_SKR_902_CH12.JPG"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a9d53d0_734d_11e5_81c1_0025902b3cc1_SKR_901_CH13.JPG"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/085c9ce8_734a_11e5_81c1_0025902b3cc1_SKR_900_CH14.JPG"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab243_b38e_11e0_a476_003048f27c5f_49334838_895A_48D5_B3D4_DF9225A7D5BF15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae517e28_2c3d_11e4_9ca4_0025902b3cc1_D0046A5E_6BDE_4A22_99CF_37DBCFA1F55616.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69984443_6e34_11e4_a300_0025902b3cc1_FF316579_8AC7_4DCD_AAFD_18C773E8655E17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab23e_b38e_11e0_a476_003048f27c5f_E02CA846_2D8F_4259_B7A0_F6D0710F608018.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6b2c6a_0a59_11e3_b453_0025902b3cc1_E73F0DCC_5750_46ED_A974_D2BD4DC02DCD19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcd9631b_c2e6_11e2_b453_0025902b3cc1_71BFDAD2_A02B_4F15_A914_894C6DA59B3620.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fa7ce89_8f81_11e6_9c74_0025902b3cc0_0BBB355A_175C_4F5F_9849_42EC39DF478A21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7036714e_9765_11e5_a43a_0025902b3cc1_79E45234_D926_4B27_8FF2_06CD73B915C322.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb497036_9765_11e5_a43a_0025902b3cc1_A1201C5A_5558_4923_A5A0_D9AC583B549923.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c7b88e0_9765_11e5_a43a_0025902b3cc1_F465DD8A_8455_42B7_BBE5_0BE27B05187224.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04589ee4_9766_11e5_a43a_0025902b3cc1_F1EB0735_73E7_4F62_B83B_2E88218D2BE425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb5d8505_9765_11e5_a43a_0025902b3cc1_B2F0E055_0C6E_4F93_B7BA_1F786E06E2A826.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e29e57fe_562a_11ef_8a3e_0050569cf81d_SKR-OS-400-3-22450-4N100-227.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8697c722_3aa5_11ef_a821_0050569cf81d_SKR-OS-400-3-9016-MU25-228.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/527661f8_29f6_11ee_907c_ac1f6b40b531_SKROS40090059029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c430b0e3_562a_11ef_8a3e_0050569cf81d_SKR-4500-10-32-22450-4N100-230.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afbfd0c4_3aa5_11ef_a821_0050569cf81d_SKR_4500_10_32_9016_MU25_231.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14756c93_9ce7_11e6_9f4a_0025902b3cc0_D6D04962_567D_42B4_B110_F06ADD2D4BE932.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b880737_9d11_11e6_9f4a_0025902b3cc0_2439252B_7BA1_4132_AAAB_6CC1DD6D776133.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd3b8d84_6c71_11e3_baa0_0025902b3cc1_2C1F4680_E726_4253_8316_82A85FE02C4334.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c14282e_4318_11e4_9ca4_0025902b3cc1_B8CDD980_83BD_435F_980E_A2AAB2BA539D35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebf7659e_6c71_11e3_baa0_0025902b3cc1_6FB29B5C_5536_4DBA_AEE9_7610376C17CE36.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d0e94a_bc05_11e4_afdc_0025902b3cc1_F90DAE14_74C3_4078_AE09_41CA9DC1443837.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ba02500_857a_11e6_9c74_0025902b3cc0_SKR_4500_95_V2_CH38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf945402_9d11_11e6_9f4a_0025902b3cc0_66E64043_A666_4C7C_8E63_3F2FDEEFA61239.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f645d911_9ce7_11e6_9f4a_0025902b3cc0_9171559F_4E59_4C43_AFA1_CFB6F6C4E77140.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91353071_9d11_11e6_9f4a_0025902b3cc0_60E1ED26_46D5_4F3F_9A14_14C5DCCB36C541.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b2451bd_4d3e_11e4_9ca4_0025902b3cc1_DBA2B7AE_CD77_49D7_B429_F2A00529522342.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc3c542f_59ec_11e4_a300_0025902b3cc1_DA24C031_4F36_47BA_A4C2_CD003E2AC69143.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2359b961_09a5_11e0_99a4_003048f27c5f_4D0CEE1F_C56C_4548_A09D_66677ECA39F844.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0179_13e9_11e0_99a4_003048f27c5f_298F072E_D601_4C9B_8A7F_7C91386B20E045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ac219c8_35b1_11e0_af9a_d3dd3d98c32b_A1224806_1052_46E5_860B_312E057368F946.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116f3_0100_11e0_b16f_003048d0c7fe_32C48CE7_E932_42C3_96BD_7FBB25C48B0D47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a4ce6_3b26_11e0_83b2_003048f27c5f_F5A48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116de_0100_11e0_b16f_003048d0c7fe_5E3B8037_91B8_40C1_84AD_D1E2975B1F9B49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116e8_0100_11e0_b16f_003048d0c7fe_761F196E_CD65_433C_8BD2_D5D5B6D6D08050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed83b75_0ac9_11e5_a10e_0025902b3cc1_5E9296FE_6115_4FF6_9922_F01ED97CE3C751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896b721a_7cd6_11e2_952b_0025902b3cc1_B7221859_05BF_4931_9B8D_767D8364FE8952.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cadf817_89e9_11e1_8376_0025902b3cc1_80D01D20_3E7F_4AC0_8197_7A7B2C2C6CF353.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c57a45b9_ef2e_11ed_907c_ac1f6b40b531_SKR-163-WH54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/668144aa_5cd5_11e0_afc8_003048f27c5f_F6F4DB3E_D020_421B_8717_9417E15EDB2255.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68859c5a_f29e_11e2_b453_0025902b3cc1_1AC5DE42_3C50_4711_B34F_7451CA2B88A256.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b89dcca_f29e_11e2_b453_0025902b3cc1_E66C7A67_3C13_4E46_825C_1DC3BA6C99B157.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adcf62aa_f29e_11e2_b453_0025902b3cc1_565674B6_30FE_459A_8971_DF9A7ABC93BC58.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6afdac9e_68dc_11e5_a10e_0025902b3cc1_944AA5E1_B003_43E0_AD15_74E003ED895C59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8333eb6f_d9f2_11e4_afdc_0025902b3cc1_F9ECA8CD_31C5_4AE1_AD5B_37532C7291E560.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/919252d3_f9fe_11e0_833e_003048f27c5f_83E8DA4A_3546_4BBC_8505_2C5BD0ED8B5261.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5d93a73_3b5f_11e5_a10e_0025902b3cc1_6C501BE6_9CF5_4214_B4A7_BAC13E31922462.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3166,51 +3756,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="552450" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -3256,51 +3846,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="552450" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -3586,351 +4176,351 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="342900"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="342900"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="409575"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="409575"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="400050"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="476250" cy="952500"/>
+    <xdr:ext cx="857250" cy="342900"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="476250" cy="952500"/>
+    <xdr:ext cx="857250" cy="342900"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="476250" cy="952500"/>
+    <xdr:ext cx="857250" cy="409575"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="476250" cy="952500"/>
+    <xdr:ext cx="857250" cy="409575"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="476250" cy="952500"/>
+    <xdr:ext cx="857250" cy="400050"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="476250" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -3946,291 +4536,291 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="476250" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="29" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="476250" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="476250" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="476250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="32" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="476250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="33" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="476250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="476250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="476250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="476250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -4246,111 +4836,111 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="476250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="39" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="476250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="40" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="476250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
@@ -4426,141 +5016,141 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="638175" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="457200" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="46" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="609600" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="47" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="457200" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -4576,51 +5166,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="457200" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="50" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -4646,50 +5236,350 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="52" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="638175" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="457200" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="457200" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="457200" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="609600" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4956,54 +5846,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z32"/>
+  <dimension ref="A1:Z37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B32" sqref="B32"/>
+      <selection activeCell="B37" sqref="B37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
@@ -5038,3185 +5928,3815 @@
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">244А \  Накопитель 244А</t>
-[...11 lines deleted...]
-Высота, мм: 750</t>
+            <t xml:space="preserve">SKR 500 BL \ Накопитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.500.3.32.BL.MU.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар/прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 810</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3670.00</t>
+            <t xml:space="preserve">3682.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4500 \ Накопитель 4500</t>
-[...11 lines deleted...]
-Высота, мм: 850</t>
+            <t xml:space="preserve">SKR 500 TLBL \ Накопитель наклонный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.500.3.32.TL.BL.MU.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар/прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3938.00</t>
+            <t xml:space="preserve">3682.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4500 \ Накопитель 4500 наклонный</t>
-[...11 lines deleted...]
-Высота, мм: 1000</t>
+            <t xml:space="preserve">SKR 500 WH \ Накопитель</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.500.3.32.WH.MU.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый муар/прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 810</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3938.00</t>
+            <t xml:space="preserve">3682.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">903 \ Накопитель 903</t>
-[...11 lines deleted...]
-Высота, мм: 1180</t>
+            <t xml:space="preserve">SKR 500 TLWH \ Накопитель наклонный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.500.3.32.TL.WH.MU.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый муар/прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Высота указана без информационного держателя</t>
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5668.09</t>
+            <t xml:space="preserve">3682.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">904 \Накопитель 904</t>
-[...3 lines deleted...]
-Артикул: SKR.904.BL</t>
+            <t xml:space="preserve">4500 \ Накопитель 4500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.330.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 1280</t>
+Высота, мм: 850</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Высота указана без информационного держателя</t>
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8814.19</t>
+            <t xml:space="preserve">3938.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">902 \ Накопитель 902</t>
-[...3 lines deleted...]
-Артикул: SKR.902.BL</t>
+            <t xml:space="preserve">4500 \ Накопитель 4500 наклонный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.330.TL.BL</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 1520</t>
+Высота, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: Высота указана без информационного держателя</t>
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8477.79</t>
+            <t xml:space="preserve">3938.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">901 \ Накопитель 901</t>
-[...11 lines deleted...]
-Высота, мм: 1420</t>
+            <t xml:space="preserve">244А \  Накопитель 244А</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.244A.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 750</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8979.00</t>
+            <t xml:space="preserve">3670.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">900 \ Накопитель 900</t>
-[...15 lines deleted...]
-Примечание: Высота указана без информационного держателя</t>
+            <t xml:space="preserve">SKR 500 MDF \ Накопитель с опорой из ЛМДФ</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.500.MDF.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый/прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 760</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 530</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">8875.79</t>
+            <t xml:space="preserve">3521.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">161 \ Полусфера пластиковая – чаша накопителя (d-200 мм)</t>
-[...27 lines deleted...]
-Примечание: отлично держит форму, не деформируется</t>
+            <t xml:space="preserve">903 \ Накопитель 903</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.903.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1180</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Высота указана без информационного держателя</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">211.00</t>
+            <t xml:space="preserve">5668.09</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">162 \ Полусфера пластиковая – чаша накопителя  (d-300 мм)</t>
-[...31 lines deleted...]
-Старая цена: 349 руб.</t>
+            <t xml:space="preserve">904 \Накопитель 904</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.904.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1280</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Высота указана без информационного держателя</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">284.00</t>
+            <t xml:space="preserve">8814.19</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">163 \ Полусфера пластиковая – чаша накопителя (d-500 мм)</t>
-[...11 lines deleted...]
-Материал: поликарбонат</t>
+            <t xml:space="preserve">902 \ Накопитель 902</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.902.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1520</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
-Толщина, мм: 3</t>
-[...3 lines deleted...]
-Примечание: отлично держит форму, не деформируется</t>
+Примечание: Высота указана без информационного держателя</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1631.00</t>
+            <t xml:space="preserve">8477.79</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">162 HD \ Чаша накопителя (d-300) с отверстием</t>
-[...23 lines deleted...]
-Примечание: отлично держит форму, не деформируется</t>
+            <t xml:space="preserve">901 \ Накопитель 901</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.901.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">511.00</t>
+            <t xml:space="preserve">8979.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">163 HD \ Чаша накопителя (d-500) с отверстием</t>
-[...23 lines deleted...]
-Примечание: отлично держит форму, не деформируется</t>
+            <t xml:space="preserve">900 \ Накопитель 900</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.900.BL</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1560</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Высота указана без информационного держателя</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1652.00</t>
+            <t xml:space="preserve">8875.79</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">163 HS \ Чаша накопителя (d-500) с отверстием наклонная</t>
-[...19 lines deleted...]
-Толщина, мм: 3</t>
+            <t xml:space="preserve">161 \ Полусфера пластиковая – чаша накопителя (d-200 мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.096.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: ударопрочный полистирол</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
-Собственное производство: Да</t>
-[...6 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1652.00</t>
+            <t xml:space="preserve">211.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SKR 150 \ Разделитель чаши круглой d-500 мм (комплект)</t>
-[...11 lines deleted...]
-Собственное производство: Да</t>
+            <t xml:space="preserve">162 \ Полусфера пластиковая – чаша накопителя  (d-300 мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.365.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: ударопрочный полистирол</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 2,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: отлично держит форму, не деформируется</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 355 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2030.00</t>
+            <t xml:space="preserve">284.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...10 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SKR 703 \ Держатель трех чаш</t>
-[...23 lines deleted...]
-Скидка: Нет</t>
+            <t xml:space="preserve">162 HD \ Чаша накопителя (d-300) с отверстием</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.300.01.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: ударопрочный полистирол</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 2,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: отлично держит форму, не деформируется</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">908.00</t>
+            <t xml:space="preserve">511.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SKR 753 \ Держатель трех чаш</t>
-[...23 lines deleted...]
-Скидка: Нет</t>
+            <t xml:space="preserve">163 \ Полусфера пластиковая – чаша накопителя (d-500 мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.095.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: поликарбонат</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 3</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1010.00</t>
+            <t xml:space="preserve">1631.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SKR 704 \ Держатель четырех чаш</t>
-[...23 lines deleted...]
-Скидка: Нет</t>
+            <t xml:space="preserve">163 HD \ Чаша накопителя (d-500) с отверстием</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.100.01.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный акрил</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: поликарбонат</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 3</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: отлично держит форму, не деформируется</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1112.00</t>
+            <t xml:space="preserve">1652.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SKR 754 \ Держатель четырех чаш</t>
-[...23 lines deleted...]
-Скидка: Нет</t>
+            <t xml:space="preserve">163 HS \ Чаша накопителя (d-500) с отверстием наклонная</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.100.01.TL.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный акрил</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: поликарбонат</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 3</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: отлично держит форму, не деформируется</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1214.00</t>
+            <t xml:space="preserve">1652.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SKR 705 \ Держатель пяти чаш</t>
-[...23 lines deleted...]
-Скидка: Нет</t>
+            <t xml:space="preserve">SKR 150 \ Разделитель чаши круглой d-500 мм (комплект)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.150.V3.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный акрил</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1275.00</t>
+            <t xml:space="preserve">2030.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SKR 20 CH \ Стойка</t>
-[...19 lines deleted...]
-Примечание: возможна окраска по RAL</t>
+            <t xml:space="preserve">SKR 703 \ Держатель трех чаш</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.4500.70.V2.0005.90</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: под хром глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.). Нагрузка на каждую чашу не более 3,5 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1126.00</t>
+            <t xml:space="preserve">908.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SKR 10 BL \ Стойка</t>
-[...19 lines deleted...]
-Примечание: возможна окраска по RAL</t>
+            <t xml:space="preserve">SKR 753 \ Держатель трех чаш</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.4500.75.V2.0005.90</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: под хром глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.). Нагрузка на каждую чашу не более 3,5 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">868.00</t>
+            <t xml:space="preserve">1010.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SKR 40 CH \ Надставка стойки</t>
-[...19 lines deleted...]
-Примечание: возможна окраска по RAL. Используется со стойками SKR 10 BL и SKR 20 CH</t>
+            <t xml:space="preserve">SKR 704 \ Держатель четырех чаш</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.4500.70-4.V2.0005.9</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: под хром глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.). Нагрузка на каждую чашу не более 3,5 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1103.00</t>
+            <t xml:space="preserve">1112.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SKR 30 BL \ Надставка стойки</t>
-[...19 lines deleted...]
-Примечание: возможна окраска по RAL. Используется со стойками SKR 10 BL и SKR 20 CH</t>
+            <t xml:space="preserve">SKR 754 \ Держатель четырех чаш</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.4500.75-4.V2.0005.9</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: под хром глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.). Нагрузка на каждую чашу не более 3,5 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">798.00</t>
+            <t xml:space="preserve">1214.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SKR 60 CH \ Надставка стойки</t>
-[...19 lines deleted...]
-Примечание: возможна окраска по RAL. Используется со стойками SKR 10 BL и SKR 20 CH</t>
+            <t xml:space="preserve">SKR 705 \ Держатель пяти чаш</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.4500.70-5.V2.0005.9</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: под хром глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.). Нагрузка на каждую чашу не более 3,5 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1396.00</t>
+            <t xml:space="preserve">1275.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SKR 50 BL \ Надставка стойки</t>
-[...19 lines deleted...]
-Примечание: возможна окраска по RAL. Используется со стойками SKR 10 BL и SKR 20 CH</t>
+            <t xml:space="preserve">SKR-OS 400.3 BL \ Основание круглое, плоское</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.OS.400.3.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 3</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20шт.). В комплект входят фетровые подпятники. Используется совместно с полусферой SKR.100.01.TR и стойкой SKR.4500.10.32.22450.4N100.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1078.00</t>
+            <t xml:space="preserve">1320.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SKR 95 CH \ Стойка</t>
-[...27 lines deleted...]
-Скидка: Нет</t>
+            <t xml:space="preserve">SKR-OS 400.3 WH \ Основание круглое, плоское</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.OS.400.3.9016.MU25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 3</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.). В комплект входят фетровые подпятники. Используется совместно с полусферой SKR.100.01.TR и стойкой SKR.4500.10.32.9016.MU25.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1223.00</t>
+            <t xml:space="preserve">1320.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SKR 85 BL \ Стойка</t>
-[...3 lines deleted...]
-Артикул: SKR.4500.85.V2.9005.90</t>
+            <t xml:space="preserve">SKR-OS 400 BL \ Основание круглое, плоское (d-400мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.OS.400.9005.90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: черный глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 1200</t>
-[...15 lines deleted...]
-Скидка: Нет</t>
+Диаметр, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 4</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1223.00</t>
+            <t xml:space="preserve">1418.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SKR 90 CH \ Стойка</t>
-[...27 lines deleted...]
-Скидка: Нет</t>
+            <t xml:space="preserve">SKR 10.32 BL \ Стойка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.4500.10.32.22450.4N100</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 560</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 32</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.). В комплект входит крепеж и ключ. Используется совместно с полусферами SKR.100.01.TR и SKR.100.01.TL.TR, а также с основанием SKR.OS.400.3.22450.4N100.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1325.00</t>
+            <t xml:space="preserve">710.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SKR 80 BL \ Стойка</t>
-[...27 lines deleted...]
-Скидка: Нет</t>
+            <t xml:space="preserve">SKR 10.32 WH \ Стойка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.4500.10.32.9016.MU25</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый муар</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 560</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 32</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.). В комплект входит крепеж и ключ. Используется совместно с полусферами  SKR.100.01.TR и SKR.100.01.TL.TR, а также с основанием SKR.OS.400.3.9016.MU25.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1325.00</t>
+            <t xml:space="preserve">710.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SKR-OS 400 BL \ Основание круглое, плоское (d-400мм)</t>
-[...15 lines deleted...]
-Толщина, мм: 4</t>
+            <t xml:space="preserve">SKR 20 CH \ Стойка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.4500.20.V2.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 560</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.).</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1418.00</t>
+            <t xml:space="preserve">1126.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SKR 101 \ Держатель трубки рекламной рамки</t>
-[...11 lines deleted...]
-Примечание: отверстие необходимо для удобного закручивания держателя. Возможна окраска по RAL.</t>
+            <t xml:space="preserve">SKR 10 BL \ Стойка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.4500.10.V2.9005.90</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 560</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.).</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">205.00</t>
+            <t xml:space="preserve">868.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SKR 101 BL \ Держатель трубки рекламной рамки</t>
-[...11 lines deleted...]
-Примечание: отверстие необходимо для удобного закручивания держателя. Возможна окраска по RAL.</t>
+            <t xml:space="preserve">SKR 40 CH \ Надставка стойки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.4500.40.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.). Используется со стойками SKR 10 BL и SKR 20 CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">205.00</t>
+            <t xml:space="preserve">1103.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">IT-300 \ Трубка</t>
-[...15 lines deleted...]
-Диаметр, мм: 10</t>
+            <t xml:space="preserve">SKR 30 BL \ Надставка стойки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.4500.30.9005.90</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.). Используется со стойками SKR 10 BL и SKR 20 CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">65.70</t>
+            <t xml:space="preserve">798.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">IT-500 \ Трубка</t>
-[...15 lines deleted...]
-Диаметр, мм: 10</t>
+            <t xml:space="preserve">SKR 60 CH \ Надставка стойки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.4500.60.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 900</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.). Используется со стойками SKR 10 BL и SKR 20 CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">82.10</t>
+            <t xml:space="preserve">1396.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">IT-800 \ Трубка</t>
-[...15 lines deleted...]
-Диаметр, мм: 10</t>
+            <t xml:space="preserve">SKR 50 BL \ Надставка стойки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.4500.50.9005.90</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 900</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.). Используется со стойками SKR 10 BL и SKR 20 CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">107.00</t>
+            <t xml:space="preserve">1078.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">IT-1200 \ Трубка</t>
-[...15 lines deleted...]
-Диаметр, мм: 10</t>
+            <t xml:space="preserve">SKR 95 CH \ Стойка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.4500.95.V2.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">140.00</t>
+            <t xml:space="preserve">1223.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">IT-1500 \ Трубка</t>
-[...15 lines deleted...]
-Диаметр, мм: 10</t>
+            <t xml:space="preserve">SKR 85 BL \ Стойка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.4500.85.V2.9005.90</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">164.00</t>
+            <t xml:space="preserve">1223.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SXT317 RD \ Т-держатель рамки</t>
-[...11 lines deleted...]
-Примечание: для трубки д-10мм</t>
+            <t xml:space="preserve">SKR 90 CH \ Стойка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.4500.90.V2.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.49</t>
+            <t xml:space="preserve">1325.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...10 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SXT317 TR \ Т-держатель рамки</t>
-[...11 lines deleted...]
-Примечание: для трубки д-10мм</t>
+            <t xml:space="preserve">SKR 80 BL \ Стойка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.4500.80.V2.9005.90</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 50</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Возможна окраска по RAL (от 20 шт.)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22.00</t>
+            <t xml:space="preserve">1325.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...10 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ST15–А4RD \ Рамка</t>
-[...11 lines deleted...]
-Размер информационного поля: А4</t>
+            <t xml:space="preserve">SKR 101 \ Держатель трубки рекламной рамки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.101.00.0005.90</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: под хром глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Отверстие необходимо для удобного закручивания держателя. Возможна окраска по RAL (от 20 шт.).</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">57.10</t>
+            <t xml:space="preserve">205.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ST15–А4ТR \ Рамка</t>
-[...11 lines deleted...]
-Размер информационного поля: А4</t>
+            <t xml:space="preserve">SKR 101 BL \ Держатель трубки рекламной рамки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.101.00.9005.90</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: черный глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Отверстие необходимо для удобного закручивания держателя. Возможна окраска по RAL (от 20 шт.).</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">57.10</t>
+            <t xml:space="preserve">205.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SD4-A4 \ Протектор для рамки</t>
-[...11 lines deleted...]
-Размер информационного поля: A4</t>
+            <t xml:space="preserve">IT-300 \ Трубка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.10.300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23.50</t>
+            <t xml:space="preserve">65.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">244 (А) \ Каркас накопителя</t>
-[...19 lines deleted...]
-Старая цена: 2346 руб.</t>
+            <t xml:space="preserve">IT-500 \ Трубка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.10.500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2039.00</t>
+            <t xml:space="preserve">82.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
-[...11 lines deleted...]
-Высота, мм: 400</t>
+            <t xml:space="preserve">IT-800 \ Трубка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.10.800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">352.00</t>
+            <t xml:space="preserve">107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Н 161 \ Подставка настольная для чаши d-200</t>
-[...19 lines deleted...]
-Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
+            <t xml:space="preserve">IT-1200 \ Трубка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.10.1200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 1200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">121.00</t>
+            <t xml:space="preserve">140.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
-[...11 lines deleted...]
-Высота, мм: 600</t>
+            <t xml:space="preserve">IT-1500 \ Трубка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.10.1500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 1500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">369.00</t>
+            <t xml:space="preserve">164.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P 162 \ Подставка настольная для чаши d-300</t>
-[...23 lines deleted...]
-Собственное производство: Да</t>
+            <t xml:space="preserve">SD4-A4 \ Протектор для рамки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.002.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Размер информационного поля: A4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">716.00</t>
+            <t xml:space="preserve">23.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
-[...3 lines deleted...]
-Артикул: SKR.201.800.RD</t>
+            <t xml:space="preserve">ST15–А4RD \ Рамка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.009.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 800</t>
-[...3 lines deleted...]
-Собственное производство: Да</t>
+Размер информационного поля: А4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">388.00</t>
+            <t xml:space="preserve">57.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S162 \ Держатель-струбцина для чаши</t>
-[...23 lines deleted...]
-Максимальная толщина полки, мм: 45</t>
+            <t xml:space="preserve">ST15–А4ТR \ Рамка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.010.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Размер информационного поля: А4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">305.00</t>
+            <t xml:space="preserve">57.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">SXT317 RD \ Т-держатель рамки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HETA006000460010RD00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: красный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для трубки д-10мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">28.49</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+        </is>
+      </c>
+      <c r="C32" s="4"/>
+      <c r="D32" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SXT317 TR \ Т-держатель рамки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HETA006000460010TR00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для трубки д-10мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">22.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="33" spans="1:26">
+      <c r="A33" s="4"/>
+      <c r="B33" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">P 163 \ Опора чаши d-500мм из ламинированного МДФ</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.163.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 530</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 760</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: каркас - ЛМДФ, ножки - сталь</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: В комплект входят металлические защитные отбойники. Используется с полусферой SKR.095.TR (полусфера в комплект не входит).</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">1890.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+      <c r="C33" s="4"/>
+      <c r="D33" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">244 (А) \ Каркас накопителя</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: K.SKR.002.0000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 750</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Используется с чашей SKR.095.TR (чаша в комплект не входит)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 2398 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2039.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="34" spans="1:26">
+      <c r="A34" s="4"/>
+      <c r="B34" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.201.400.RD</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: красный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">352.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+        </is>
+      </c>
+      <c r="C34" s="4"/>
+      <c r="D34" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.201.600.RD</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: красный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 600</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">369.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="35" spans="1:26">
+      <c r="A35" s="4"/>
+      <c r="B35" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.201.800.RD</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: красный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">388.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+        </is>
+      </c>
+      <c r="C35" s="4"/>
+      <c r="D35" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">S161 \ Держатель-струбцина для чаши</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.364.9016.80-95</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Максимальная толщина полки, мм: 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">282.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="36" spans="1:26">
+      <c r="A36" s="4"/>
+      <c r="B36" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">S162 \ Держатель-струбцина для чаши</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.365.9016.80-95</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Максимальная толщина полки, мм: 45</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">305.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+        </is>
+      </c>
+      <c r="C36" s="4"/>
+      <c r="D36" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Н 161 \ Подставка настольная для чаши d-200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.097.ZN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: цинк</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Используется с чашей SKR.096.TR (чаша в комплект не входит)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">121.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+        </is>
+      </c>
+    </row>
+    <row r="37" spans="1:26">
+      <c r="A37" s="4"/>
+      <c r="B37" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Arial"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="10"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">P 162 \ Подставка настольная для чаши d-300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.113.9016.90</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 220</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Используется с чашей SKR.365.TR (чаша в комплект не входит)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цена: </t>
+          </r>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="true"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">716.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>