--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13.03.2025</t>
+      <t xml:space="preserve">01.01.2026</t>
     </r>
   </si>
   <si>
     <t>Накопители настольные</t>
   </si>
   <si>
     <t xml:space="preserve">В нашем ассортименте накопители настольные представлены в виде полусфер пластиковых прозрачных диаметром 200 и 300 мм и оснований. Полусферы изготовлены из ударопрочного полистирола толщиной 2 мм, что делает их надежными и крепкими, устойчивыми к повреждениям и ударам. Основание у накопителя настольного бывает из оргстекла или металла. Возможно крепление к столешнице или к полке с держателем струбциной. Накопители настольные с чашами и полусферы на струбцине используются в торговых залах аптек, магазинов косметики.
 </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">161 \ Полусфера пластиковая – чаша накопителя (d-200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.096.TR</t>
@@ -98,51 +98,51 @@
       <t xml:space="preserve">
 Толщина, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">207.00</t>
+      <t xml:space="preserve">211.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S161 \ Держатель-струбцина для чаши</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.364.9016.80-95</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -155,51 +155,51 @@
       <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Максимальная толщина полки, мм: 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">276.00</t>
+      <t xml:space="preserve">282.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">S162 \ Держатель-струбцина для чаши</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.365.9016.80-95</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -212,51 +212,51 @@
       <t xml:space="preserve">
 Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Максимальная толщина полки, мм: 45</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">299.00</t>
+      <t xml:space="preserve">305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Н 161 \ Подставка настольная для чаши d-200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.097.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -265,51 +265,51 @@
       <t xml:space="preserve">
 Высота, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">119.00</t>
+      <t xml:space="preserve">121.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">162 \ Полусфера пластиковая – чаша накопителя  (d-300 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.365.TR</t>
@@ -334,51 +334,51 @@
       <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 349 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">278.00</t>
+      <t xml:space="preserve">284.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P 162 \ Подставка настольная для чаши d-300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.113.9016.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
@@ -391,51 +391,51 @@
       <t xml:space="preserve">
 Высота, мм: 220</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">702.00</t>
+      <t xml:space="preserve">716.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -1049,51 +1049,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13.03.2025</t>
+            <t xml:space="preserve">01.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -1133,51 +1133,51 @@
             <t xml:space="preserve">
 Толщина, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">207.00</t>
+            <t xml:space="preserve">211.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S161 \ Держатель-струбцина для чаши</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.364.9016.80-95</t>
           </r>
@@ -1193,51 +1193,51 @@
             <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Максимальная толщина полки, мм: 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">276.00</t>
+            <t xml:space="preserve">282.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S162 \ Держатель-струбцина для чаши</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -1255,51 +1255,51 @@
             <t xml:space="preserve">
 Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Максимальная толщина полки, мм: 45</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">299.00</t>
+            <t xml:space="preserve">305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Н 161 \ Подставка настольная для чаши d-200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.097.ZN</t>
           </r>
@@ -1311,51 +1311,51 @@
             <t xml:space="preserve">
 Высота, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">119.00</t>
+            <t xml:space="preserve">121.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -1385,51 +1385,51 @@
             <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 349 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">278.00</t>
+            <t xml:space="preserve">284.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P 162 \ Подставка настольная для чаши d-300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.113.9016.90</t>
           </r>
@@ -1445,51 +1445,51 @@
             <t xml:space="preserve">
 Высота, мм: 220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">702.00</t>
+            <t xml:space="preserve">716.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>