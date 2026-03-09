--- v1 (2026-01-23)
+++ v2 (2026-03-09)
@@ -249,51 +249,51 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Н 161 \ Подставка настольная для чаши d-200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.097.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
+Примечание: Используется с чашей SKR.096.TR (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">121.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
@@ -314,55 +314,51 @@
       <t xml:space="preserve">
 Артикул: SKR.365.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: ударопрочный полистирол</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 2,5</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 349 руб.</t>
+Старая цена: 355 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">284.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -371,51 +367,51 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P 162 \ Подставка настольная для чаши d-300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.113.9016.90</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый глянец</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 220</t>
     </r>
     <r>
       <t xml:space="preserve">
-Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
+Примечание: Используется с чашей SKR.365.TR (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">716.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
@@ -1295,51 +1291,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Н 161 \ Подставка настольная для чаши d-200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.097.ZN</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
+Примечание: Используется с чашей SKR.096.TR (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">121.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
@@ -1365,55 +1361,51 @@
             <t xml:space="preserve">
 Артикул: SKR.365.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: ударопрочный полистирол</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 2,5</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 349 руб.</t>
+Старая цена: 355 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">284.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
@@ -1425,51 +1417,51 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P 162 \ Подставка настольная для чаши d-300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.113.9016.90</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый глянец</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 220</t>
           </r>
           <r>
             <t xml:space="preserve">
-Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
+Примечание: Используется с чашей SKR.365.TR (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">716.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>