--- v0 (2025-12-05)
+++ v1 (2026-01-23)
@@ -33,51 +33,51 @@
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">19.04.2025</t>
+      <t xml:space="preserve">13.01.2026</t>
     </r>
   </si>
   <si>
     <t>Корзины для распродаж и накопители</t>
   </si>
   <si>
     <t>Лёгкие разборные стойки-накопители, корзины для распродаж напольные и корзинные стеллажи одинаково хороши как для торговли в помещениях, так и для выносной уличной торговли. Большой ассортимент, а также универсальность данной серии позволяют оборудовать ею магазины самого разного профиля.Также смотрите накопители с пластиковыми чашами.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3RDT448 \  Накопитель (с регулируемым дном) 400х400х800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.374.400x400.ZN</t>
     </r>
@@ -93,51 +93,51 @@
       <t xml:space="preserve">
 Ширина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина ячейки накопителя - 35мм. Накопитель укомплектован усиленным дном. Максимальная распределённая нагрузка – 40кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2079.00</t>
+      <t xml:space="preserve">2121.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Паллетное ограждение 1200х800 штабелируемое  (яч.65х65мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.006.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 800</t>
@@ -158,51 +158,51 @@
       <t xml:space="preserve">
 Цвет: цинк</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 8516 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7690.00</t>
+      <t xml:space="preserve">7844.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3RDTUS648 \ Накопитель (с регулируемым дном) 600х400х800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.374.600x400.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -215,51 +215,51 @@
       <t xml:space="preserve">
 Ширина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина ячейки накопителя - 35мм. Накопитель укомплектован усиленным дном. Максимальная распределённая нагрузка – 40кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2310.00</t>
+      <t xml:space="preserve">2356.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3RDTUS688 \  Накопитель (с регулируемым дном) 600х800х800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.374.600x800.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -272,51 +272,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина ячейки накопителя - 35мм. Накопитель укомплектован усиленным дном. Максимальная распределённая нагрузка – 40кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2680.00</t>
+      <t xml:space="preserve">2734.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3RDTUS668 \ Накопитель (с регулируемым дном) 600х600х800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.374.600x600.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -329,51 +329,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина ячейки накопителя - 35мм. Накопитель укомплектован усиленным дном. Максимальная распределённая нагрузка – 40кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2390.00</t>
+      <t xml:space="preserve">2438.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3rd 001-2 \ Накопитель (с регулируемым дном)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKRP.099.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -532,96 +532,96 @@
       <t xml:space="preserve">
  Дата и время: 06.08.2025</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 4300 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3880.00</t>
+      <t xml:space="preserve">3958.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3rd 001 \ Ценникодержатель для накопителей 3rd</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K2.SKR.069.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Высота над накопителем: 286 мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">199.00</t>
+      <t xml:space="preserve">203.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -662,51 +662,51 @@
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 8109 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6870.00</t>
+      <t xml:space="preserve">7007.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">G 2039 \ Накопитель (700х700х750мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKRP.065.02698.MGV13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром</t>
@@ -727,51 +727,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Макс. допустимая нагрузка, кг: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5299.00</t>
+      <t xml:space="preserve">5405.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">G 2039 \ Накопитель (700х700х750мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKRP.065.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -792,51 +792,51 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Макс. допустимая нагрузка, кг: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4890.00</t>
+      <t xml:space="preserve">4988.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">G 2039 \ Накопитель (700х700х750мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKRP.065.9016.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -857,100 +857,100 @@
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Макс. допустимая нагрузка, кг: 120</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5099.00</t>
+      <t xml:space="preserve">5201.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2039-01 \ Перегородка высокая для G 2039</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.085.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для организации 4-х ячеек в накопителе, как на изображении, необходимы высокая и низкая перегородки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">662.00</t>
+      <t xml:space="preserve">675.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2039-02  \ Перегородка низкая для G 2039</t>
@@ -963,51 +963,51 @@
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 390</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для организации 4-х ячеек в накопителе, как на изображении, необходимы высокая и низкая перегородки</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">662.00</t>
+      <t xml:space="preserve">675.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STS 087 \ Накопитель передвижной (950x650x190) h900</t>
@@ -1507,51 +1507,51 @@
       <t xml:space="preserve">
 Примечание: на фото с перегородкой 1288-8 SDR и надстройкой 1288-12 SDR (в комплект не входят)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 7850 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7109.00</t>
+      <t xml:space="preserve">7251.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">0888 SDR \ Стол для распродаж (накопитель) с регулируемым дном</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.369.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -1568,100 +1568,100 @@
       <t xml:space="preserve">
 Высота, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Нагрузка, кг: 250</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: на фото с перегородкой 1288-8 SDR и надстройкой 0888-08 SDR (в комплект не входят)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7090.00</t>
+      <t xml:space="preserve">7232.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1288-8 SDR \ Перегородка для стола для распродаж</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.108.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: подходит для стола 1288 SDR и 0888 SDR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">709.00</t>
+      <t xml:space="preserve">723.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">1288-12 SDR \ Надстройка для стола для распродаж</t>
@@ -1682,51 +1682,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стола 1288 SDR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2090.00</t>
+      <t xml:space="preserve">2132.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">0888-08 SDR \ Надстройка для стола для распродаж</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.370.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -1739,51 +1739,51 @@
       <t xml:space="preserve">
 Ширина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: для стола 0888 SDR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1890.00</t>
+      <t xml:space="preserve">1928.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">161 \ Полусфера пластиковая – чаша накопителя (d-200 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.096.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1800,51 +1800,51 @@
       <t xml:space="preserve">
 Толщина, мм: 2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">207.00</t>
+      <t xml:space="preserve">211.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">162 \ Полусфера пластиковая – чаша накопителя  (d-300 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.365.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1865,51 +1865,51 @@
       <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
 Скидка: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 349 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">278.00</t>
+      <t xml:space="preserve">284.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">163 \ Полусфера пластиковая – чаша накопителя (d-500 мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.095.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
@@ -1922,51 +1922,51 @@
       <t xml:space="preserve">
 Диаметр, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Толщина, мм: 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1599.00</t>
+      <t xml:space="preserve">1631.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">244 (А) \ Каркас накопителя</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: K.SKR.002.0000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
@@ -1975,51 +1975,51 @@
       <t xml:space="preserve">
 Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 2346 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1999.00</t>
+      <t xml:space="preserve">2039.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.201.400.RD</t>
@@ -2028,51 +2028,51 @@
       <t xml:space="preserve">
 Цвет: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">345.00</t>
+      <t xml:space="preserve">352.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
@@ -2085,51 +2085,51 @@
       <t xml:space="preserve">
 Цвет: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">362.00</t>
+      <t xml:space="preserve">369.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
@@ -2142,51 +2142,51 @@
       <t xml:space="preserve">
 Цвет: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">380.00</t>
+      <t xml:space="preserve">388.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">P 162 \ Подставка настольная для чаши d-300</t>
@@ -2207,51 +2207,51 @@
       <t xml:space="preserve">
 Высота, мм: 220</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">702.00</t>
+      <t xml:space="preserve">716.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Н 161 \ Подставка настольная для чаши d-200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.097.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -2260,51 +2260,51 @@
       <t xml:space="preserve">
 Высота, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">119.00</t>
+      <t xml:space="preserve">121.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TC 356 \ Стойка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.061.WH</t>
@@ -2317,51 +2317,51 @@
       <t xml:space="preserve">
 Глубина, мм: 420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Корзина, мм: 440х370</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5960.00</t>
+      <t xml:space="preserve">6079.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TC 357 \ Стойка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.062.WH</t>
@@ -2374,51 +2374,51 @@
       <t xml:space="preserve">
 Глубина, мм: 420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Корзина, мм: 580х230</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5740.00</t>
+      <t xml:space="preserve">5855.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TC 500 \ Стойка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.049.WH</t>
@@ -2439,51 +2439,51 @@
       <t xml:space="preserve">
 Глубина корзины, мм: 350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота корзины, мм: 130</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина корзины, мм: 460</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4660.00</t>
+      <t xml:space="preserve">4753.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">TC 197 \ Стеллаж</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.075.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -2492,51 +2492,51 @@
       <t xml:space="preserve">
 Глубина, мм: 430</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1630</t>
     </r>
     <r>
       <t xml:space="preserve">
 Корзина, мм: 530х430</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5300.00</t>
+      <t xml:space="preserve">5406.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ИП 60 \ Стеллаж</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.011.WH</t>
@@ -2553,51 +2553,51 @@
       <t xml:space="preserve">
 Высота, мм: 1800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: в комплекте 5 корзин, расстояние между корзинами 250мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Корзина, мм: 600х350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6380.00</t>
+      <t xml:space="preserve">6508.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Контейнер бытовой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.082.BU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: синий</t>
@@ -2610,51 +2610,51 @@
       <t xml:space="preserve">
 Ширина, мм: 540</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 240</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 корзину</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">769.00</t>
+      <t xml:space="preserve">784.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Контейнер бытовой</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.082.CRIMS</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: малиновый</t>
@@ -2667,51 +2667,51 @@
       <t xml:space="preserve">
 Ширина, мм: 540</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 240</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: цена за 1 корзину</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">769.00</t>
+      <t xml:space="preserve">784.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Контейнер разборный многоярусный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.093.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -2724,51 +2724,51 @@
       <t xml:space="preserve">
 Ширина, мм: 960</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1775</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Контейнер с шириной 600 мм поставляется под заказ от 20шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14300.00</t>
+      <t xml:space="preserve">14586.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Контейнер разборный многоярусный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.093.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
@@ -2781,51 +2781,51 @@
       <t xml:space="preserve">
 Ширина, мм: 960</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1775</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Контейнер с шириной 600 мм поставляется под заказ от 20шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14300.00</t>
+      <t xml:space="preserve">14586.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Контейнер разборный многоярусный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.361.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -2838,96 +2838,96 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1775</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Контейнер с шириной 600 мм поставляется под заказ от 20шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11900.00</t>
+      <t xml:space="preserve">12138.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Перегородка для контейнера КОШ</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.119.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 10 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">299.00</t>
+      <t xml:space="preserve">305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -2940,51 +2940,51 @@
       <t xml:space="preserve">
 Артикул: SKR.119.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Под заказ от 10 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">299.00</t>
+      <t xml:space="preserve">305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -3009,51 +3009,51 @@
       <t xml:space="preserve">
 Ширина, мм: 1000</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1510</t>
     </r>
     <r>
       <t xml:space="preserve">
 Картинка анонса: 8228762</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11100.00</t>
+      <t xml:space="preserve">11322.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KD-019 \ Стойка &amp;quot;Солнышко&amp;quot;</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.079.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром/черный</t>
@@ -3062,51 +3062,51 @@
       <t xml:space="preserve">
 Длина, мм: 830</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 830</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1560</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14439.00</t>
+      <t xml:space="preserve">14728.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KD-027 \ Стойка &amp;quot;Ротонат&amp;quot;</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.081.N.CH</t>
@@ -3119,51 +3119,51 @@
       <t xml:space="preserve">
 Длина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14892.00</t>
+      <t xml:space="preserve">15190.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">KD-032 \ Стойка &amp;quot;Рондо&amp;quot;</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.087.CH</t>
@@ -3176,100 +3176,100 @@
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1560</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11789.00</t>
+      <t xml:space="preserve">12025.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">ST15–А4RD \ Рамка</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DT.009.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер информационного поля: А4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">56.00</t>
+      <t xml:space="preserve">57.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -3282,51 +3282,51 @@
       <t xml:space="preserve">
 Артикул: DT.010.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер информационного поля: А4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">56.00</t>
+      <t xml:space="preserve">57.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -3339,51 +3339,51 @@
       <t xml:space="preserve">
 Артикул: DT.002.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Размер информационного поля: A4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23.00</t>
+      <t xml:space="preserve">23.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
@@ -3514,51 +3514,51 @@
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 300</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">64.40</t>
+      <t xml:space="preserve">65.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">IT-500 \ Трубка</t>
@@ -3571,51 +3571,51 @@
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">80.50</t>
+      <t xml:space="preserve">82.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">IT-800 \ Трубка</t>
@@ -3628,51 +3628,51 @@
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">105.00</t>
+      <t xml:space="preserve">107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">IT-1200 \ Трубка</t>
@@ -3685,226 +3685,226 @@
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">137.00</t>
+      <t xml:space="preserve">140.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Трубка для Т-держателя</t>
-[...19 lines deleted...]
-Примечание: диаметр внешний\внутренний. используется для соединения Т-держателя рамки SXT317T и держателя трубки с зажимом на трубу HEPC (SR-42)</t>
+      <t xml:space="preserve">IT-1500 \ Трубка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.10.1500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: металл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 1500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12.65</t>
+      <t xml:space="preserve">164.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">IT-1500 \ Трубка</t>
-[...3 lines deleted...]
-Артикул: DT.10.1500</t>
+      <t xml:space="preserve">Трубка телескопическая на корзину с Т-держателем рамки</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.014.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 350-550</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 10|12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 1500</t>
-[...3 lines deleted...]
-Диаметр, мм: 10</t>
+Примечание: Т держатель входит в комплект</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">161.00</t>
+      <t xml:space="preserve">186.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Трубка телескопическая на корзину с Т-держателем рамки</t>
-[...19 lines deleted...]
-Примечание: Т держатель входит в комплект</t>
+      <t xml:space="preserve">Трубка для Т-держателя</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HCAA006000100008AD00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: алюминий анодированный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 60</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 10|8</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: диаметр внешний\внутренний. используется для соединения Т-держателя рамки SXT317T и держателя трубки с зажимом на трубу HEPC (SR-42)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">186.00</t>
+      <t xml:space="preserve">12.65</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Держатель таблички с зажимом на трубу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DT.013.00</t>
@@ -3917,51 +3917,51 @@
       <t xml:space="preserve">
 Ширина, мм: 80</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 20-32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Крепится на торец полки, корзину толщиной до 25 мм. При креплении на трубу - максимальный Ø трубы - 32 мм. Толщина ценника или таблички - до 6 мм.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">65.00</t>
+      <t xml:space="preserve">66.30</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Держатель таблички с зажимом на трубу</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: DT.016.00</t>
@@ -3970,51 +3970,51 @@
       <t xml:space="preserve">
 Ширина, мм: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 20-32</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">172.00</t>
+      <t xml:space="preserve">175.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -4082,51 +4082,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ddd6f68_e97b_11ed_a27f_ac1f6b40b531_SKR374400x400ZN2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85dc6df4_dd72_11ef_8ec3_0050569cf81d_palletnoe-ograzhdenie-13.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe0c29c4_11ff_11ec_80bc_0025902b3cc1_600x4004.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b4f9288_e97b_11ed_a27f_ac1f6b40b531_600x8005.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55639e13_f61e_11ed_907c_ac1f6b40b531_600x6006.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2137369_6e6e_11e5_a10e_0025902b3cc1_4721376F_FF1E_44EC_9905_91822DF599FE7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33913d7a_9c84_11e4_afdc_0025902b3cc1_E893CB77_C4A5_4861_84A0_E665C798D6028.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaa28eef_dddd_11ed_bba1_ac1f6b40b531_SKR365NCH9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73ec4c68_d37d_11e0_a476_003048f27c5f_BC305B66_A224_49E4_8963_616E4CFBFE4D10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad9a_fdef_11df_b16f_003048d0c7fe_203911.JPG"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28552b08_adea_11ed_be80_ac1f6b40b531_SKRP065CH_212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e971ac9d_58f6_11ec_9747_ac1f6b40b531_SKRP065224504N10013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35b340dd_c6f0_11ed_a449_ac1f6b40b531_SKRP0659016MU14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cd09b8d_02ae_11e0_b16f_003048d0c7fe_BCFC4F14_E52C_43F0_8063_92EC426C561915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bbb1_246f_11e0_99a4_003048f27c5f_2F97192A_BFC2_4F70_AABF_2A4B3080D2B316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b5d954e_31d3_11ee_907c_ac1f6b40b531_SKR_b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa46cbf8_31d7_11ee_907c_ac1f6b40b531_SKR_x18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14170af8_31d7_11ee_907c_ac1f6b40b531_SKR_w19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd5017f8_3205_11ee_907c_ac1f6b40b531_SKR_b_220.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e62d25b8_31d7_11ee_907c_ac1f6b40b531_SKR_x_221.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f9692a_31d3_11ee_907c_ac1f6b40b531_SKR_w_222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a21ee09_035a_11e0_b16f_003048d0c7fe_994C2AAE_7C23_401E_AD92_B1406B6B77D623.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6f3bf23_ed7d_11e4_afdc_0025902b3cc1_53FEB4FD_F52F_41DA_BED8_C12DD8C8757024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa1f029a_297a_11e6_90be_0025902b3cc0_0888_SDR_kub25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c30fa792_ed7d_11e4_afdc_0025902b3cc1_6D6B5900_96C1_4614_93C3_01CB65E3A90A26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df2df163_ed7d_11e4_afdc_0025902b3cc1_1AB6F6FE_B1A4_47C0_B3B0_6060B99A789E27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e1d721_297a_11e6_90be_0025902b3cc0_8293630E_CA7D_433A_BD3E_AF0DB918D72728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab243_b38e_11e0_a476_003048f27c5f_49334838_895A_48D5_B3D4_DF9225A7D5BF29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae517e28_2c3d_11e4_9ca4_0025902b3cc1_D0046A5E_6BDE_4A22_99CF_37DBCFA1F55630.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab23e_b38e_11e0_a476_003048f27c5f_E02CA846_2D8F_4259_B7A0_F6D0710F608031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/668144aa_5cd5_11e0_afc8_003048f27c5f_F6F4DB3E_D020_421B_8717_9417E15EDB2232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68859c5a_f29e_11e2_b453_0025902b3cc1_1AC5DE42_3C50_4711_B34F_7451CA2B88A233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b89dcca_f29e_11e2_b453_0025902b3cc1_E66C7A67_3C13_4E46_825C_1DC3BA6C99B134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adcf62aa_f29e_11e2_b453_0025902b3cc1_565674B6_30FE_459A_8971_DF9A7ABC93BC35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5d93a73_3b5f_11e5_a10e_0025902b3cc1_6C501BE6_9CF5_4214_B4A7_BAC13E31922436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/919252d3_f9fe_11e0_833e_003048f27c5f_83E8DA4A_3546_4BBC_8505_2C5BD0ED8B5237.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f96f457c_068c_11e0_99a4_003048f27c5f_A9A8D223_B4FE_4411_A9B6_D51AD88BFDD638.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1123146_02ae_11e0_b16f_003048d0c7fe_5E88C667_5EBA_4295_B5C4_BC1DA75B404A39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1afb6c5d_0427_11e0_99a4_003048f27c5f_2E256154_0D04_4153_BC17_4D751117043040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4c5f0_fea3_11df_b16f_003048d0c7fe_C0EBC670_DD52_4AFF_BA26_12466CC60D6941.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294f8_fdef_11df_b16f_003048d0c7fe_ECC22C64_B776_42AB_98FD_6236662ABB2342.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bf7928a_fdef_11df_b16f_003048d0c7fe_9A64FB70_8204_4270_8ABF_EBE7D7E7E8DC43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e75db980_273e_11e6_90be_0025902b3cc0_C55A965D_E922_4811_BD62_1BDB1A8F380C44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaa94c79_29df_11e0_99a4_003048f27c5f_B607C2BE_7B7E_4963_A1FC_7476AC3FB2BD45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80b51549_fadf_11e0_833e_003048f27c5f_AB01E451_0DAE_4AB2_A8A1_C6837A0370F946.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43e272dc_1d99_11e2_99cf_0025902b3cc1_29294020_A6A9_4710_91DE_F6AFB3FB830B47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67c9594f_2e28_11e6_a1e2_0025902b3cc0_7A2CCAF0_63BE_44D5_941E_6FC32C6864B348.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43fcdc82_2e28_11e6_a1e2_0025902b3cc0_94A9E7C2_E713_46B0_A5AF_9C7EF548A3A349.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/353d969d_e767_11e5_ba27_0025902b3cc0_D1CD4D71_90F9_4BE6_BD51_8C1093E79F7F50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb1f_fea4_11df_b16f_003048d0c7fe_51E42A7E_B1A4_4F56_84B0_2F7A8A95AA7E51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34ddaa63_c395_11eb_80bc_0025902b3cc1_ccb0b502_0100_11e0_b16f_003048d0c7fe_k_027resize152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cd09b77_02ae_11e0_b16f_003048d0c7fe_84FCDEB1_E97B_4967_A6D6_655033C224F553.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116e8_0100_11e0_b16f_003048d0c7fe_761F196E_CD65_433C_8BD2_D5D5B6D6D08054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed83b75_0ac9_11e5_a10e_0025902b3cc1_5E9296FE_6115_4FF6_9922_F01ED97CE3C755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116de_0100_11e0_b16f_003048d0c7fe_5E3B8037_91B8_40C1_84AD_D1E2975B1F9B56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896b721a_7cd6_11e2_952b_0025902b3cc1_B7221859_05BF_4931_9B8D_767D8364FE8957.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cadf817_89e9_11e1_8376_0025902b3cc1_80D01D20_3E7F_4AC0_8197_7A7B2C2C6CF358.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2359b961_09a5_11e0_99a4_003048f27c5f_4D0CEE1F_C56C_4548_A09D_66677ECA39F859.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0179_13e9_11e0_99a4_003048f27c5f_298F072E_D601_4C9B_8A7F_7C91386B20E060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ac219c8_35b1_11e0_af9a_d3dd3d98c32b_A1224806_1052_46E5_860B_312E057368F961.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116f3_0100_11e0_b16f_003048d0c7fe_32C48CE7_E932_42C3_96BD_7FBB25C48B0D62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/872588e1_ec1a_11e1_a1fd_0025902b3cc1_E9D962CE_9549_46EC_96F2_F40C8732010F63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a4ce6_3b26_11e0_83b2_003048f27c5f_F5A64.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0272d0b1_8021_11e8_ade2_0025902b3cc1_465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cceb889d_4481_11e8_ade2_0025902b3cc1_DT_013_0066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4186f57_bfd7_11e8_a710_0025902b3cc1_111167.JPG"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ddd6f68_e97b_11ed_a27f_ac1f6b40b531_SKR374400x400ZN2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85dc6df4_dd72_11ef_8ec3_0050569cf81d_palletnoe-ograzhdenie-13.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe0c29c4_11ff_11ec_80bc_0025902b3cc1_600x4004.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b4f9288_e97b_11ed_a27f_ac1f6b40b531_600x8005.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55639e13_f61e_11ed_907c_ac1f6b40b531_600x6006.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2137369_6e6e_11e5_a10e_0025902b3cc1_4721376F_FF1E_44EC_9905_91822DF599FE7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33913d7a_9c84_11e4_afdc_0025902b3cc1_E893CB77_C4A5_4861_84A0_E665C798D6028.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaa28eef_dddd_11ed_bba1_ac1f6b40b531_SKR365NCH9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73ec4c68_d37d_11e0_a476_003048f27c5f_BC305B66_A224_49E4_8963_616E4CFBFE4D10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad9a_fdef_11df_b16f_003048d0c7fe_203911.JPG"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28552b08_adea_11ed_be80_ac1f6b40b531_SKRP065CH_212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e971ac9d_58f6_11ec_9747_ac1f6b40b531_SKRP065224504N10013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35b340dd_c6f0_11ed_a449_ac1f6b40b531_SKRP0659016MU14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cd09b8d_02ae_11e0_b16f_003048d0c7fe_BCFC4F14_E52C_43F0_8063_92EC426C561915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bbb1_246f_11e0_99a4_003048f27c5f_2F97192A_BFC2_4F70_AABF_2A4B3080D2B316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b5d954e_31d3_11ee_907c_ac1f6b40b531_SKR_b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa46cbf8_31d7_11ee_907c_ac1f6b40b531_SKR_x18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14170af8_31d7_11ee_907c_ac1f6b40b531_SKR_w19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd5017f8_3205_11ee_907c_ac1f6b40b531_SKR_b_220.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e62d25b8_31d7_11ee_907c_ac1f6b40b531_SKR_x_221.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f9692a_31d3_11ee_907c_ac1f6b40b531_SKR_w_222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a21ee09_035a_11e0_b16f_003048d0c7fe_994C2AAE_7C23_401E_AD92_B1406B6B77D623.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6f3bf23_ed7d_11e4_afdc_0025902b3cc1_53FEB4FD_F52F_41DA_BED8_C12DD8C8757024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa1f029a_297a_11e6_90be_0025902b3cc0_0888_SDR_kub25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c30fa792_ed7d_11e4_afdc_0025902b3cc1_6D6B5900_96C1_4614_93C3_01CB65E3A90A26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df2df163_ed7d_11e4_afdc_0025902b3cc1_1AB6F6FE_B1A4_47C0_B3B0_6060B99A789E27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e1d721_297a_11e6_90be_0025902b3cc0_8293630E_CA7D_433A_BD3E_AF0DB918D72728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab243_b38e_11e0_a476_003048f27c5f_49334838_895A_48D5_B3D4_DF9225A7D5BF29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae517e28_2c3d_11e4_9ca4_0025902b3cc1_D0046A5E_6BDE_4A22_99CF_37DBCFA1F55630.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab23e_b38e_11e0_a476_003048f27c5f_E02CA846_2D8F_4259_B7A0_F6D0710F608031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/668144aa_5cd5_11e0_afc8_003048f27c5f_F6F4DB3E_D020_421B_8717_9417E15EDB2232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68859c5a_f29e_11e2_b453_0025902b3cc1_1AC5DE42_3C50_4711_B34F_7451CA2B88A233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b89dcca_f29e_11e2_b453_0025902b3cc1_E66C7A67_3C13_4E46_825C_1DC3BA6C99B134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adcf62aa_f29e_11e2_b453_0025902b3cc1_565674B6_30FE_459A_8971_DF9A7ABC93BC35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5d93a73_3b5f_11e5_a10e_0025902b3cc1_6C501BE6_9CF5_4214_B4A7_BAC13E31922436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/919252d3_f9fe_11e0_833e_003048f27c5f_83E8DA4A_3546_4BBC_8505_2C5BD0ED8B5237.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f96f457c_068c_11e0_99a4_003048f27c5f_A9A8D223_B4FE_4411_A9B6_D51AD88BFDD638.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1123146_02ae_11e0_b16f_003048d0c7fe_5E88C667_5EBA_4295_B5C4_BC1DA75B404A39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1afb6c5d_0427_11e0_99a4_003048f27c5f_2E256154_0D04_4153_BC17_4D751117043040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4c5f0_fea3_11df_b16f_003048d0c7fe_C0EBC670_DD52_4AFF_BA26_12466CC60D6941.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294f8_fdef_11df_b16f_003048d0c7fe_ECC22C64_B776_42AB_98FD_6236662ABB2342.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bf7928a_fdef_11df_b16f_003048d0c7fe_9A64FB70_8204_4270_8ABF_EBE7D7E7E8DC43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e75db980_273e_11e6_90be_0025902b3cc0_C55A965D_E922_4811_BD62_1BDB1A8F380C44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaa94c79_29df_11e0_99a4_003048f27c5f_B607C2BE_7B7E_4963_A1FC_7476AC3FB2BD45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80b51549_fadf_11e0_833e_003048f27c5f_AB01E451_0DAE_4AB2_A8A1_C6837A0370F946.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43e272dc_1d99_11e2_99cf_0025902b3cc1_29294020_A6A9_4710_91DE_F6AFB3FB830B47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67c9594f_2e28_11e6_a1e2_0025902b3cc0_7A2CCAF0_63BE_44D5_941E_6FC32C6864B348.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43fcdc82_2e28_11e6_a1e2_0025902b3cc0_94A9E7C2_E713_46B0_A5AF_9C7EF548A3A349.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/353d969d_e767_11e5_ba27_0025902b3cc0_D1CD4D71_90F9_4BE6_BD51_8C1093E79F7F50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb1f_fea4_11df_b16f_003048d0c7fe_51E42A7E_B1A4_4F56_84B0_2F7A8A95AA7E51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34ddaa63_c395_11eb_80bc_0025902b3cc1_ccb0b502_0100_11e0_b16f_003048d0c7fe_k_027resize152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cd09b77_02ae_11e0_b16f_003048d0c7fe_84FCDEB1_E97B_4967_A6D6_655033C224F553.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116e8_0100_11e0_b16f_003048d0c7fe_761F196E_CD65_433C_8BD2_D5D5B6D6D08054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed83b75_0ac9_11e5_a10e_0025902b3cc1_5E9296FE_6115_4FF6_9922_F01ED97CE3C755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116de_0100_11e0_b16f_003048d0c7fe_5E3B8037_91B8_40C1_84AD_D1E2975B1F9B56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896b721a_7cd6_11e2_952b_0025902b3cc1_B7221859_05BF_4931_9B8D_767D8364FE8957.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cadf817_89e9_11e1_8376_0025902b3cc1_80D01D20_3E7F_4AC0_8197_7A7B2C2C6CF358.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2359b961_09a5_11e0_99a4_003048f27c5f_4D0CEE1F_C56C_4548_A09D_66677ECA39F859.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0179_13e9_11e0_99a4_003048f27c5f_298F072E_D601_4C9B_8A7F_7C91386B20E060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ac219c8_35b1_11e0_af9a_d3dd3d98c32b_A1224806_1052_46E5_860B_312E057368F961.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116f3_0100_11e0_b16f_003048d0c7fe_32C48CE7_E932_42C3_96BD_7FBB25C48B0D62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a4ce6_3b26_11e0_83b2_003048f27c5f_F5A63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0272d0b1_8021_11e8_ade2_0025902b3cc1_464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/872588e1_ec1a_11e1_a1fd_0025902b3cc1_E9D962CE_9549_46EC_96F2_F40C8732010F65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cceb889d_4481_11e8_ade2_0025902b3cc1_DT_013_0066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4186f57_bfd7_11e8_a710_0025902b3cc1_111167.JPG"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -6436,51 +6436,51 @@
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">19.04.2025</t>
+            <t xml:space="preserve">13.01.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
@@ -6516,51 +6516,51 @@
             <t xml:space="preserve">
 Ширина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина ячейки накопителя - 35мм. Накопитель укомплектован усиленным дном. Максимальная распределённая нагрузка – 40кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2079.00</t>
+            <t xml:space="preserve">2121.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Паллетное ограждение 1200х800 штабелируемое  (яч.65х65мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.006.ZN</t>
           </r>
@@ -6584,51 +6584,51 @@
             <t xml:space="preserve">
 Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 8516 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7690.00</t>
+            <t xml:space="preserve">7844.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3RDTUS648 \ Накопитель (с регулируемым дном) 600х400х800</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6646,51 +6646,51 @@
             <t xml:space="preserve">
 Ширина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина ячейки накопителя - 35мм. Накопитель укомплектован усиленным дном. Максимальная распределённая нагрузка – 40кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2310.00</t>
+            <t xml:space="preserve">2356.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3RDTUS688 \  Накопитель (с регулируемым дном) 600х800х800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.374.600x800.ZN</t>
           </r>
@@ -6706,51 +6706,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина ячейки накопителя - 35мм. Накопитель укомплектован усиленным дном. Максимальная распределённая нагрузка – 40кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2680.00</t>
+            <t xml:space="preserve">2734.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3RDTUS668 \ Накопитель (с регулируемым дном) 600х600х800</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6768,51 +6768,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина ячейки накопителя - 35мм. Накопитель укомплектован усиленным дном. Максимальная распределённая нагрузка – 40кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2390.00</t>
+            <t xml:space="preserve">2438.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3rd 001-2 \ Накопитель (с регулируемым дном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKRP.099.CH</t>
           </r>
@@ -6982,101 +6982,101 @@
             <t xml:space="preserve">
  Дата и время: 06.08.2025</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 4300 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3880.00</t>
+            <t xml:space="preserve">3958.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3rd 001 \ Ценникодержатель для накопителей 3rd</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: K2.SKR.069.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Высота над накопителем: 286 мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">199.00</t>
+            <t xml:space="preserve">203.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -7120,51 +7120,51 @@
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 8109 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6870.00</t>
+            <t xml:space="preserve">7007.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">G 2039 \ Накопитель (700х700х750мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7190,51 +7190,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Макс. допустимая нагрузка, кг: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5299.00</t>
+            <t xml:space="preserve">5405.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">G 2039 \ Накопитель (700х700х750мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKRP.065.22450.4N100</t>
           </r>
@@ -7258,51 +7258,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Макс. допустимая нагрузка, кг: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4890.00</t>
+            <t xml:space="preserve">4988.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">G 2039 \ Накопитель (700х700х750мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7328,51 +7328,51 @@
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Макс. допустимая нагрузка, кг: 120</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5099.00</t>
+            <t xml:space="preserve">5201.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2039-01 \ Перегородка высокая для G 2039</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.085.CH</t>
           </r>
@@ -7380,51 +7380,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для организации 4-х ячеек в накопителе, как на изображении, необходимы высокая и низкая перегородки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">662.00</t>
+            <t xml:space="preserve">675.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -7442,51 +7442,51 @@
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 390</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для организации 4-х ячеек в накопителе, как на изображении, необходимы высокая и низкая перегородки</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">662.00</t>
+            <t xml:space="preserve">675.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -8018,51 +8018,51 @@
             <t xml:space="preserve">
 Примечание: на фото с перегородкой 1288-8 SDR и надстройкой 1288-12 SDR (в комплект не входят)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 7850 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7109.00</t>
+            <t xml:space="preserve">7251.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0888 SDR \ Стол для распродаж (накопитель) с регулируемым дном</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.369.ZN</t>
           </r>
@@ -8082,51 +8082,51 @@
             <t xml:space="preserve">
 Высота, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Нагрузка, кг: 250</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: на фото с перегородкой 1288-8 SDR и надстройкой 0888-08 SDR (в комплект не входят)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7090.00</t>
+            <t xml:space="preserve">7232.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">1288-8 SDR \ Перегородка для стола для распродаж</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8136,51 +8136,51 @@
             <t xml:space="preserve">
 Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: подходит для стола 1288 SDR и 0888 SDR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">709.00</t>
+            <t xml:space="preserve">723.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -8204,51 +8204,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стола 1288 SDR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2090.00</t>
+            <t xml:space="preserve">2132.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">0888-08 SDR \ Надстройка для стола для распродаж</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8266,51 +8266,51 @@
             <t xml:space="preserve">
 Ширина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: для стола 0888 SDR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1890.00</t>
+            <t xml:space="preserve">1928.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">161 \ Полусфера пластиковая – чаша накопителя (d-200 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.096.TR</t>
           </r>
@@ -8330,51 +8330,51 @@
             <t xml:space="preserve">
 Толщина, мм: 2</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">207.00</t>
+            <t xml:space="preserve">211.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">162 \ Полусфера пластиковая – чаша накопителя  (d-300 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8400,51 +8400,51 @@
             <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
 Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 349 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">278.00</t>
+            <t xml:space="preserve">284.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">163 \ Полусфера пластиковая – чаша накопителя (d-500 мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.095.TR</t>
           </r>
@@ -8460,51 +8460,51 @@
             <t xml:space="preserve">
 Диаметр, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Толщина, мм: 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1599.00</t>
+            <t xml:space="preserve">1631.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">244 (А) \ Каркас накопителя</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -8518,51 +8518,51 @@
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 2346 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1999.00</t>
+            <t xml:space="preserve">2039.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
           </r>
@@ -8574,51 +8574,51 @@
             <t xml:space="preserve">
 Цвет: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">345.00</t>
+            <t xml:space="preserve">352.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -8636,51 +8636,51 @@
             <t xml:space="preserve">
 Цвет: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">362.00</t>
+            <t xml:space="preserve">369.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -8696,51 +8696,51 @@
             <t xml:space="preserve">
 Цвет: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">380.00</t>
+            <t xml:space="preserve">388.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -8766,51 +8766,51 @@
             <t xml:space="preserve">
 Высота, мм: 220</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: используется с чашей 162 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">702.00</t>
+            <t xml:space="preserve">716.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Н 161 \ Подставка настольная для чаши d-200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.097.ZN</t>
           </r>
@@ -8822,51 +8822,51 @@
             <t xml:space="preserve">
 Высота, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">119.00</t>
+            <t xml:space="preserve">121.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -8884,51 +8884,51 @@
             <t xml:space="preserve">
 Глубина, мм: 420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Корзина, мм: 440х370</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5960.00</t>
+            <t xml:space="preserve">6079.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TC 357 \ Стойка</t>
           </r>
@@ -8944,51 +8944,51 @@
             <t xml:space="preserve">
 Глубина, мм: 420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Корзина, мм: 580х230</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5740.00</t>
+            <t xml:space="preserve">5855.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9014,51 +9014,51 @@
             <t xml:space="preserve">
 Глубина корзины, мм: 350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота корзины, мм: 130</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина корзины, мм: 460</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4660.00</t>
+            <t xml:space="preserve">4753.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">TC 197 \ Стеллаж</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.075.WH</t>
           </r>
@@ -9070,51 +9070,51 @@
             <t xml:space="preserve">
 Глубина, мм: 430</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1630</t>
           </r>
           <r>
             <t xml:space="preserve">
 Корзина, мм: 530х430</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5300.00</t>
+            <t xml:space="preserve">5406.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9136,51 +9136,51 @@
             <t xml:space="preserve">
 Высота, мм: 1800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: в комплекте 5 корзин, расстояние между корзинами 250мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Корзина, мм: 600х350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6380.00</t>
+            <t xml:space="preserve">6508.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Контейнер бытовой</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.082.BU</t>
           </r>
@@ -9196,51 +9196,51 @@
             <t xml:space="preserve">
 Ширина, мм: 540</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 240</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 корзину</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">769.00</t>
+            <t xml:space="preserve">784.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Контейнер бытовой</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9258,51 +9258,51 @@
             <t xml:space="preserve">
 Ширина, мм: 540</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 240</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: цена за 1 корзину</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">769.00</t>
+            <t xml:space="preserve">784.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Контейнер разборный многоярусный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.093.ZN</t>
           </r>
@@ -9318,51 +9318,51 @@
             <t xml:space="preserve">
 Ширина, мм: 960</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1775</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Контейнер с шириной 600 мм поставляется под заказ от 20шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14300.00</t>
+            <t xml:space="preserve">14586.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Контейнер разборный многоярусный</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -9380,51 +9380,51 @@
             <t xml:space="preserve">
 Ширина, мм: 960</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1775</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Контейнер с шириной 600 мм поставляется под заказ от 20шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14300.00</t>
+            <t xml:space="preserve">14586.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Контейнер разборный многоярусный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.361.ZN</t>
           </r>
@@ -9440,101 +9440,101 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1775</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Контейнер с шириной 600 мм поставляется под заказ от 20шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11900.00</t>
+            <t xml:space="preserve">12138.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Перегородка для контейнера КОШ</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.119.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 10 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">299.00</t>
+            <t xml:space="preserve">305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -9550,51 +9550,51 @@
             <t xml:space="preserve">
 Артикул: SKR.119.ZN</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Под заказ от 10 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">299.00</t>
+            <t xml:space="preserve">305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -9624,51 +9624,51 @@
             <t xml:space="preserve">
 Ширина, мм: 1000</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1510</t>
           </r>
           <r>
             <t xml:space="preserve">
 Картинка анонса: 8228762</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11100.00</t>
+            <t xml:space="preserve">11322.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">KD-019 \ Стойка &amp;quot;Солнышко&amp;quot;</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.079.CH</t>
           </r>
@@ -9680,51 +9680,51 @@
             <t xml:space="preserve">
 Длина, мм: 830</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 830</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1560</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14439.00</t>
+            <t xml:space="preserve">14728.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9742,51 +9742,51 @@
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14892.00</t>
+            <t xml:space="preserve">15190.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">KD-032 \ Стойка &amp;quot;Рондо&amp;quot;</t>
           </r>
@@ -9802,51 +9802,51 @@
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1560</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11789.00</t>
+            <t xml:space="preserve">12025.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -9856,51 +9856,51 @@
             <t xml:space="preserve">
 Артикул: DT.009.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер информационного поля: А4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">56.00</t>
+            <t xml:space="preserve">57.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -9916,51 +9916,51 @@
             <t xml:space="preserve">
 Артикул: DT.010.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер информационного поля: А4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">56.00</t>
+            <t xml:space="preserve">57.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -9978,51 +9978,51 @@
             <t xml:space="preserve">
 Артикул: DT.002.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Размер информационного поля: A4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23.00</t>
+            <t xml:space="preserve">23.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
@@ -10164,51 +10164,51 @@
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 300</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">64.40</t>
+            <t xml:space="preserve">65.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -10226,51 +10226,51 @@
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">80.50</t>
+            <t xml:space="preserve">82.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
@@ -10286,51 +10286,51 @@
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">105.00</t>
+            <t xml:space="preserve">107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
@@ -10348,237 +10348,237 @@
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">137.00</t>
+            <t xml:space="preserve">140.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Трубка для Т-держателя</t>
-[...19 lines deleted...]
-Примечание: диаметр внешний\внутренний. используется для соединения Т-держателя рамки SXT317T и держателя трубки с зажимом на трубу HEPC (SR-42)</t>
+            <t xml:space="preserve">IT-1500 \ Трубка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.10.1500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 1500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12.65</t>
+            <t xml:space="preserve">164.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">IT-1500 \ Трубка</t>
-[...3 lines deleted...]
-Артикул: DT.10.1500</t>
+            <t xml:space="preserve">Трубка телескопическая на корзину с Т-держателем рамки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.014.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 350-550</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 10|12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 1500</t>
-[...3 lines deleted...]
-Диаметр, мм: 10</t>
+Примечание: Т держатель входит в комплект</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">161.00</t>
+            <t xml:space="preserve">186.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Трубка телескопическая на корзину с Т-держателем рамки</t>
-[...19 lines deleted...]
-Примечание: Т держатель входит в комплект</t>
+            <t xml:space="preserve">Трубка для Т-держателя</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HCAA006000100008AD00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: алюминий анодированный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 60</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 10|8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: диаметр внешний\внутренний. используется для соединения Т-держателя рамки SXT317T и держателя трубки с зажимом на трубу HEPC (SR-42)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">186.00</t>
+            <t xml:space="preserve">12.65</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="4"/>
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
@@ -10596,51 +10596,51 @@
             <t xml:space="preserve">
 Ширина, мм: 80</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 20-32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Крепится на торец полки, корзину толщиной до 25 мм. При креплении на трубу - максимальный Ø трубы - 32 мм. Толщина ценника или таблички - до 6 мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">65.00</t>
+            <t xml:space="preserve">66.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C39" s="4"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Держатель таблички с зажимом на трубу</t>
           </r>
@@ -10652,51 +10652,51 @@
             <t xml:space="preserve">
 Ширина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 20-32</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">172.00</t>
+            <t xml:space="preserve">175.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:D1"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>