--- v1 (2026-01-23)
+++ v2 (2026-03-12)
@@ -15,194 +15,186 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <r>
       <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">13.01.2026</t>
+      <t xml:space="preserve">03.03.2026</t>
     </r>
   </si>
   <si>
     <t>Корзины для распродаж и накопители</t>
   </si>
   <si>
     <t>Лёгкие разборные стойки-накопители, корзины для распродаж напольные и корзинные стеллажи одинаково хороши как для торговли в помещениях, так и для выносной уличной торговли. Большой ассортимент, а также универсальность данной серии позволяют оборудовать ею магазины самого разного профиля.Также смотрите накопители с пластиковыми чашами.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3RDT448 \  Накопитель (с регулируемым дном) 400х400х800</t>
-[...3 lines deleted...]
-Артикул: SKR.374.400x400.ZN</t>
+      <t xml:space="preserve">Паллетное ограждение 1200х800 штабелируемое  (яч.65х65мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.006.ZN</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 1200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 800 </t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Устанавливается на деревянный или пластиковый европоддон, фиксация на европоддоне - саморезом или гвоздем (не поставляются в комплекте).</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 400</t>
-[...14 lines deleted...]
-      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2121.00</t>
+      <t xml:space="preserve">8490.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Паллетное ограждение 1200х800 штабелируемое  (яч.65х65мм)</t>
-[...19 lines deleted...]
-Примечание: Устанавливается на деревянный или пластиковый европоддон, фиксация на европоддоне - саморезом или гвоздем (не поставляются в комплекте).</t>
+      <t xml:space="preserve">3RDT448 \  Накопитель (с регулируемым дном) 400х400х800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.374.400x400.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 8516 руб.</t>
+Длина, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Ширина ячейки накопителя - 35мм. Накопитель укомплектован усиленным дном. Максимальная распределённая нагрузка – 40кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7844.00</t>
+      <t xml:space="preserve">2190.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3RDTUS648 \ Накопитель (с регулируемым дном) 600х400х800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.374.600x400.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -215,51 +207,51 @@
       <t xml:space="preserve">
 Ширина, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина ячейки накопителя - 35мм. Накопитель укомплектован усиленным дном. Максимальная распределённая нагрузка – 40кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2356.00</t>
+      <t xml:space="preserve">2419.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3RDTUS688 \  Накопитель (с регулируемым дном) 600х800х800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.374.600x800.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -272,51 +264,51 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина ячейки накопителя - 35мм. Накопитель укомплектован усиленным дном. Максимальная распределённая нагрузка – 40кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2734.00</t>
+      <t xml:space="preserve">2809.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3RDTUS668 \ Накопитель (с регулируемым дном) 600х600х800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.374.600x600.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
@@ -329,99 +321,95 @@
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Ширина ячейки накопителя - 35мм. Накопитель укомплектован усиленным дном. Максимальная распределённая нагрузка – 40кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2438.00</t>
+      <t xml:space="preserve">2509.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3rd 001-2 \ Накопитель (с регулируемым дном)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKRP.099.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 840</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Макс. допустимая нагрузка, кг: 40</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 2799 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2109.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -443,54 +431,50 @@
       <t xml:space="preserve">
 Артикул: SKRP.070.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 840</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Макс. допустимая нагрузка, кг: 100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Старая цена: 3990 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3190.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
@@ -508,58 +492,50 @@
       </rPr>
       <t xml:space="preserve">3rd 001-3 \ Накопитель (с регулируемым дном) 600x410х840 </t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.365N.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 410</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 840</t>
     </r>
     <r>
       <t xml:space="preserve">
- Дата и время: 06.08.2025</t>
-[...6 lines deleted...]
-      <t xml:space="preserve">
 Старая цена: 4300 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3958.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
@@ -630,67 +606,59 @@
       </rPr>
       <t xml:space="preserve">G 2039 \ Накопитель (700х700х750мм)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.065.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 700</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 750</t>
     </r>
     <r>
       <t xml:space="preserve">
- Дата и время: 07.08.2025 17:44:48</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Примечание: Перегородки не входят в комплектацию</t>
     </r>
     <r>
       <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">
 Производитель: Китай</t>
     </r>
     <r>
       <t xml:space="preserve">
-Старая цена: 8109 руб.</t>
+Старая цена: 8050 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">7007.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
@@ -894,70 +862,70 @@
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2039-01 \ Перегородка высокая для G 2039</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.085.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: хром</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 400</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Для организации 4-х ячеек в накопителе, как на изображении, необходимы высокая и низкая перегородки</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 740 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">675.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2039-02  \ Перегородка низкая для G 2039</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.086.CH</t>
     </r>
     <r>
       <t xml:space="preserve">
@@ -1024,63 +992,67 @@
       <t xml:space="preserve">
 Длина, мм: 960</t>
     </r>
     <r>
       <t xml:space="preserve">
 Ширина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Высота бортика 190мм, рекомендованная максимальная распределенная нагрузка 60 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 4600 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4500.00</t>
+      <t xml:space="preserve">4380.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STS 087 \ Накопитель передвижной (950x650x190) h900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.3087.V3.02698.MGV13</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: под хром</t>
@@ -1093,63 +1065,67 @@
       <t xml:space="preserve">
 Ширина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Высота бортика 190мм, рекомендованная максимальная распределенная нагрузка 60 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 4980 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4600.00</t>
+      <t xml:space="preserve">4499.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STS 087 \ Накопитель передвижной (950x650x190) h900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.3087.V3.9016.MU</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый муар</t>
@@ -1162,63 +1138,67 @@
       <t xml:space="preserve">
 Ширина, мм: 650</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Высота бортика 190мм, рекомендованная максимальная распределенная нагрузка 60 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
+Старая цена: 4600 руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4600.00</t>
+      <t xml:space="preserve">4380.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STS 088 \ Накопитель передвижной (780x560x170) h900</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: SKR.3088.V3.22450.4N100</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: черный муар</t>
@@ -1264,2590 +1244,2452 @@
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3600.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">STS 088 \ Накопитель передвижной (780x560x170) h900</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: SKR.3088.V3.02698.MGV13</t>
-[...3 lines deleted...]
-Цвет: под хром</t>
+Артикул: SKR.3088.V3.9016MU</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый муар</t>
     </r>
     <r>
       <t xml:space="preserve">
 Длина, мм: 780</t>
     </r>
     <r>
       <t xml:space="preserve">
+Ширина, мм: 570</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Высота, мм: 900</t>
-    </r>
-[...2 lines deleted...]
-Ширина, мм: 570</t>
     </r>
     <r>
       <t xml:space="preserve">
 Производитель: Россия</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Высота бортика 170мм, рекомендованная максимальная распределенная нагрузка 50 кг.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">3700.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">STS 088 \ Накопитель передвижной (780x560x170) h900</t>
-[...35 lines deleted...]
-Кол-во в упаковке, шт.: 1</t>
+      <t xml:space="preserve">1288 SDR \ Стол для распродаж (накопитель) с регулируемым дном</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.107.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: цинк</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 1200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Нагрузка, кг: 250</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: на фото с перегородкой 1288-8 SDR и надстройкой 1288-12 SDR (в комплект не входят)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">3700.00</t>
+      <t xml:space="preserve">7620.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">44003 \ Накопитель (с регулируемым дном)</t>
-[...19 lines deleted...]
-Высота, мм: 900</t>
+      <t xml:space="preserve">0888 SDR \ Стол для распродаж (накопитель) с регулируемым дном</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.369.ZN</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: цинк</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Нагрузка, кг: 250</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: на фото с перегородкой 1288-8 SDR и надстройкой 0888-08 SDR (в комплект не входят)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12750.00</t>
+      <t xml:space="preserve">7232.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1288 SDR \ Стол для распродаж (накопитель) с регулируемым дном</t>
-[...3 lines deleted...]
-Артикул: SKR.107.00</t>
+      <t xml:space="preserve">1288-8 SDR \ Перегородка для стола для распродаж</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.108.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 800</t>
-[...23 lines deleted...]
-Старая цена: 7850 руб.</t>
+Длина, мм: 800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: подходит для стола 1288 SDR и 0888 SDR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7251.00</t>
+      <t xml:space="preserve">723.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0888 SDR \ Стол для распродаж (накопитель) с регулируемым дном</t>
-[...3 lines deleted...]
-Артикул: SKR.369.ZN</t>
+      <t xml:space="preserve">1288-12 SDR \ Надстройка для стола для распродаж</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.109.00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 800</t>
-[...15 lines deleted...]
-Примечание: на фото с перегородкой 1288-8 SDR и надстройкой 0888-08 SDR (в комплект не входят)</t>
+Глубина, мм: 120</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 1200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: для стола 1288 SDR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">7232.00</t>
+      <t xml:space="preserve">2390.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1288-8 SDR \ Перегородка для стола для распродаж</t>
-[...3 lines deleted...]
-Артикул: SKR.108.00</t>
+      <t xml:space="preserve">0888-08 SDR \ Надстройка для стола для распродаж</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.370.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 800</t>
-[...3 lines deleted...]
-Примечание: подходит для стола 1288 SDR и 0888 SDR</t>
+Глубина, мм: 120</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: для стола 0888 SDR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">723.00</t>
+      <t xml:space="preserve">2180.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1288-12 SDR \ Надстройка для стола для распродаж</t>
-[...23 lines deleted...]
-Примечание: для стола 1288 SDR</t>
+      <t xml:space="preserve">161 \ Полусфера пластиковая – чаша накопителя (d-200 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.096.TR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: ударопрочный полистирол</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Толщина, мм: 2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Производитель: Россия</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2132.00</t>
+      <t xml:space="preserve">211.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">0888-08 SDR \ Надстройка для стола для распродаж</t>
-[...23 lines deleted...]
-Примечание: для стола 0888 SDR</t>
+      <t xml:space="preserve">162 \ Полусфера пластиковая – чаша накопителя  (d-300 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.365.TR</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: ударопрочный полистирол</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Толщина, мм: 2,5</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: отлично держит форму, не деформируется</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 355 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1928.00</t>
+      <t xml:space="preserve">284.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">161 \ Полусфера пластиковая – чаша накопителя (d-200 мм)</t>
-[...3 lines deleted...]
-Артикул: SKR.096.TR</t>
+      <t xml:space="preserve">163 \ Полусфера пластиковая – чаша накопителя (d-500 мм)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.095.TR</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Материал: ударопрочный полистирол</t>
-[...11 lines deleted...]
-Производитель: Россия</t>
+Материал: поликарбонат</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Толщина, мм: 3</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">211.00</t>
+      <t xml:space="preserve">1631.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">162 \ Полусфера пластиковая – чаша накопителя  (d-300 мм)</t>
-[...31 lines deleted...]
-Старая цена: 349 руб.</t>
+      <t xml:space="preserve">244 (А) \ Каркас накопителя</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: K.SKR.002.0000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 750</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Используется с чашей SKR.095.TR (чаша в комплект не входит)</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Старая цена: 2398 руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">284.00</t>
+      <t xml:space="preserve">2039.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">163 \ Полусфера пластиковая – чаша накопителя (d-500 мм)</t>
-[...23 lines deleted...]
-Примечание: отлично держит форму, не деформируется</t>
+      <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.201.400.RD</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: красный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 400</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1631.00</t>
+      <t xml:space="preserve">352.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">244 (А) \ Каркас накопителя</t>
-[...19 lines deleted...]
-Старая цена: 2346 руб.</t>
+      <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.201.600.RD</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: красный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 600</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2039.00</t>
+      <t xml:space="preserve">369.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: SKR.201.400.RD</t>
+Артикул: SKR.201.800.RD</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: красный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Высота, мм: 400</t>
+Высота, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">352.00</t>
+      <t xml:space="preserve">388.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
-[...11 lines deleted...]
-Высота, мм: 600</t>
+      <t xml:space="preserve">P 162 \ Подставка настольная для чаши d-300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.113.9016.90</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый глянец</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: металл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 220</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Используется с чашей SKR.365.TR (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">369.00</t>
+      <t xml:space="preserve">716.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
-[...15 lines deleted...]
-Собственное производство: Да</t>
+      <t xml:space="preserve">Н 161 \ Подставка настольная для чаши d-200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.097.ZN</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: цинк</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 200</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Используется с чашей SKR.096.TR (чаша в комплект не входит)</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">388.00</t>
+      <t xml:space="preserve">121.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">P 162 \ Подставка настольная для чаши d-300</t>
-[...23 lines deleted...]
-Собственное производство: Да</t>
+      <t xml:space="preserve">TC 356 \ Стойка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.061.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 420</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Корзина, мм: 440х370</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">716.00</t>
+      <t xml:space="preserve">6079.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Н 161 \ Подставка настольная для чаши d-200</t>
-[...19 lines deleted...]
-Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
+      <t xml:space="preserve">TC 357 \ Стойка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.062.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 420</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Корзина, мм: 580х230</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">121.00</t>
+      <t xml:space="preserve">5855.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">TC 356 \ Стойка</t>
-[...3 lines deleted...]
-Артикул: SKR.061.WH</t>
+      <t xml:space="preserve">TC 500 \ Стойка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.049.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 420</t>
-[...7 lines deleted...]
-Корзина, мм: 440х370</t>
+Глубина, мм: 380</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1650</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина корзины, мм: 350</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота корзины, мм: 130</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина корзины, мм: 460</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6079.00</t>
+      <t xml:space="preserve">4753.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">TC 357 \ Стойка</t>
-[...3 lines deleted...]
-Артикул: SKR.062.WH</t>
+      <t xml:space="preserve">TC 197 \ Стеллаж</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.075.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 420</t>
-[...7 lines deleted...]
-Корзина, мм: 580х230</t>
+Глубина, мм: 430</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1630</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Корзина, мм: 530х430</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5855.00</t>
+      <t xml:space="preserve">5406.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">TC 500 \ Стойка</t>
-[...3 lines deleted...]
-Артикул: SKR.049.WH</t>
+      <t xml:space="preserve">ИП 60 \ Стеллаж</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.011.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 380</t>
-[...15 lines deleted...]
-Ширина корзины, мм: 460</t>
+Глубина, мм: 460</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: в комплекте 5 корзин, расстояние между корзинами 250мм</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Корзина, мм: 600х350</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">4753.00</t>
+      <t xml:space="preserve">6508.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">TC 197 \ Стеллаж</t>
-[...19 lines deleted...]
-Корзина, мм: 530х430</t>
+      <t xml:space="preserve">Контейнер бытовой</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.082.BU</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: синий</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 390</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 540</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 240</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: цена за 1 корзину</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">5406.00</t>
+      <t xml:space="preserve">784.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ИП 60 \ Стеллаж</t>
-[...23 lines deleted...]
-Корзина, мм: 600х350</t>
+      <t xml:space="preserve">Контейнер бытовой</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.082.CRIMS</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: малиновый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 390</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 540</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 240</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: цена за 1 корзину</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">6508.00</t>
+      <t xml:space="preserve">784.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Контейнер бытовой</t>
-[...23 lines deleted...]
-Примечание: цена за 1 корзину</t>
+      <t xml:space="preserve">Контейнер разборный многоярусный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.093.ZN</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: цинк</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 440</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 960</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1775</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Контейнер с шириной 600 мм поставляется под заказ от 20шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">784.00</t>
+      <t xml:space="preserve">14586.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Контейнер бытовой</t>
-[...23 lines deleted...]
-Примечание: цена за 1 корзину</t>
+      <t xml:space="preserve">Контейнер разборный многоярусный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.093.WH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: белый</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 440</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 960</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1775</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: Контейнер с шириной 600 мм поставляется под заказ от 20шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">784.00</t>
+      <t xml:space="preserve">14586.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Контейнер разборный многоярусный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Артикул: SKR.093.ZN</t>
+Артикул: SKR.361.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
     </r>
     <r>
       <t xml:space="preserve">
 Глубина, мм: 440</t>
     </r>
     <r>
       <t xml:space="preserve">
-Ширина, мм: 960</t>
+Ширина, мм: 600</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1775</t>
     </r>
     <r>
       <t xml:space="preserve">
 Примечание: Контейнер с шириной 600 мм поставляется под заказ от 20шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14586.00</t>
+      <t xml:space="preserve">12138.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Контейнер разборный многоярусный</t>
-[...3 lines deleted...]
-Артикул: SKR.093.WH</t>
+      <t xml:space="preserve">Перегородка для контейнера КОШ</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.119.WH</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: белый</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 440</t>
-[...11 lines deleted...]
-Примечание: Контейнер с шириной 600 мм поставляется под заказ от 20шт.</t>
+Примечание: Под заказ от 10 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14586.00</t>
+      <t xml:space="preserve">305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Контейнер разборный многоярусный</t>
-[...3 lines deleted...]
-Артикул: SKR.361.ZN</t>
+      <t xml:space="preserve">Перегородка для контейнера КОШ</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.119.ZN</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: цинк</t>
     </r>
     <r>
       <t xml:space="preserve">
-Глубина, мм: 440</t>
-[...11 lines deleted...]
-Примечание: Контейнер с шириной 600 мм поставляется под заказ от 20шт.</t>
+Примечание: Под заказ от 10 шт.</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12138.00</t>
+      <t xml:space="preserve">305.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Перегородка для контейнера КОШ</t>
-[...11 lines deleted...]
-Примечание: Под заказ от 10 шт.</t>
+      <t xml:space="preserve">1000 SG \ Стеллаж-горка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.114.ZN</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: цинк</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Глубина, мм: 665</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 1000</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1510</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Картинка анонса: 8228762</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">305.00</t>
+      <t xml:space="preserve">11322.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...10 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Перегородка для контейнера КОШ</t>
-[...11 lines deleted...]
-Примечание: Под заказ от 10 шт.</t>
+      <t xml:space="preserve">KD-019 \ Стойка &amp;quot;Солнышко&amp;quot;</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.079.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром/черный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 830</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 830</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1560</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">305.00</t>
+      <t xml:space="preserve">14728.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1000 SG \ Стеллаж-горка</t>
-[...23 lines deleted...]
-Картинка анонса: 8228762</t>
+      <t xml:space="preserve">KD-027 \ Стойка &amp;quot;Ротонат&amp;quot;</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.081.N.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром/черный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 700</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 700</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Высота, мм: 1420</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">11322.00</t>
+      <t xml:space="preserve">15190.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">KD-019 \ Стойка &amp;quot;Солнышко&amp;quot;</t>
-[...15 lines deleted...]
-Ширина, мм: 830</t>
+      <t xml:space="preserve">KD-032 \ Стойка &amp;quot;Рондо&amp;quot;</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: SKR.087.CH</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: хром</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 800</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Ширина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Высота, мм: 1560</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">14728.00</t>
+      <t xml:space="preserve">12025.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">KD-027 \ Стойка &amp;quot;Ротонат&amp;quot;</t>
-[...19 lines deleted...]
-Высота, мм: 1420</t>
+      <t xml:space="preserve">ST15–А4RD \ Рамка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.009.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: красный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Размер информационного поля: А4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">15190.00</t>
+      <t xml:space="preserve">57.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">KD-032 \ Стойка &amp;quot;Рондо&amp;quot;</t>
-[...19 lines deleted...]
-Высота, мм: 1560</t>
+      <t xml:space="preserve">ST15–А4ТR \ Рамка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.010.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Размер информационного поля: А4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">12025.00</t>
+      <t xml:space="preserve">57.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ST15–А4RD \ Рамка</t>
-[...11 lines deleted...]
-Размер информационного поля: А4</t>
+      <t xml:space="preserve">SD4-A4 \ Протектор для рамки</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.002.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: прозрачный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Размер информационного поля: A4</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">57.10</t>
+      <t xml:space="preserve">23.50</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ST15–А4ТR \ Рамка</t>
-[...11 lines deleted...]
-Размер информационного поля: А4</t>
+      <t xml:space="preserve">SXT317 RD \ Т-держатель рамки</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HETA006000460010RD00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Цвет: красный</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Примечание: для трубки д-10мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">57.10</t>
+      <t xml:space="preserve">28.49</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SD4-A4 \ Протектор для рамки</t>
-[...3 lines deleted...]
-Артикул: DT.002.00</t>
+      <t xml:space="preserve">SXT317 TR \ Т-держатель рамки</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: HETA006000460010TR00</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цвет: прозрачный</t>
     </r>
     <r>
       <t xml:space="preserve">
-Размер информационного поля: A4</t>
+Примечание: для трубки д-10мм</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">23.50</t>
+      <t xml:space="preserve">22.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SXT317 RD \ Т-держатель рамки</t>
-[...11 lines deleted...]
-Примечание: для трубки д-10мм</t>
+      <t xml:space="preserve">IT-300 \ Трубка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.10.300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: металл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 300</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">28.49</t>
+      <t xml:space="preserve">65.70</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">SXT317 TR \ Т-держатель рамки</t>
-[...11 lines deleted...]
-Примечание: для трубки д-10мм</t>
+      <t xml:space="preserve">IT-500 \ Трубка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.10.500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Материал: металл</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 500</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 10</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Собственное производство: Да</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">22.00</t>
+      <t xml:space="preserve">82.10</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...6 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">IT-300 \ Трубка</t>
-[...3 lines deleted...]
-Артикул: DT.10.300</t>
+      <t xml:space="preserve">IT-800 \ Трубка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.10.800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 300</t>
+Длина, мм: 800</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">65.70</t>
+      <t xml:space="preserve">107.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">IT-500 \ Трубка</t>
-[...3 lines deleted...]
-Артикул: DT.10.500</t>
+      <t xml:space="preserve">IT-1200 \ Трубка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.10.1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 500</t>
+Длина, мм: 1200</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">82.10</t>
+      <t xml:space="preserve">140.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">IT-800 \ Трубка</t>
-[...3 lines deleted...]
-Артикул: DT.10.800</t>
+      <t xml:space="preserve">Трубка телескопическая на корзину с Т-держателем рамки</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.014.00</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Длина, мм: 350-550</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Диаметр, мм: 10|12</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 800</t>
-[...3 lines deleted...]
-Диаметр, мм: 10</t>
+Примечание: Т держатель входит в комплект</t>
     </r>
     <r>
       <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">107.00</t>
+      <t xml:space="preserve">186.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
-    </r>
-[...2 lines deleted...]
-</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">IT-1200 \ Трубка</t>
-[...3 lines deleted...]
-Артикул: DT.10.1200</t>
+      <t xml:space="preserve">IT-1500 \ Трубка</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
+Артикул: DT.10.1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Материал: металл</t>
     </r>
     <r>
       <t xml:space="preserve">
-Длина, мм: 1200</t>
+Длина, мм: 1500</t>
     </r>
     <r>
       <t xml:space="preserve">
 Диаметр, мм: 10</t>
     </r>
     <r>
       <t xml:space="preserve">
+Собственное производство: Да</t>
+    </r>
+    <r>
+      <t xml:space="preserve">
 Цена: </t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">140.00</t>
-[...55 lines deleted...]
-      </rPr>
       <t xml:space="preserve">164.00</t>
-    </r>
-[...59 lines deleted...]
-      <t xml:space="preserve">186.00</t>
     </r>
     <r>
       <t xml:space="preserve"> руб.</t>
     </r>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Arial"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="10"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Трубка для Т-держателя</t>
     </r>
     <r>
       <t xml:space="preserve">
 Артикул: HCAA006000100008AD00</t>
@@ -4082,51 +3924,51 @@
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ddd6f68_e97b_11ed_a27f_ac1f6b40b531_SKR374400x400ZN2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85dc6df4_dd72_11ef_8ec3_0050569cf81d_palletnoe-ograzhdenie-13.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe0c29c4_11ff_11ec_80bc_0025902b3cc1_600x4004.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b4f9288_e97b_11ed_a27f_ac1f6b40b531_600x8005.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55639e13_f61e_11ed_907c_ac1f6b40b531_600x6006.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2137369_6e6e_11e5_a10e_0025902b3cc1_4721376F_FF1E_44EC_9905_91822DF599FE7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33913d7a_9c84_11e4_afdc_0025902b3cc1_E893CB77_C4A5_4861_84A0_E665C798D6028.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaa28eef_dddd_11ed_bba1_ac1f6b40b531_SKR365NCH9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73ec4c68_d37d_11e0_a476_003048f27c5f_BC305B66_A224_49E4_8963_616E4CFBFE4D10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad9a_fdef_11df_b16f_003048d0c7fe_203911.JPG"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28552b08_adea_11ed_be80_ac1f6b40b531_SKRP065CH_212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e971ac9d_58f6_11ec_9747_ac1f6b40b531_SKRP065224504N10013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35b340dd_c6f0_11ed_a449_ac1f6b40b531_SKRP0659016MU14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cd09b8d_02ae_11e0_b16f_003048d0c7fe_BCFC4F14_E52C_43F0_8063_92EC426C561915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bbb1_246f_11e0_99a4_003048f27c5f_2F97192A_BFC2_4F70_AABF_2A4B3080D2B316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b5d954e_31d3_11ee_907c_ac1f6b40b531_SKR_b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa46cbf8_31d7_11ee_907c_ac1f6b40b531_SKR_x18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14170af8_31d7_11ee_907c_ac1f6b40b531_SKR_w19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd5017f8_3205_11ee_907c_ac1f6b40b531_SKR_b_220.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e62d25b8_31d7_11ee_907c_ac1f6b40b531_SKR_x_221.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f9692a_31d3_11ee_907c_ac1f6b40b531_SKR_w_222.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a21ee09_035a_11e0_b16f_003048d0c7fe_994C2AAE_7C23_401E_AD92_B1406B6B77D623.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6f3bf23_ed7d_11e4_afdc_0025902b3cc1_53FEB4FD_F52F_41DA_BED8_C12DD8C8757024.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa1f029a_297a_11e6_90be_0025902b3cc0_0888_SDR_kub25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c30fa792_ed7d_11e4_afdc_0025902b3cc1_6D6B5900_96C1_4614_93C3_01CB65E3A90A26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df2df163_ed7d_11e4_afdc_0025902b3cc1_1AB6F6FE_B1A4_47C0_B3B0_6060B99A789E27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e1d721_297a_11e6_90be_0025902b3cc0_8293630E_CA7D_433A_BD3E_AF0DB918D72728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab243_b38e_11e0_a476_003048f27c5f_49334838_895A_48D5_B3D4_DF9225A7D5BF29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae517e28_2c3d_11e4_9ca4_0025902b3cc1_D0046A5E_6BDE_4A22_99CF_37DBCFA1F55630.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab23e_b38e_11e0_a476_003048f27c5f_E02CA846_2D8F_4259_B7A0_F6D0710F608031.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/668144aa_5cd5_11e0_afc8_003048f27c5f_F6F4DB3E_D020_421B_8717_9417E15EDB2232.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68859c5a_f29e_11e2_b453_0025902b3cc1_1AC5DE42_3C50_4711_B34F_7451CA2B88A233.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b89dcca_f29e_11e2_b453_0025902b3cc1_E66C7A67_3C13_4E46_825C_1DC3BA6C99B134.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adcf62aa_f29e_11e2_b453_0025902b3cc1_565674B6_30FE_459A_8971_DF9A7ABC93BC35.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5d93a73_3b5f_11e5_a10e_0025902b3cc1_6C501BE6_9CF5_4214_B4A7_BAC13E31922436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/919252d3_f9fe_11e0_833e_003048f27c5f_83E8DA4A_3546_4BBC_8505_2C5BD0ED8B5237.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f96f457c_068c_11e0_99a4_003048f27c5f_A9A8D223_B4FE_4411_A9B6_D51AD88BFDD638.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1123146_02ae_11e0_b16f_003048d0c7fe_5E88C667_5EBA_4295_B5C4_BC1DA75B404A39.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1afb6c5d_0427_11e0_99a4_003048f27c5f_2E256154_0D04_4153_BC17_4D751117043040.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4c5f0_fea3_11df_b16f_003048d0c7fe_C0EBC670_DD52_4AFF_BA26_12466CC60D6941.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294f8_fdef_11df_b16f_003048d0c7fe_ECC22C64_B776_42AB_98FD_6236662ABB2342.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bf7928a_fdef_11df_b16f_003048d0c7fe_9A64FB70_8204_4270_8ABF_EBE7D7E7E8DC43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e75db980_273e_11e6_90be_0025902b3cc0_C55A965D_E922_4811_BD62_1BDB1A8F380C44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaa94c79_29df_11e0_99a4_003048f27c5f_B607C2BE_7B7E_4963_A1FC_7476AC3FB2BD45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80b51549_fadf_11e0_833e_003048f27c5f_AB01E451_0DAE_4AB2_A8A1_C6837A0370F946.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43e272dc_1d99_11e2_99cf_0025902b3cc1_29294020_A6A9_4710_91DE_F6AFB3FB830B47.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67c9594f_2e28_11e6_a1e2_0025902b3cc0_7A2CCAF0_63BE_44D5_941E_6FC32C6864B348.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43fcdc82_2e28_11e6_a1e2_0025902b3cc0_94A9E7C2_E713_46B0_A5AF_9C7EF548A3A349.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/353d969d_e767_11e5_ba27_0025902b3cc0_D1CD4D71_90F9_4BE6_BD51_8C1093E79F7F50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb1f_fea4_11df_b16f_003048d0c7fe_51E42A7E_B1A4_4F56_84B0_2F7A8A95AA7E51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34ddaa63_c395_11eb_80bc_0025902b3cc1_ccb0b502_0100_11e0_b16f_003048d0c7fe_k_027resize152.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cd09b77_02ae_11e0_b16f_003048d0c7fe_84FCDEB1_E97B_4967_A6D6_655033C224F553.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116e8_0100_11e0_b16f_003048d0c7fe_761F196E_CD65_433C_8BD2_D5D5B6D6D08054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed83b75_0ac9_11e5_a10e_0025902b3cc1_5E9296FE_6115_4FF6_9922_F01ED97CE3C755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116de_0100_11e0_b16f_003048d0c7fe_5E3B8037_91B8_40C1_84AD_D1E2975B1F9B56.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896b721a_7cd6_11e2_952b_0025902b3cc1_B7221859_05BF_4931_9B8D_767D8364FE8957.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cadf817_89e9_11e1_8376_0025902b3cc1_80D01D20_3E7F_4AC0_8197_7A7B2C2C6CF358.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2359b961_09a5_11e0_99a4_003048f27c5f_4D0CEE1F_C56C_4548_A09D_66677ECA39F859.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0179_13e9_11e0_99a4_003048f27c5f_298F072E_D601_4C9B_8A7F_7C91386B20E060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ac219c8_35b1_11e0_af9a_d3dd3d98c32b_A1224806_1052_46E5_860B_312E057368F961.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116f3_0100_11e0_b16f_003048d0c7fe_32C48CE7_E932_42C3_96BD_7FBB25C48B0D62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a4ce6_3b26_11e0_83b2_003048f27c5f_F5A63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0272d0b1_8021_11e8_ade2_0025902b3cc1_464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/872588e1_ec1a_11e1_a1fd_0025902b3cc1_E9D962CE_9549_46EC_96F2_F40C8732010F65.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cceb889d_4481_11e8_ade2_0025902b3cc1_DT_013_0066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4186f57_bfd7_11e8_a710_0025902b3cc1_111167.JPG"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/logo1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85dc6df4_dd72_11ef_8ec3_0050569cf81d_palletnoe-ograzhdenie-12.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ddd6f68_e97b_11ed_a27f_ac1f6b40b531_SKR374400x400ZN3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe0c29c4_11ff_11ec_80bc_0025902b3cc1_600x4004.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b4f9288_e97b_11ed_a27f_ac1f6b40b531_600x8005.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55639e13_f61e_11ed_907c_ac1f6b40b531_600x6006.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2137369_6e6e_11e5_a10e_0025902b3cc1_4721376F_FF1E_44EC_9905_91822DF599FE7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33913d7a_9c84_11e4_afdc_0025902b3cc1_E893CB77_C4A5_4861_84A0_E665C798D6028.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaa28eef_dddd_11ed_bba1_ac1f6b40b531_SKR365NCH9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73ec4c68_d37d_11e0_a476_003048f27c5f_BC305B66_A224_49E4_8963_616E4CFBFE4D10.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d7ad9a_fdef_11df_b16f_003048d0c7fe_203911.JPG"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28552b08_adea_11ed_be80_ac1f6b40b531_SKRP065CH_212.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e971ac9d_58f6_11ec_9747_ac1f6b40b531_SKRP065224504N10013.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35b340dd_c6f0_11ed_a449_ac1f6b40b531_SKRP0659016MU14.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cd09b8d_02ae_11e0_b16f_003048d0c7fe_BCFC4F14_E52C_43F0_8063_92EC426C561915.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af28bbb1_246f_11e0_99a4_003048f27c5f_2F97192A_BFC2_4F70_AABF_2A4B3080D2B316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b5d954e_31d3_11ee_907c_ac1f6b40b531_SKR_b17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa46cbf8_31d7_11ee_907c_ac1f6b40b531_SKR_x18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14170af8_31d7_11ee_907c_ac1f6b40b531_SKR_w19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd5017f8_3205_11ee_907c_ac1f6b40b531_SKR_b_220.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f9692a_31d3_11ee_907c_ac1f6b40b531_SKR_w_221.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6f3bf23_ed7d_11e4_afdc_0025902b3cc1_53FEB4FD_F52F_41DA_BED8_C12DD8C8757022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa1f029a_297a_11e6_90be_0025902b3cc0_0888_SDR_kub23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c30fa792_ed7d_11e4_afdc_0025902b3cc1_6D6B5900_96C1_4614_93C3_01CB65E3A90A24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df2df163_ed7d_11e4_afdc_0025902b3cc1_1AB6F6FE_B1A4_47C0_B3B0_6060B99A789E25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e1d721_297a_11e6_90be_0025902b3cc0_8293630E_CA7D_433A_BD3E_AF0DB918D72726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab243_b38e_11e0_a476_003048f27c5f_49334838_895A_48D5_B3D4_DF9225A7D5BF27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae517e28_2c3d_11e4_9ca4_0025902b3cc1_D0046A5E_6BDE_4A22_99CF_37DBCFA1F55628.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1ab23e_b38e_11e0_a476_003048f27c5f_E02CA846_2D8F_4259_B7A0_F6D0710F608029.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/668144aa_5cd5_11e0_afc8_003048f27c5f_F6F4DB3E_D020_421B_8717_9417E15EDB2230.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68859c5a_f29e_11e2_b453_0025902b3cc1_1AC5DE42_3C50_4711_B34F_7451CA2B88A231.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b89dcca_f29e_11e2_b453_0025902b3cc1_E66C7A67_3C13_4E46_825C_1DC3BA6C99B132.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adcf62aa_f29e_11e2_b453_0025902b3cc1_565674B6_30FE_459A_8971_DF9A7ABC93BC33.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5d93a73_3b5f_11e5_a10e_0025902b3cc1_6C501BE6_9CF5_4214_B4A7_BAC13E31922434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/919252d3_f9fe_11e0_833e_003048f27c5f_83E8DA4A_3546_4BBC_8505_2C5BD0ED8B5235.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f96f457c_068c_11e0_99a4_003048f27c5f_A9A8D223_B4FE_4411_A9B6_D51AD88BFDD636.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1123146_02ae_11e0_b16f_003048d0c7fe_5E88C667_5EBA_4295_B5C4_BC1DA75B404A37.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1afb6c5d_0427_11e0_99a4_003048f27c5f_2E256154_0D04_4153_BC17_4D751117043038.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc4c5f0_fea3_11df_b16f_003048d0c7fe_C0EBC670_DD52_4AFF_BA26_12466CC60D6939.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823294f8_fdef_11df_b16f_003048d0c7fe_ECC22C64_B776_42AB_98FD_6236662ABB2340.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bf7928a_fdef_11df_b16f_003048d0c7fe_9A64FB70_8204_4270_8ABF_EBE7D7E7E8DC41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e75db980_273e_11e6_90be_0025902b3cc0_C55A965D_E922_4811_BD62_1BDB1A8F380C42.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaa94c79_29df_11e0_99a4_003048f27c5f_B607C2BE_7B7E_4963_A1FC_7476AC3FB2BD43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80b51549_fadf_11e0_833e_003048f27c5f_AB01E451_0DAE_4AB2_A8A1_C6837A0370F944.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43e272dc_1d99_11e2_99cf_0025902b3cc1_29294020_A6A9_4710_91DE_F6AFB3FB830B45.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67c9594f_2e28_11e6_a1e2_0025902b3cc0_7A2CCAF0_63BE_44D5_941E_6FC32C6864B346.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43fcdc82_2e28_11e6_a1e2_0025902b3cc0_94A9E7C2_E713_46B0_A5AF_9C7EF548A3A347.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/353d969d_e767_11e5_ba27_0025902b3cc0_D1CD4D71_90F9_4BE6_BD51_8C1093E79F7F48.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0093eb1f_fea4_11df_b16f_003048d0c7fe_51E42A7E_B1A4_4F56_84B0_2F7A8A95AA7E49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34ddaa63_c395_11eb_80bc_0025902b3cc1_ccb0b502_0100_11e0_b16f_003048d0c7fe_k_027resize150.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cd09b77_02ae_11e0_b16f_003048d0c7fe_84FCDEB1_E97B_4967_A6D6_655033C224F551.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116e8_0100_11e0_b16f_003048d0c7fe_761F196E_CD65_433C_8BD2_D5D5B6D6D08052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ed83b75_0ac9_11e5_a10e_0025902b3cc1_5E9296FE_6115_4FF6_9922_F01ED97CE3C753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116de_0100_11e0_b16f_003048d0c7fe_5E3B8037_91B8_40C1_84AD_D1E2975B1F9B54.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/896b721a_7cd6_11e2_952b_0025902b3cc1_B7221859_05BF_4931_9B8D_767D8364FE8955.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cadf817_89e9_11e1_8376_0025902b3cc1_80D01D20_3E7F_4AC0_8197_7A7B2C2C6CF356.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2359b961_09a5_11e0_99a4_003048f27c5f_4D0CEE1F_C56C_4548_A09D_66677ECA39F857.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015f0179_13e9_11e0_99a4_003048f27c5f_298F072E_D601_4C9B_8A7F_7C91386B20E058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ac219c8_35b1_11e0_af9a_d3dd3d98c32b_A1224806_1052_46E5_860B_312E057368F959.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf116f3_0100_11e0_b16f_003048d0c7fe_32C48CE7_E932_42C3_96BD_7FBB25C48B0D60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0272d0b1_8021_11e8_ade2_0025902b3cc1_461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6a4ce6_3b26_11e0_83b2_003048f27c5f_F5A62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/872588e1_ec1a_11e1_a1fd_0025902b3cc1_E9D962CE_9549_46EC_96F2_F40C8732010F63.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cceb889d_4481_11e8_ade2_0025902b3cc1_DT_013_0064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4186f57_bfd7_11e8_a710_0025902b3cc1_111165.JPG"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1143000" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4724,51 +4566,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="857250" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -4784,171 +4626,171 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="952500"/>
+    <xdr:ext cx="809625" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="857250" cy="685800"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="25" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="809625" cy="952500"/>
+    <xdr:ext cx="857250" cy="685800"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="26" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="685800"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="27" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="685800"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="28" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -4964,111 +4806,111 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="638175" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="30" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="457200" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="31" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="638175" cy="952500"/>
+    <xdr:ext cx="457200" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="32" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -5084,291 +4926,291 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="457200" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="457200" cy="952500"/>
+    <xdr:ext cx="609600" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="857250" cy="857250"/>
+    <xdr:ext cx="752475" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="36" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="609600" cy="952500"/>
+    <xdr:ext cx="723900" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="37" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="752475" cy="952500"/>
+    <xdr:ext cx="714375" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="38" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="723900" cy="952500"/>
+    <xdr:ext cx="381000" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="39" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="714375" cy="952500"/>
+    <xdr:ext cx="628650" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="40" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="381000" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="628650" cy="952500"/>
+    <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
@@ -6037,110 +5879,50 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="857250" cy="857250"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="65" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...58 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -6394,241 +6176,233 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z39"/>
+  <dimension ref="A1:Z38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D39" sqref="D39"/>
+      <selection activeCell="D38" sqref="D38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="22" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="90" hidden="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1"/>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">127299, Россия, Москва ул. Космонавта Волкова, дом 22, стр.1 www.mdm-group.ru
 телефон: (495) 788-44-74, e-mail: info@mdm-group.ru</t>
           </r>
         </is>
       </c>
       <c r="C1"/>
       <c r="D1"/>
     </row>
     <row r="2" spans="1:26" customHeight="1" ht="30">
       <c r="A2"/>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">13.01.2026</t>
+            <t xml:space="preserve">03.03.2026</t>
           </r>
         </is>
       </c>
       <c r="C2"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:26" customHeight="1" ht="25">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="Z4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3RDT448 \  Накопитель (с регулируемым дном) 400х400х800</t>
-[...3 lines deleted...]
-Артикул: SKR.374.400x400.ZN</t>
+            <t xml:space="preserve">Паллетное ограждение 1200х800 штабелируемое  (яч.65х65мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.006.ZN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 800 </t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Устанавливается на деревянный или пластиковый европоддон, фиксация на европоддоне - саморезом или гвоздем (не поставляются в комплекте).</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 400</t>
-[...14 lines deleted...]
-            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2121.00</t>
+            <t xml:space="preserve">8490.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Паллетное ограждение 1200х800 штабелируемое  (яч.65х65мм)</t>
-[...19 lines deleted...]
-Примечание: Устанавливается на деревянный или пластиковый европоддон, фиксация на европоддоне - саморезом или гвоздем (не поставляются в комплекте).</t>
+            <t xml:space="preserve">3RDT448 \  Накопитель (с регулируемым дном) 400х400х800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.374.400x400.ZN</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...3 lines deleted...]
-Старая цена: 8516 руб.</t>
+Длина, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Ширина ячейки накопителя - 35мм. Накопитель укомплектован усиленным дном. Максимальная распределённая нагрузка – 40кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7844.00</t>
+            <t xml:space="preserve">2190.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3RDTUS648 \ Накопитель (с регулируемым дном) 600х400х800</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6646,51 +6420,51 @@
             <t xml:space="preserve">
 Ширина, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина ячейки накопителя - 35мм. Накопитель укомплектован усиленным дном. Максимальная распределённая нагрузка – 40кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2356.00</t>
+            <t xml:space="preserve">2419.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3RDTUS688 \  Накопитель (с регулируемым дном) 600х800х800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.374.600x800.ZN</t>
           </r>
@@ -6706,51 +6480,51 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина ячейки накопителя - 35мм. Накопитель укомплектован усиленным дном. Максимальная распределённая нагрузка – 40кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2734.00</t>
+            <t xml:space="preserve">2809.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3RDTUS668 \ Накопитель (с регулируемым дном) 600х600х800</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -6768,99 +6542,95 @@
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Ширина ячейки накопителя - 35мм. Накопитель укомплектован усиленным дном. Максимальная распределённая нагрузка – 40кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2438.00</t>
+            <t xml:space="preserve">2509.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3rd 001-2 \ Накопитель (с регулируемым дном)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKRP.099.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 840</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
-          </r>
-[...2 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Макс. допустимая нагрузка, кг: 40</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 2799 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2109.00</t>
           </r>
@@ -6890,54 +6660,50 @@
             <t xml:space="preserve">
 Артикул: SKRP.070.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 840</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Макс. допустимая нагрузка, кг: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 3990 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3190.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
@@ -6955,58 +6721,50 @@
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3rd 001-3 \ Накопитель (с регулируемым дном) 600x410х840 </t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.365N.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 410</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 840</t>
-          </r>
-[...6 lines deleted...]
-Скидка: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Старая цена: 4300 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3958.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
@@ -7088,67 +6846,59 @@
             </rPr>
             <t xml:space="preserve">G 2039 \ Накопитель (700х700х750мм)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.065.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 700</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 750</t>
           </r>
           <r>
             <t xml:space="preserve">
- Дата и время: 07.08.2025 17:44:48</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Примечание: Перегородки не входят в комплектацию</t>
           </r>
           <r>
             <t xml:space="preserve">
-Скидка: Да</t>
-[...2 lines deleted...]
-            <t xml:space="preserve">
 Производитель: Китай</t>
           </r>
           <r>
             <t xml:space="preserve">
-Старая цена: 8109 руб.</t>
+Старая цена: 8050 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">7007.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="4"/>
@@ -7368,70 +7118,70 @@
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2039-01 \ Перегородка высокая для G 2039</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.085.CH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: хром</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 400</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Для организации 4-х ячеек в накопителе, как на изображении, необходимы высокая и низкая перегородки</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 740 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">675.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2039-02  \ Перегородка низкая для G 2039</t>
           </r>
           <r>
@@ -7506,63 +7256,67 @@
             <t xml:space="preserve">
 Длина, мм: 960</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Высота бортика 190мм, рекомендованная максимальная распределенная нагрузка 60 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 4600 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4500.00</t>
+            <t xml:space="preserve">4380.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">STS 087 \ Накопитель передвижной (950x650x190) h900</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7580,63 +7334,67 @@
             <t xml:space="preserve">
 Ширина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Высота бортика 190мм, рекомендованная максимальная распределенная нагрузка 60 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 4980 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4600.00</t>
+            <t xml:space="preserve">4499.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">STS 087 \ Накопитель передвижной (950x650x190) h900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: SKR.3087.V3.9016.MU</t>
           </r>
@@ -7652,63 +7410,67 @@
             <t xml:space="preserve">
 Ширина, мм: 650</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 900</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Высота бортика 190мм, рекомендованная максимальная распределенная нагрузка 60 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
+Старая цена: 4600 руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4600.00</t>
+            <t xml:space="preserve">4380.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">STS 088 \ Накопитель передвижной (780x560x170) h900</t>
           </r>
           <r>
             <t xml:space="preserve">
@@ -7762,67 +7524,67 @@
             </rPr>
             <t xml:space="preserve">3600.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">STS 088 \ Накопитель передвижной (780x560x170) h900</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: SKR.3088.V3.02698.MGV13</t>
-[...3 lines deleted...]
-Цвет: под хром</t>
+Артикул: SKR.3088.V3.9016MU</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый муар</t>
           </r>
           <r>
             <t xml:space="preserve">
 Длина, мм: 780</t>
           </r>
           <r>
             <t xml:space="preserve">
+Ширина, мм: 570</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Высота, мм: 900</t>
-          </r>
-[...2 lines deleted...]
-Ширина, мм: 570</t>
           </r>
           <r>
             <t xml:space="preserve">
 Производитель: Россия</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Высота бортика 170мм, рекомендованная максимальная распределенная нагрузка 50 кг.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Кол-во в упаковке, шт.: 1</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
@@ -7832,2827 +7594,2681 @@
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">3700.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">STS 088 \ Накопитель передвижной (780x560x170) h900</t>
-[...35 lines deleted...]
-Кол-во в упаковке, шт.: 1</t>
+            <t xml:space="preserve">1288 SDR \ Стол для распродаж (накопитель) с регулируемым дном</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.107.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: цинк</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Нагрузка, кг: 250</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: на фото с перегородкой 1288-8 SDR и надстройкой 1288-12 SDR (в комплект не входят)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">3700.00</t>
+            <t xml:space="preserve">7620.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">44003 \ Накопитель (с регулируемым дном)</t>
-[...19 lines deleted...]
-Высота, мм: 900</t>
+            <t xml:space="preserve">0888 SDR \ Стол для распродаж (накопитель) с регулируемым дном</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.369.ZN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: цинк</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Нагрузка, кг: 250</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: на фото с перегородкой 1288-8 SDR и надстройкой 0888-08 SDR (в комплект не входят)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12750.00</t>
+            <t xml:space="preserve">7232.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1288 SDR \ Стол для распродаж (накопитель) с регулируемым дном</t>
-[...3 lines deleted...]
-Артикул: SKR.107.00</t>
+            <t xml:space="preserve">1288-8 SDR \ Перегородка для стола для распродаж</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.108.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 800</t>
-[...23 lines deleted...]
-Старая цена: 7850 руб.</t>
+Длина, мм: 800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: подходит для стола 1288 SDR и 0888 SDR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7251.00</t>
+            <t xml:space="preserve">723.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0888 SDR \ Стол для распродаж (накопитель) с регулируемым дном</t>
-[...3 lines deleted...]
-Артикул: SKR.369.ZN</t>
+            <t xml:space="preserve">1288-12 SDR \ Надстройка для стола для распродаж</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.109.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 800</t>
-[...15 lines deleted...]
-Примечание: на фото с перегородкой 1288-8 SDR и надстройкой 0888-08 SDR (в комплект не входят)</t>
+Глубина, мм: 120</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для стола 1288 SDR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">7232.00</t>
+            <t xml:space="preserve">2390.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1288-8 SDR \ Перегородка для стола для распродаж</t>
-[...3 lines deleted...]
-Артикул: SKR.108.00</t>
+            <t xml:space="preserve">0888-08 SDR \ Надстройка для стола для распродаж</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.370.ZN</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 800</t>
-[...3 lines deleted...]
-Примечание: подходит для стола 1288 SDR и 0888 SDR</t>
+Глубина, мм: 120</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для стола 0888 SDR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">723.00</t>
+            <t xml:space="preserve">2180.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1288-12 SDR \ Надстройка для стола для распродаж</t>
-[...23 lines deleted...]
-Примечание: для стола 1288 SDR</t>
+            <t xml:space="preserve">161 \ Полусфера пластиковая – чаша накопителя (d-200 мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.096.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: ударопрочный полистирол</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Производитель: Россия</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2132.00</t>
+            <t xml:space="preserve">211.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="4"/>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">0888-08 SDR \ Надстройка для стола для распродаж</t>
-[...23 lines deleted...]
-Примечание: для стола 0888 SDR</t>
+            <t xml:space="preserve">162 \ Полусфера пластиковая – чаша накопителя  (d-300 мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.365.TR</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: ударопрочный полистирол</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 2,5</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: отлично держит форму, не деформируется</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 355 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1928.00</t>
+            <t xml:space="preserve">284.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">161 \ Полусфера пластиковая – чаша накопителя (d-200 мм)</t>
-[...3 lines deleted...]
-Артикул: SKR.096.TR</t>
+            <t xml:space="preserve">163 \ Полусфера пластиковая – чаша накопителя (d-500 мм)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.095.TR</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Материал: ударопрочный полистирол</t>
-[...11 lines deleted...]
-Производитель: Россия</t>
+Материал: поликарбонат</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Толщина, мм: 3</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: отлично держит форму, не деформируется</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">211.00</t>
+            <t xml:space="preserve">1631.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="4"/>
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">162 \ Полусфера пластиковая – чаша накопителя  (d-300 мм)</t>
-[...31 lines deleted...]
-Старая цена: 349 руб.</t>
+            <t xml:space="preserve">244 (А) \ Каркас накопителя</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: K.SKR.002.0000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 750</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Используется с чашей SKR.095.TR (чаша в комплект не входит)</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Старая цена: 2398 руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">284.00</t>
+            <t xml:space="preserve">2039.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">163 \ Полусфера пластиковая – чаша накопителя (d-500 мм)</t>
-[...23 lines deleted...]
-Примечание: отлично держит форму, не деформируется</t>
+            <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.201.400.RD</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: красный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 400</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1631.00</t>
+            <t xml:space="preserve">352.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="4"/>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">244 (А) \ Каркас накопителя</t>
-[...19 lines deleted...]
-Старая цена: 2346 руб.</t>
+            <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.201.600.RD</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: красный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 600</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2039.00</t>
+            <t xml:space="preserve">369.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: SKR.201.400.RD</t>
+Артикул: SKR.201.800.RD</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: красный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Высота, мм: 400</t>
+Высота, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">352.00</t>
+            <t xml:space="preserve">388.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="4"/>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
-[...11 lines deleted...]
-Высота, мм: 600</t>
+            <t xml:space="preserve">P 162 \ Подставка настольная для чаши d-300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.113.9016.90</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый глянец</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 220</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Используется с чашей SKR.365.TR (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">369.00</t>
+            <t xml:space="preserve">716.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Рамка с держателем для накопителя 244 S2</t>
-[...15 lines deleted...]
-Собственное производство: Да</t>
+            <t xml:space="preserve">Н 161 \ Подставка настольная для чаши d-200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.097.ZN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: цинк</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 200</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Используется с чашей SKR.096.TR (чаша в комплект не входит)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">388.00</t>
+            <t xml:space="preserve">121.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="4"/>
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P 162 \ Подставка настольная для чаши d-300</t>
-[...23 lines deleted...]
-Собственное производство: Да</t>
+            <t xml:space="preserve">TC 356 \ Стойка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.061.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 420</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Корзина, мм: 440х370</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">716.00</t>
+            <t xml:space="preserve">6079.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C24" s="4"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Н 161 \ Подставка настольная для чаши d-200</t>
-[...19 lines deleted...]
-Примечание: используется с чашей 161 (чаша в комплект не входит)</t>
+            <t xml:space="preserve">TC 357 \ Стойка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.062.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 420</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Корзина, мм: 580х230</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">121.00</t>
+            <t xml:space="preserve">5855.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="4"/>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">TC 356 \ Стойка</t>
-[...3 lines deleted...]
-Артикул: SKR.061.WH</t>
+            <t xml:space="preserve">TC 500 \ Стойка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.049.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 420</t>
-[...7 lines deleted...]
-Корзина, мм: 440х370</t>
+Глубина, мм: 380</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1650</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина корзины, мм: 350</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота корзины, мм: 130</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина корзины, мм: 460</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6079.00</t>
+            <t xml:space="preserve">4753.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">TC 357 \ Стойка</t>
-[...3 lines deleted...]
-Артикул: SKR.062.WH</t>
+            <t xml:space="preserve">TC 197 \ Стеллаж</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.075.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 420</t>
-[...7 lines deleted...]
-Корзина, мм: 580х230</t>
+Глубина, мм: 430</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1630</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Корзина, мм: 530х430</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5855.00</t>
+            <t xml:space="preserve">5406.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="4"/>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">TC 500 \ Стойка</t>
-[...3 lines deleted...]
-Артикул: SKR.049.WH</t>
+            <t xml:space="preserve">ИП 60 \ Стеллаж</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.011.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 380</t>
-[...15 lines deleted...]
-Ширина корзины, мм: 460</t>
+Глубина, мм: 460</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: в комплекте 5 корзин, расстояние между корзинами 250мм</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Корзина, мм: 600х350</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">4753.00</t>
+            <t xml:space="preserve">6508.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C26" s="4"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">TC 197 \ Стеллаж</t>
-[...19 lines deleted...]
-Корзина, мм: 530х430</t>
+            <t xml:space="preserve">Контейнер бытовой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.082.BU</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: синий</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 390</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 540</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 240</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: цена за 1 корзину</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">5406.00</t>
+            <t xml:space="preserve">784.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="4"/>
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ИП 60 \ Стеллаж</t>
-[...23 lines deleted...]
-Корзина, мм: 600х350</t>
+            <t xml:space="preserve">Контейнер бытовой</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.082.CRIMS</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: малиновый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 390</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 540</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 240</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: цена за 1 корзину</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">6508.00</t>
+            <t xml:space="preserve">784.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C27" s="4"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Контейнер бытовой</t>
-[...23 lines deleted...]
-Примечание: цена за 1 корзину</t>
+            <t xml:space="preserve">Контейнер разборный многоярусный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.093.ZN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: цинк</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 440</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 960</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1775</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Контейнер с шириной 600 мм поставляется под заказ от 20шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">784.00</t>
+            <t xml:space="preserve">14586.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="4"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Контейнер бытовой</t>
-[...23 lines deleted...]
-Примечание: цена за 1 корзину</t>
+            <t xml:space="preserve">Контейнер разборный многоярусный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.093.WH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: белый</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 440</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 960</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1775</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Контейнер с шириной 600 мм поставляется под заказ от 20шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">784.00</t>
+            <t xml:space="preserve">14586.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
       <c r="C28" s="4"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Контейнер разборный многоярусный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Артикул: SKR.093.ZN</t>
+Артикул: SKR.361.ZN</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
 Глубина, мм: 440</t>
           </r>
           <r>
             <t xml:space="preserve">
-Ширина, мм: 960</t>
+Ширина, мм: 600</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1775</t>
           </r>
           <r>
             <t xml:space="preserve">
 Примечание: Контейнер с шириной 600 мм поставляется под заказ от 20шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14586.00</t>
+            <t xml:space="preserve">12138.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="4"/>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Контейнер разборный многоярусный</t>
-[...3 lines deleted...]
-Артикул: SKR.093.WH</t>
+            <t xml:space="preserve">Перегородка для контейнера КОШ</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.119.WH</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: белый</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 440</t>
-[...11 lines deleted...]
-Примечание: Контейнер с шириной 600 мм поставляется под заказ от 20шт.</t>
+Примечание: Под заказ от 10 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14586.00</t>
+            <t xml:space="preserve">305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C29" s="4"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Контейнер разборный многоярусный</t>
-[...3 lines deleted...]
-Артикул: SKR.361.ZN</t>
+            <t xml:space="preserve">Перегородка для контейнера КОШ</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.119.ZN</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: цинк</t>
           </r>
           <r>
             <t xml:space="preserve">
-Глубина, мм: 440</t>
-[...11 lines deleted...]
-Примечание: Контейнер с шириной 600 мм поставляется под заказ от 20шт.</t>
+Примечание: Под заказ от 10 шт.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12138.00</t>
+            <t xml:space="preserve">305.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="4"/>
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Перегородка для контейнера КОШ</t>
-[...11 lines deleted...]
-Примечание: Под заказ от 10 шт.</t>
+            <t xml:space="preserve">1000 SG \ Стеллаж-горка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.114.ZN</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: цинк</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Глубина, мм: 665</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 1000</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1510</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Картинка анонса: 8228762</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">305.00</t>
+            <t xml:space="preserve">11322.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...10 lines deleted...]
-</t>
           </r>
         </is>
       </c>
       <c r="C30" s="4"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Перегородка для контейнера КОШ</t>
-[...11 lines deleted...]
-Примечание: Под заказ от 10 шт.</t>
+            <t xml:space="preserve">KD-019 \ Стойка &amp;quot;Солнышко&amp;quot;</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.079.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром/черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 830</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 830</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1560</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">305.00</t>
+            <t xml:space="preserve">14728.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="4"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1000 SG \ Стеллаж-горка</t>
-[...23 lines deleted...]
-Картинка анонса: 8228762</t>
+            <t xml:space="preserve">KD-027 \ Стойка &amp;quot;Ротонат&amp;quot;</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.081.N.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром/черный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 700</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 700</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 1420</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">11322.00</t>
+            <t xml:space="preserve">15190.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
         </is>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">KD-019 \ Стойка &amp;quot;Солнышко&amp;quot;</t>
-[...15 lines deleted...]
-Ширина, мм: 830</t>
+            <t xml:space="preserve">KD-032 \ Стойка &amp;quot;Рондо&amp;quot;</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: SKR.087.CH</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: хром</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 800</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Высота, мм: 1560</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">14728.00</t>
+            <t xml:space="preserve">12025.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="4"/>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">KD-027 \ Стойка &amp;quot;Ротонат&amp;quot;</t>
-[...19 lines deleted...]
-Высота, мм: 1420</t>
+            <t xml:space="preserve">ST15–А4RD \ Рамка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.009.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: красный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Размер информационного поля: А4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15190.00</t>
+            <t xml:space="preserve">57.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">KD-032 \ Стойка &amp;quot;Рондо&amp;quot;</t>
-[...19 lines deleted...]
-Высота, мм: 1560</t>
+            <t xml:space="preserve">ST15–А4ТR \ Рамка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.010.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Размер информационного поля: А4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12025.00</t>
+            <t xml:space="preserve">57.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="4"/>
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ST15–А4RD \ Рамка</t>
-[...11 lines deleted...]
-Размер информационного поля: А4</t>
+            <t xml:space="preserve">SD4-A4 \ Протектор для рамки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.002.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Размер информационного поля: A4</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">57.10</t>
+            <t xml:space="preserve">23.50</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C33" s="4"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ST15–А4ТR \ Рамка</t>
-[...11 lines deleted...]
-Размер информационного поля: А4</t>
+            <t xml:space="preserve">SXT317 RD \ Т-держатель рамки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HETA006000460010RD00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: красный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: для трубки д-10мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">57.10</t>
+            <t xml:space="preserve">28.49</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="4"/>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SD4-A4 \ Протектор для рамки</t>
-[...3 lines deleted...]
-Артикул: DT.002.00</t>
+            <t xml:space="preserve">SXT317 TR \ Т-держатель рамки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HETA006000460010TR00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цвет: прозрачный</t>
           </r>
           <r>
             <t xml:space="preserve">
-Размер информационного поля: A4</t>
+Примечание: для трубки д-10мм</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">23.50</t>
+            <t xml:space="preserve">22.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C34" s="4"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SXT317 RD \ Т-держатель рамки</t>
-[...11 lines deleted...]
-Примечание: для трубки д-10мм</t>
+            <t xml:space="preserve">IT-300 \ Трубка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.10.300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 300</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">28.49</t>
+            <t xml:space="preserve">65.70</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="4"/>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SXT317 TR \ Т-держатель рамки</t>
-[...11 lines deleted...]
-Примечание: для трубки д-10мм</t>
+            <t xml:space="preserve">IT-500 \ Трубка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.10.500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: металл</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 500</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 10</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Собственное производство: Да</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">22.00</t>
+            <t xml:space="preserve">82.10</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...6 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C35" s="4"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">IT-300 \ Трубка</t>
-[...3 lines deleted...]
-Артикул: DT.10.300</t>
+            <t xml:space="preserve">IT-800 \ Трубка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.10.800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 300</t>
+Длина, мм: 800</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">65.70</t>
+            <t xml:space="preserve">107.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="4"/>
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">IT-500 \ Трубка</t>
-[...3 lines deleted...]
-Артикул: DT.10.500</t>
+            <t xml:space="preserve">IT-1200 \ Трубка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.10.1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 500</t>
+Длина, мм: 1200</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">82.10</t>
+            <t xml:space="preserve">140.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C36" s="4"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">IT-800 \ Трубка</t>
-[...3 lines deleted...]
-Артикул: DT.10.800</t>
+            <t xml:space="preserve">Трубка телескопическая на корзину с Т-держателем рамки</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.014.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Длина, мм: 350-550</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 10|12</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 800</t>
-[...3 lines deleted...]
-Диаметр, мм: 10</t>
+Примечание: Т держатель входит в комплект</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">107.00</t>
+            <t xml:space="preserve">186.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="4"/>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">IT-1200 \ Трубка</t>
-[...3 lines deleted...]
-Артикул: DT.10.1200</t>
+            <t xml:space="preserve">IT-1500 \ Трубка</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.10.1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Материал: металл</t>
           </r>
           <r>
             <t xml:space="preserve">
-Длина, мм: 1200</t>
+Длина, мм: 1500</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 10</t>
           </r>
           <r>
             <t xml:space="preserve">
+Собственное производство: Да</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">140.00</t>
+            <t xml:space="preserve">164.00</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C37" s="4"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">IT-1500 \ Трубка</t>
-[...15 lines deleted...]
-Диаметр, мм: 10</t>
+            <t xml:space="preserve">Трубка для Т-держателя</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: HCAA006000100008AD00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Материал: алюминий анодированный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Высота, мм: 60</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 10|8</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: диаметр внешний\внутренний. используется для соединения Т-держателя рамки SXT317T и держателя трубки с зажимом на трубу HEPC (SR-42)</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">164.00</t>
+            <t xml:space="preserve">12.65</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
-          </r>
-[...2 lines deleted...]
-</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="4"/>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Трубка телескопическая на корзину с Т-держателем рамки</t>
-[...19 lines deleted...]
-Примечание: Т держатель входит в комплект</t>
+            <t xml:space="preserve">Держатель таблички с зажимом на трубу</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Артикул: DT.013.00</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Цвет: прозрачный</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Ширина, мм: 80</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Диаметр, мм: 20-32</t>
+          </r>
+          <r>
+            <t xml:space="preserve">
+Примечание: Крепится на торец полки, корзину толщиной до 25 мм. При креплении на трубу - максимальный Ø трубы - 32 мм. Толщина ценника или таблички - до 6 мм.</t>
           </r>
           <r>
             <t xml:space="preserve">
 Цена: </t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">186.00</t>
+            <t xml:space="preserve">66.30</t>
           </r>
           <r>
             <t xml:space="preserve"> руб.</t>
           </r>
           <r>
             <t xml:space="preserve">
 </t>
           </r>
         </is>
       </c>
       <c r="C38" s="4"/>
       <c r="D38" s="5" t="inlineStr">
-        <is>
-[...120 lines deleted...]
-      <c r="D39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Arial"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="10"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Держатель таблички с зажимом на трубу</t>
           </r>
           <r>
             <t xml:space="preserve">
 Артикул: DT.016.00</t>
           </r>
           <r>
             <t xml:space="preserve">
 Ширина, мм: 100</t>
           </r>
           <r>
             <t xml:space="preserve">
 Диаметр, мм: 20-32</t>
           </r>